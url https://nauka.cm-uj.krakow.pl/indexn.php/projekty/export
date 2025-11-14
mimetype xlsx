--- v0 (2025-10-09)
+++ v1 (2025-11-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1337">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1308">
   <si>
     <t>Lp.</t>
   </si>
   <si>
     <t>Tytuł projektu</t>
   </si>
   <si>
     <t>Instytucja finansująca</t>
   </si>
   <si>
     <t>Strona www instytucji</t>
   </si>
   <si>
     <t>Strona www projektu</t>
   </si>
   <si>
     <t>Okres realizacji - początek</t>
   </si>
   <si>
     <t>Okres realizacji - koniec</t>
   </si>
   <si>
     <t>Całkowita wartość projektu</t>
   </si>
   <si>
@@ -65,59 +65,197 @@
   <si>
     <t>Kierownik</t>
   </si>
   <si>
     <t>Telefon do Jednostki</t>
   </si>
   <si>
     <t>E-mail do kierownika</t>
   </si>
   <si>
     <t>Osoba do kontaktu</t>
   </si>
   <si>
     <t>Telefon osoby do kontaktu</t>
   </si>
   <si>
     <t>E-mail osoby do kontaktu</t>
   </si>
   <si>
     <t>Nazwa jednostki</t>
   </si>
   <si>
     <t>Konkurs</t>
   </si>
   <si>
+    <t>Wsparcie studentów SKN Epigenetyki i Nanotechnologii w medycynie w zakresie podniesienia ich kompetencji na arenie międzynarodowej poprzez udział w projektach naukowych oraz tutoring rówieśniczy</t>
+  </si>
+  <si>
+    <t>Ministerstwo Nauki i Szkolnictwa Wyższego</t>
+  </si>
+  <si>
+    <t>Link</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>244 152,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opiekun merytoryczny Projektu: dr Paulina Dudzik </t>
+  </si>
+  <si>
+    <t>12 422-7400 w.33</t>
+  </si>
+  <si>
+    <t>paulina.dudzik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mgr inż. Barbara Sporek </t>
+  </si>
+  <si>
+    <t>532 409 579</t>
+  </si>
+  <si>
+    <t>barbara.sporek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Biochemii Nowotworów, Katedra Biochemii Lekarskiej WL</t>
+  </si>
+  <si>
+    <t>Zaproszenie Ministra Nauki i Szkolnictwa Wyższego do składania ofert w ramach projektu pt. „Wsparcie studentów w zakresie podniesienia ich kompetencji i umiejętności” Działanie 01.05 Umiejętności w szkolnictwie wyższym, Program FERS 2021-2027</t>
+  </si>
+  <si>
+    <t>Bóle głowy – złożona problematyka zdrowotna. Analiza podłoża epidemiologicznego, charakterystyki klinicznej, metod leczenia, diagnostyki różnicowej oraz identyfikacji najbardziej narażonych grup społecznych</t>
+  </si>
+  <si>
+    <t>2025-10-21</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>160338,36 zł</t>
+  </si>
+  <si>
+    <t>Opiekun merytoryczny Projektu: lek. Dominik Taterra</t>
+  </si>
+  <si>
+    <t>18 20 22 110</t>
+  </si>
+  <si>
+    <t>d.taterra@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>mgr inż. Iwona Wcisło</t>
+  </si>
+  <si>
+    <t>012 433 27 98</t>
+  </si>
+  <si>
+    <t>iwona1.wcislo@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika Ortopedii i Rehabilitacji</t>
+  </si>
+  <si>
+    <t>Innowacje w kardiochirurgii dziecięcej – analiza nowych technik operacyjnych, w tym strategii chłodzenia oraz procedur minimalnie inwazyjnych</t>
+  </si>
+  <si>
+    <t>143 578,00 zł</t>
+  </si>
+  <si>
+    <t>Opiekun merytoryczny Projektu: dr hab. Tomasz Mroczek prof. UJ</t>
+  </si>
+  <si>
+    <t>12 658-10-23</t>
+  </si>
+  <si>
+    <t>t.mroczek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika Kardiochirurgii Dziecięcej</t>
+  </si>
+  <si>
+    <t>Wsparcie studentki medycyny, aktywnie zaangażowanej w działalność onkologiczną, w celu podniesienia jej kompetencji oraz umiejętności w środowisku międzynarodowym.</t>
+  </si>
+  <si>
+    <t>37 356,00 zł</t>
+  </si>
+  <si>
+    <t>Zakład Biochemii Nowotworów, Katedra Biochemii Lekarskiej, WL</t>
+  </si>
+  <si>
+    <t>Charakterystyka WGS izolatów Escherichia coli pochodzących od polskich pacjentów z bakteriemią, u których wystąpiła sepsa lub wstrząs septyczny.</t>
+  </si>
+  <si>
+    <t>NCN</t>
+  </si>
+  <si>
+    <t>https://www.ncn.gov.pl/</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>2026-09-05</t>
+  </si>
+  <si>
+    <t>49500,00</t>
+  </si>
+  <si>
+    <t>dr Estera Jachowicz-Matczak</t>
+  </si>
+  <si>
+    <t>12 633-60-33</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> estera.jachowicz-matczak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Izabela Zawadzka</t>
+  </si>
+  <si>
+    <t> 12 433 27 92</t>
+  </si>
+  <si>
+    <t>izabela.zawadzka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Mikrobiologii</t>
+  </si>
+  <si>
+    <t>MINIATURA 9</t>
+  </si>
+  <si>
     <t>Badanie właściwości polimerowych membran jako personalizowanych materiałów opatrunkowych na rany trudno gojące otrzymanych techniką druku 3d.</t>
   </si>
   <si>
-    <t>NCN</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2028-09-30</t>
   </si>
   <si>
     <t>1 690 260,00</t>
   </si>
   <si>
     <t>378 100,00</t>
   </si>
   <si>
     <t>dr Anna Górska</t>
   </si>
   <si>
     <t>12 620-56-00</t>
   </si>
   <si>
     <t>an.gorska@uj.edu.pl</t>
   </si>
   <si>
     <t>Małgorzata Tondryk</t>
   </si>
   <si>
     <t>12 433 27 92</t>
@@ -185,116 +323,98 @@
   <si>
     <t>1 725 765</t>
   </si>
   <si>
     <t xml:space="preserve">1 725 765 </t>
   </si>
   <si>
     <t>dr Dawid Panek</t>
   </si>
   <si>
     <t>12 620 54 50</t>
   </si>
   <si>
     <t>dawid.panek@uj.edu.pl</t>
   </si>
   <si>
     <t>Zakład Fizykochemicznej Analizy Leku</t>
   </si>
   <si>
     <t>LIDER 15</t>
   </si>
   <si>
     <t>Zwiększenie potencjału i konkurencyjności polskiej gospodarki w zakresie innowacyjnych terapii i leków przyszłości, poprzez rozwój Centrum Badawczo-Rozwojowego oraz metod i narzędzi badawczych, jako odpowiedź na potrzeby społeczne w obszarze zdrowia publicznego.</t>
   </si>
   <si>
-    <t>2025-07-01</t>
-[...1 lines deleted...]
-  <si>
     <t>2029-12-31</t>
   </si>
   <si>
     <t xml:space="preserve">238 401 739,95 zł </t>
   </si>
   <si>
     <t xml:space="preserve">5 334 081,25 zł </t>
   </si>
   <si>
     <t>prof. dr hab. Krzysztof Kamiński</t>
   </si>
   <si>
     <t>k.kaminski@uj.edu.pl</t>
   </si>
   <si>
     <t xml:space="preserve">Barbara Sporek </t>
   </si>
   <si>
-    <t>532 409 579</t>
-[...4 lines deleted...]
-  <si>
     <t>Zakład Chemii Leków, Katedra Chemii Farmaceutycznej</t>
   </si>
   <si>
     <t>SMART - konsorcja</t>
   </si>
   <si>
     <t>Fluorochinolonowe ciecze jonowe nowej generacji: skuteczne środki antybiofilmowe.</t>
   </si>
   <si>
     <t>2025-09-15</t>
   </si>
   <si>
     <t>2028-09-14</t>
   </si>
   <si>
     <t>1 310 280,00</t>
   </si>
   <si>
     <t>295 240,00</t>
   </si>
   <si>
     <t>prof. dr hab. Magdalena Strus</t>
   </si>
   <si>
     <t xml:space="preserve"> 12 633-0877</t>
   </si>
   <si>
     <t>magdalena.strus@uj.edu.pl</t>
   </si>
   <si>
-    <t>Izabela Zawadzka</t>
-[...7 lines deleted...]
-  <si>
     <t>Hybrydowy tomograf rezonansu magnetycznego z pozytonową tomografią emisyjną (MRI/PET)</t>
   </si>
   <si>
     <t>MNiSW</t>
   </si>
   <si>
     <t>https://www.gov.pl/web/nauka/spub-i-spubi</t>
   </si>
   <si>
     <t>https://cdt-card.cm-uj.krakow.pl/pl/ponad-126-mln-zl-na-utrzymanie-mri-pet-w-laboratorium-obrazowania-cdt-card/</t>
   </si>
   <si>
     <t>2025-09-02</t>
   </si>
   <si>
     <t>2027-12-31</t>
   </si>
   <si>
     <t>1 394 190,50 PLN</t>
   </si>
   <si>
     <t>1 269 823,50 PLN</t>
   </si>
   <si>
     <t>dr Bartosz Pomierny</t>
@@ -479,53 +599,50 @@
   <si>
     <t>Mapowanie wpływów środowiskowych na neurodegenerację - wgląd w neurozapalenie i modyfikacje epigenetyczne</t>
   </si>
   <si>
     <t>2025-08-06</t>
   </si>
   <si>
     <t>2026-08-06</t>
   </si>
   <si>
     <t>49 896,00</t>
   </si>
   <si>
     <t>dr Krzysztof Szymoński</t>
   </si>
   <si>
     <t>12 400 37 62</t>
   </si>
   <si>
     <t>krzysztof.szymonski@uj.edu.pl</t>
   </si>
   <si>
     <t>Zakład Neuropatologii</t>
   </si>
   <si>
-    <t>MINIATURA 9</t>
-[...1 lines deleted...]
-  <si>
     <t>Określenie wczesnych biomarkerów i celów molekularnych dla interwencji terapeutycznych w dysfunkcji prawej komory serca</t>
   </si>
   <si>
     <t>2025-09-01</t>
   </si>
   <si>
     <t>2029-08-30</t>
   </si>
   <si>
     <t>3 999 404,00</t>
   </si>
   <si>
     <t>3 133 204,00</t>
   </si>
   <si>
     <t xml:space="preserve">prof. dr hab. Przemysław Błyszczuk </t>
   </si>
   <si>
     <t>12 658-24-86</t>
   </si>
   <si>
     <t>przemysław.blyszczuk@uj.edu.pl</t>
   </si>
   <si>
     <t>12 433 27 29</t>
@@ -683,83 +800,59 @@
   <si>
     <t>2028-04-30</t>
   </si>
   <si>
     <t xml:space="preserve">13 920 217,50 zł </t>
   </si>
   <si>
     <t>Wysokość wkładu Funduszy Europejskich: 11 832 184,88</t>
   </si>
   <si>
     <t>prof. dr hab. Marcin Kołaczkowski</t>
   </si>
   <si>
     <t>12 620 54 13</t>
   </si>
   <si>
     <t xml:space="preserve">marcin.kolaczkowski@uj.edu.pl  </t>
   </si>
   <si>
     <t>Wydział Farmaceutyczny</t>
   </si>
   <si>
     <t>Ból dolnego odcinka pleców – złożony problem zdrowotny. Analiza podłoża anatomicznego, genetycznego, chorób współistniejących i technik leczenia operacyjnego</t>
   </si>
   <si>
-    <t>Ministerstwo Nauki i Szkolnictwa Wyższego</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-01</t>
   </si>
   <si>
     <t>2025-12-31</t>
   </si>
   <si>
     <t>362 597 zł</t>
   </si>
   <si>
-    <t>lek. Dominik Taterra</t>
-[...19 lines deleted...]
-  <si>
     <t>Przeciwneurozapalne i przeciwdepresyjne działanie mycelialnych kultur in vitro wybranych grzybów jadalnych wzbogaconych cynkiem</t>
   </si>
   <si>
     <t>2025-02-03</t>
   </si>
   <si>
     <t>2028-02-02</t>
   </si>
   <si>
     <t xml:space="preserve"> 209 023,00</t>
   </si>
   <si>
     <t>mgr Jan Lazur</t>
   </si>
   <si>
     <t>jan.lazur@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Biotechnologii Roślin i Grzybów Leczniczych</t>
   </si>
   <si>
     <t>PRELUDIUM 23</t>
   </si>
   <si>
     <t>EUVABECO_Europejska Strategia Szczepień po COVID-19</t>
@@ -818,3114 +911,2934 @@
   <si>
     <t>12 430-52-66 WEW. 238</t>
   </si>
   <si>
     <t>marcin.surmiak@uj.edu.pl</t>
   </si>
   <si>
     <t>II Katedra Chorób Wewnętrznych im. Profesora Andrzeja Szczeklika</t>
   </si>
   <si>
     <t>SONATA BIS 14</t>
   </si>
   <si>
     <t>MicroAIvag - Innowacyjne wykorzystanie sztucznej inteligencji do diagnostyki zakażeń pochwy</t>
   </si>
   <si>
     <t>Agencja Badań Medycznych, ABM</t>
   </si>
   <si>
     <t>2024-10-01</t>
   </si>
   <si>
     <t>2 029 130,08 zł</t>
   </si>
   <si>
-    <t xml:space="preserve">dr hab. n. med. Monika Brzychczy-Włoch </t>
+    <t xml:space="preserve">Kierownik merytoryczny Przedsięwzięcia: dr hab. n. med. Monika Brzychczy-Włoch </t>
   </si>
   <si>
     <t xml:space="preserve"> 12 633-0877 w.225</t>
   </si>
   <si>
     <t xml:space="preserve">m.brzychczy-wloch@uj.edu.pl </t>
   </si>
   <si>
     <t>mgr inż. Barbara Sporek</t>
   </si>
   <si>
     <t>Zakład Molekularnej Mikrobiologii Medycznej</t>
   </si>
   <si>
     <t>Konkurs dla jednostek naukowych na realizację badań o charakterze aplikacyjnym w obszarze biomedycznym (2024/ABM/03/KPO)</t>
   </si>
   <si>
     <t>Immunoterapia adoptywna CAR-T w leczeniu przewodowego raka trzustki: przeprowadzenie fazy rozwojowej badanego produktu leczniczego terapii zaawansowanej</t>
   </si>
   <si>
     <t>11 677 984,38 zł</t>
   </si>
   <si>
+    <t>Kierownik merytoryczny Przedsięwzięcia: dr Marcin Piejko</t>
+  </si>
+  <si>
+    <t>12 257-83-21</t>
+  </si>
+  <si>
+    <t>marcin.piejko@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>12 4332798</t>
+  </si>
+  <si>
+    <t>Biobank UJCM</t>
+  </si>
+  <si>
+    <t>Historyczny zbiór Biblioteki Medycznej UJ CM: konserwacja, opracowanie, digitalizacja, udostępnienie</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/web/nauka/spoleczna-odpowiedzialnosc-nauki-ii</t>
+  </si>
+  <si>
+    <t>https://bm.cm.uj.edu.pl/pl/o-bibliotece/historia-i-osiagniecia-biblioteki/projekty-realizowane-w-bibliotece-medycznej/</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>249 569,30 zł</t>
+  </si>
+  <si>
+    <t>224 612,37 zł</t>
+  </si>
+  <si>
+    <t>Anna Uryga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 658 02 72 </t>
+  </si>
+  <si>
+    <t>anna.uryga@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>12 433 27 89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Biblioteka Medyczna </t>
+  </si>
+  <si>
+    <t>Społeczna Odpowiedzialność Nauki II</t>
+  </si>
+  <si>
+    <t>ESH Working Group-Environment in Hypertension Symposium i Krakowska Konferencja Hipertensjologiczna</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/web/nauka/doskonala-nauka-ii</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>244 554,44 zł</t>
+  </si>
+  <si>
+    <t>220 099,00 zł</t>
+  </si>
+  <si>
+    <t>Prof. dr hab. Marek Rajzer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 400 21 50 </t>
+  </si>
+  <si>
+    <t>marek.rajzer@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Agnieszka Musiał</t>
+  </si>
+  <si>
+    <t>12 433 28 00</t>
+  </si>
+  <si>
+    <t>aga.musial@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>I Klinika Kardiologii i Elektrokardiologii Interwencyjnej oraz Nadciśnienia Tętniczego</t>
+  </si>
+  <si>
+    <t>Doskonała Nauka II - Wsparcie konferencji naukowych</t>
+  </si>
+  <si>
+    <t>Poszukiwanie biomarkerów obliczeniowych oraz mechanizmów uszkodzenia mózgu u noworodków poprzez cyfrową analizę morfometryczną obrazowania metodą rezonansu magnetycznego ośrodkowego układu nerwowego</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>Thomas Kuncewicz</t>
+  </si>
+  <si>
+    <t>12 658-02-56</t>
+  </si>
+  <si>
+    <t>thomas.kuncewicz@student.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika Chorób Dzieci Katedry Pedriatrii UJ CM</t>
+  </si>
+  <si>
+    <t>Udoskonalanie opieki skoncentrowanej na pacjencie dla osób często korzystających ze szpitalnego oddziału ratunkowego poprzez lepsze zrozumienie ścieżki pacjenta</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2029-01-19</t>
+  </si>
+  <si>
+    <t>2 090 238,00</t>
+  </si>
+  <si>
+    <t>dr Iwona Bielska</t>
+  </si>
+  <si>
+    <t>12 43-32-814</t>
+  </si>
+  <si>
+    <t>iwona.bielska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Polityki Zdrowotnej i Zarządzania</t>
+  </si>
+  <si>
+    <t>Zastosowanie superparamagnetycznych nanocząstek tlenku żelaza (SPION) we wziewnych układach teranostycznych zawierających leki przeciwgrzybicze</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>2027-12-09</t>
+  </si>
+  <si>
+    <t>dr Gabriela Wyszogrodzka-Gaweł</t>
+  </si>
+  <si>
+    <t>12 62-05-600</t>
+  </si>
+  <si>
+    <t>gabi.wyszogrodzka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra i Zakład Technologii Postaci Leku i Biofarmacji</t>
+  </si>
+  <si>
+    <t>SONATA 19</t>
+  </si>
+  <si>
+    <t>Ocena wpływu składników zawartych w pudrach kosmetycznych na proces fotodegradacji fluorochinolonów stosowanych miejscowo w leczeniu trądziku i innych stanów zapalnych skóry</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>49 830,00</t>
+  </si>
+  <si>
+    <t>dr Barbara Żuromska-Witek</t>
+  </si>
+  <si>
+    <t>12 620 54 80</t>
+  </si>
+  <si>
+    <t>barbara.zuromska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Analityki Farmaceutycznej</t>
+  </si>
+  <si>
+    <t>MINIATURA 8</t>
+  </si>
+  <si>
+    <t>Nowe pochodne ksantonu jako agoniści białka STING o aktywności przeciwnowotworowej ukierunkowane na terapię białaczek.</t>
+  </si>
+  <si>
+    <t>dr Dorota Żelaszczyk</t>
+  </si>
+  <si>
+    <t>12 620-55-01</t>
+  </si>
+  <si>
+    <t>dorota.zelaszczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chemii Organicznej</t>
+  </si>
+  <si>
+    <t>Ocena potencjału cytotoksycznego rapanonu względem nowotworów ośrodkowego układu nerwowego w modelu in vitro</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 49 445,00</t>
+  </si>
+  <si>
+    <t>dr Dagmara Wróbel-Biedrawa</t>
+  </si>
+  <si>
+    <t>12 62-05-560</t>
+  </si>
+  <si>
+    <t>dagmara.wrobel-biedrawa@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra i Zakład Farmakognozji</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mechanizm cytotoksyczności przeciwnowotworowych związków wanadu w ujęciu zależności struktura–aktywność</t>
+  </si>
+  <si>
+    <t>2026-06-09</t>
+  </si>
+  <si>
+    <t>38 082,00</t>
+  </si>
+  <si>
+    <t>dr inż. Klaudia Wojtaszek</t>
+  </si>
+  <si>
+    <t>12 620 57 29</t>
+  </si>
+  <si>
+    <t>klaudia.wojtaszek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Biofizyki Farmaceutycznej</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Wpływ restrykcji kalorycznej na poziom ekspresji miRNA regulujących obrót kostny we krwi otyłych osób.</t>
+  </si>
+  <si>
+    <t>49 336,00</t>
+  </si>
+  <si>
+    <t>dr Urszula Raźny</t>
+  </si>
+  <si>
+    <t>12 433 28 65</t>
+  </si>
+  <si>
+    <t>urszula.razny@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Biochemii Klinicznej</t>
+  </si>
+  <si>
+    <t>Zastosowanie łącznego podania saponin o potencjale przeciwczerniakowym z substancjami dermoprotekcyjnymi jako nowa strategia modyfikacji ich toksyczności i selektywności wobec komórek skóry w modelu in vitro</t>
+  </si>
+  <si>
+    <t>dr Karolina Grabowska</t>
+  </si>
+  <si>
+    <t>karolina1.grabowska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Farmakognozji</t>
+  </si>
+  <si>
+    <t>Technologia TRUPATH w badaniach nad selektywnością sygnalizacyjną „stronniczych agonistów&amp;amp;quot; receptora 5-HT1A: Rola podjednostek białka G</t>
+  </si>
+  <si>
+    <t>dr Monika Głuch-Lutwin</t>
+  </si>
+  <si>
+    <t>12 620-57-6</t>
+  </si>
+  <si>
+    <t>monika.gluch-lutwin@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Farmakobiologii</t>
+  </si>
+  <si>
+    <t>Rola zanieczyszczeń powietrza w formowaniu zewnątrzkomórkowych sieci neutrofilowych (NETs).</t>
+  </si>
+  <si>
+    <t>dr Adrianna Gałuszka-Bulaga</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 658-24-86</t>
+  </si>
+  <si>
+    <t>adrianna.galuszka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Immunologii Klinicznej i Transplantologii</t>
+  </si>
+  <si>
+    <t>Ocena aktywności różnych klas beta-laktamaz wytwarzanych przez pałeczki Enterobacterales izolowane z układu moczowego na pivmecyllinam z wykorzystaniem metod sekwencjonowania całego genomu</t>
+  </si>
+  <si>
+    <t>dr Mateusz Gajda</t>
+  </si>
+  <si>
+    <t>12 633 08 77</t>
+  </si>
+  <si>
+    <t>mateusz14.gajda@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Walidacja narzędzia do oceny funkcjonowania systemów opieki długoterminowej w odniesieniu do opieki przejściowej: Transitional Care Assessment Tool in Long-Term Care (TCAT-LTC)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 88 000,00</t>
+  </si>
+  <si>
+    <t>dr Estera Wieczorek</t>
+  </si>
+  <si>
+    <t>12 43 32 801</t>
+  </si>
+  <si>
+    <t>estera.wieczorek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Instytut Zdrowia Publicznego</t>
+  </si>
+  <si>
+    <t>Wirom jelitowy - nowy i ważny komponent mikrobioty w patogenezie spektrum zaburzeń autystycznych</t>
+  </si>
+  <si>
+    <t>2027-11-27</t>
+  </si>
+  <si>
+    <t>1464184,00</t>
+  </si>
+  <si>
+    <t>dr Kinga Gawlińska</t>
+  </si>
+  <si>
+    <t>12 620 56 54</t>
+  </si>
+  <si>
+    <t>kinga.gawlinska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zaklad Farmacji Klinicznej</t>
+  </si>
+  <si>
+    <t>SONATINA 8</t>
+  </si>
+  <si>
+    <t>Celowana komórkowa sygnalizacja cząsteczek siarkowodoru jako brakujący klucz do fundamentalnej i klinicznej interpretacji schorzeń przełyku</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>2029-12-05</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5 499 000,00</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Marcin Magierowski</t>
+  </si>
+  <si>
+    <t>12 619-96-40</t>
+  </si>
+  <si>
+    <t>m.magierowski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Ośrodek Biomedycyny i Nauk Interdyscyplinarnych</t>
+  </si>
+  <si>
+    <t>Sonata BIS</t>
+  </si>
+  <si>
+    <t>Centrum Rozwoju Terapii Chorób Cywilizacyjnych i Związanych z Wiekiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OPI </t>
+  </si>
+  <si>
+    <t>https://opi.org.pl/</t>
+  </si>
+  <si>
+    <t>https://cdt-card.cm-uj.krakow.pl/pl/strona-glowna/o-projektach-2/o-projekcie-feng/</t>
+  </si>
+  <si>
+    <t>2028-06-30</t>
+  </si>
+  <si>
+    <t>33 936 081,66</t>
+  </si>
+  <si>
+    <t>23 483 119,8</t>
+  </si>
+  <si>
+    <t>dr inż. Magdalena Łopuszańska-Rusek</t>
+  </si>
+  <si>
+    <t>12 433 27 65</t>
+  </si>
+  <si>
+    <t>magdalena.lopuszanska-rusek@uj.edu.pl.</t>
+  </si>
+  <si>
+    <t>CDT CARD</t>
+  </si>
+  <si>
+    <t>FENG Działanie 2.4 Badawcza Infrastruktura Nowoczesnej  Gospodarki</t>
+  </si>
+  <si>
+    <t>NIH_USA_Poszukiwanie kluczowych mediatorów i mechanizmów obrzęku mózgu i transformacji krwotocznej po udarze półkulowym mózgu przy użyciu ilościowych metod obrazowych i genetyki</t>
+  </si>
+  <si>
+    <t>NIH, Stany Zjednoczone</t>
+  </si>
+  <si>
+    <t>https://commission.europa.eu/index_en</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>45 576 USD</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Agnieszka Słowik</t>
+  </si>
+  <si>
+    <t>agnieszka.slowik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra i Klinika Neurologii</t>
+  </si>
+  <si>
+    <t>National Intitute of Health</t>
+  </si>
+  <si>
+    <t>Komisja Europejska</t>
+  </si>
+  <si>
+    <t>8 444 996,40 EUR</t>
+  </si>
+  <si>
+    <t>371 471,46 EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zakład Promocji Zdrowia i e-Zdrowia </t>
+  </si>
+  <si>
+    <t>EU4HEALTH</t>
+  </si>
+  <si>
+    <t>InTouch_ Zastosowanie opieki paliatywnej w celu poprawy jakości życia osób z zaawansowanym otępieniem w domach opieki</t>
+  </si>
+  <si>
+    <t>https://palliativeprojects.eu/in-touch/</t>
+  </si>
+  <si>
+    <t>2028-12-31</t>
+  </si>
+  <si>
+    <t>5 779 835,00 EUR</t>
+  </si>
+  <si>
+    <t>403 875 EUR</t>
+  </si>
+  <si>
+    <t>prof. dr hab.Katarzyna Szczerbińska</t>
+  </si>
+  <si>
+    <t>tel. 502 186 434</t>
+  </si>
+  <si>
+    <t>katarzyna.szczerbinska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Epidemiologii i Medycyny Zapobiegawczej</t>
+  </si>
+  <si>
+    <t>Horizon Europe</t>
+  </si>
+  <si>
+    <t>VITAL_Technologia wirtualnych bliźniaków jako narzędzie personalizacji opieki klinicznej</t>
+  </si>
+  <si>
+    <t>https://vital-horizoneurope.eu/</t>
+  </si>
+  <si>
+    <t>8 743 516,25 EUR</t>
+  </si>
+  <si>
+    <t>311 500 EUR</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Sebastian Polak</t>
+  </si>
+  <si>
+    <t>12 620 56 00</t>
+  </si>
+  <si>
+    <t>sebastian.polak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>21 433 27 87</t>
+  </si>
+  <si>
+    <t>eprObes_Zapobieganie otyłości w ciągu całego życia poprzez wczesną identyfikację czynników ryzyka, prognozowanie i interwencję</t>
+  </si>
+  <si>
+    <t>https://eprobes.eu/</t>
+  </si>
+  <si>
+    <t>2023-05-01</t>
+  </si>
+  <si>
+    <t>9 875 071,25 EUR</t>
+  </si>
+  <si>
+    <t>440 968,75 EUR</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Dorota Drożdż</t>
+  </si>
+  <si>
+    <t>12 658 06 63</t>
+  </si>
+  <si>
+    <t>dorota.drozdz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika Nefrologii Dziecięcej i Nadciśnienia Tętniczego, Katedra Pediatrii</t>
+  </si>
+  <si>
+    <t>eCREAM_Umożliwienie badań klinicznych w medycynie ratunkowej i doraźnej</t>
+  </si>
+  <si>
+    <t>https://ecreamproject.eu/overview/</t>
+  </si>
+  <si>
+    <t>2022-09-01</t>
+  </si>
+  <si>
+    <t>2027-08-31</t>
+  </si>
+  <si>
+    <t>7 294 249 EUR</t>
+  </si>
+  <si>
+    <t>383 875 EUR</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Wojciech Szczeklik</t>
+  </si>
+  <si>
+    <t>12 630 82 67</t>
+  </si>
+  <si>
+    <t>wojciech.szczeklik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Ośrodek Intensywnej Terapii i Medycyny Okołozabiegowej</t>
+  </si>
+  <si>
+    <t>EU NAVIGATE_ Wdrażanie i ocena interwencji polegającej na nawigacji osób starszych z chorobą nowotworową oraz ich opiekunów: międzynarodowe badanie RCT</t>
+  </si>
+  <si>
+    <t>https://eunavigate.com/</t>
+  </si>
+  <si>
+    <t>5 993 225,00 EUR</t>
+  </si>
+  <si>
+    <t>541 875 EUR</t>
+  </si>
+  <si>
+    <t>EUthyroid2_Kolejny krok w celu eliminacji niedoboru jodu i chorób tarczycy związanych z niedoborem jodu w Europie</t>
+  </si>
+  <si>
+    <t>https://euthyroid2.eu/</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>2 567 165,00 EUR</t>
+  </si>
+  <si>
+    <t>130 688 EUR</t>
+  </si>
+  <si>
+    <t>prof.  Dr hab. Alicja Hubalewska-Dydejczyk</t>
+  </si>
+  <si>
+    <t>12 400 23 00</t>
+  </si>
+  <si>
+    <t>alicja.hubalewska-dydejczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Endokrynologii</t>
+  </si>
+  <si>
+    <t>FACILITATE_Ramy ponownego wykorzystania danych uczestników badan klinicznych dla w pełni przejrzystego i etycznego ekosystemu/Framework for clinical trial participants data reutilization for a fully transparent and ethical ecosystem</t>
+  </si>
+  <si>
+    <t>https://facilitate-project.eu/</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>7 562 151,00 EUR</t>
+  </si>
+  <si>
+    <t>77 750 EUR</t>
+  </si>
+  <si>
+    <t>IMI JU</t>
+  </si>
+  <si>
+    <t>Europejski magister w zdrowiu publicznym</t>
+  </si>
+  <si>
+    <t>2030-08-31</t>
+  </si>
+  <si>
+    <t>€ 3 312 000,00</t>
+  </si>
+  <si>
+    <t>prof. Christoph Sowada</t>
+  </si>
+  <si>
+    <t>12 43 32 8 33</t>
+  </si>
+  <si>
+    <t>christoph.sowada@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Anna Zaręba</t>
+  </si>
+  <si>
+    <t>anna1.zareba@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>ERASMUS +</t>
+  </si>
+  <si>
+    <t>Cykliczny zespół Cushinga- wieloośrodkowa analiza pacjentów z cyklicznym Zespołem Cushinga</t>
+  </si>
+  <si>
+    <t>projekt bezkosztowy</t>
+  </si>
+  <si>
+    <t>prof. Aleksandra Gilis - Januszewska</t>
+  </si>
+  <si>
+    <t>12 400 23 30</t>
+  </si>
+  <si>
+    <t>aleksandra.gilis-januszewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Edukacja w zakresie rozumowania klinicznego wspomaganego technologiami medycyny cyfrowej</t>
+  </si>
+  <si>
+    <t>Narodowa Agencja Programu ERASMUS</t>
+  </si>
+  <si>
+    <t>https://erasmusplus.org.pl/</t>
+  </si>
+  <si>
+    <t>€ 400 000,00</t>
+  </si>
+  <si>
+    <t>€ 55 400,00</t>
+  </si>
+  <si>
+    <t>prof. Andrzej Kononowicz</t>
+  </si>
+  <si>
+    <t>12 347 69 08</t>
+  </si>
+  <si>
+    <t>andrzej.kononowicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Bioinformatyki i Telemedycyny</t>
+  </si>
+  <si>
+    <t>Adaptacja kultrowa i dostosowanie do systemu opieki zdrowotnej wrtualnych pacjentów jako elektronicznych zasobów edukacyjnych do wspólnej nauki dla Azji Południowo-Wschodniej</t>
+  </si>
+  <si>
+    <t>758 650,45 €</t>
+  </si>
+  <si>
+    <t>Zrównoważona mechanochemiczna synteza stronniczych i klatkowych ligandów receptora 5-HT6</t>
+  </si>
+  <si>
+    <t>http://nawa.gov.pl/</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>30 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr Vittorio Canale</t>
+  </si>
+  <si>
+    <t>12 620-55-00</t>
+  </si>
+  <si>
+    <t>vittorio.canale@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>NAWA Wspólne projekty badawcze Francja 2024</t>
+  </si>
+  <si>
+    <t>Podwójne uderzenie w ścieżkę sygnalizacyjną NF-κB w walce z chorobami wywołanymi stanem zapalnym – opracowanie związków indukujących degradację TAK1 i IKKß</t>
+  </si>
+  <si>
+    <t>2024-01-09</t>
+  </si>
+  <si>
+    <t>2028-01-08</t>
+  </si>
+  <si>
+    <t>2 061 296,00 zł</t>
+  </si>
+  <si>
+    <t>prof. Dr hab. Anna Więckowska</t>
+  </si>
+  <si>
+    <t>(12) 620 54 65</t>
+  </si>
+  <si>
+    <t>anna.wieckowska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chemii Farmaceutycznej</t>
+  </si>
+  <si>
+    <t>OPUS 24</t>
+  </si>
+  <si>
+    <t>Interactive TEAching of Medical 3D cardiac anatomy supported by Mixed Reality</t>
+  </si>
+  <si>
+    <t>2023-09-01</t>
+  </si>
+  <si>
+    <t>400 000,00 €</t>
+  </si>
+  <si>
+    <t>938 410,50 zł</t>
+  </si>
+  <si>
+    <t>dr inż. Klaudia Proniewska</t>
+  </si>
+  <si>
+    <t>klaudia.proniewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Prolactinoma oporne na leczenie kabergoliną</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>Warstwy bioaktywne z przeznaczeniem do celów farmaceutycznych</t>
+  </si>
+  <si>
+    <t>374 800,06 PLN</t>
+  </si>
+  <si>
+    <t>Prof. dr hab. Przemysław Dorożyński</t>
+  </si>
+  <si>
+    <t>przemyslaw.dorozynski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>12 433 2798</t>
+  </si>
+  <si>
+    <t>Zakład Chemii Nieorganicznej</t>
+  </si>
+  <si>
+    <t>Doktorat wdrożeniowy 2024</t>
+  </si>
+  <si>
+    <t>Special Needs by Placebo: Programme to Advise, Normalize And Control its European Administration</t>
+  </si>
+  <si>
+    <t>https://commission.europa.eu/index_pl</t>
+  </si>
+  <si>
+    <t>2022-12-01</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>42 300,00 €</t>
+  </si>
+  <si>
+    <t>dr Marek Oleszczyk</t>
+  </si>
+  <si>
+    <t>12 430-5793</t>
+  </si>
+  <si>
+    <t>marek.oleszczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Barbara Sporek</t>
+  </si>
+  <si>
+    <t>13 433 27 98</t>
+  </si>
+  <si>
+    <t>Katedra Medycyny Rodzinnej</t>
+  </si>
+  <si>
+    <t>ERASMUS+</t>
+  </si>
+  <si>
+    <t>Telemedycznie Zintegrowane Polsko-Niemieckie Centrum Onkologii Dziecięcej w Euroregionie Pomerania 2.0 - zastosowanie i zbadanie innowacyjnych technologii</t>
+  </si>
+  <si>
+    <t>Wspólny Sekretariat INTERREG VIA</t>
+  </si>
+  <si>
+    <t>https://www.interreg6a.net/pl/</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>2027-03-31</t>
+  </si>
+  <si>
+    <t>2 591 981,96 €</t>
+  </si>
+  <si>
+    <t>137 944,40 €</t>
+  </si>
+  <si>
+    <t>dr Aleksandra Wieczorek</t>
+  </si>
+  <si>
+    <t>12 333 92 21</t>
+  </si>
+  <si>
+    <t>a.wieczorek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Konrad Kuliński</t>
+  </si>
+  <si>
+    <t>Klinika Onkologii i Hematologii Dziecięcej</t>
+  </si>
+  <si>
+    <t>INTERREG VIA INT01/2023 – wszystkie priorytety</t>
+  </si>
+  <si>
+    <t>Utworzenie i wsparcie funkcjonowania branżowego centrum umiejętności (BCU) w dziedzinie opieki medycznej w Zespole Jednostek Edukacyjnych Województwa Małopolskiego w Krakowie</t>
+  </si>
+  <si>
+    <t>FRSE</t>
+  </si>
+  <si>
+    <t>https://www.zjewm.krakow.pl/projekty-unijne/branzowe-centrum-umiejetnosci/</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>11 620 487,23 zł</t>
+  </si>
+  <si>
+    <t>465 500,00 zł</t>
+  </si>
+  <si>
+    <t>Dr hab. Iwona Bodys-Cupak, prof. UJ</t>
+  </si>
+  <si>
+    <t>126 336 259</t>
+  </si>
+  <si>
+    <t>i.bodys-cupak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Iwona Wcisło</t>
+  </si>
+  <si>
+    <t>Pracownia Teorii i Podstaw Pielęgniarstwa Instytut Pielęgniarstwa i Położnictwa, Instytut Pielęgniarstwa i Położnictwa</t>
+  </si>
+  <si>
+    <t>konkurs&amp;quot; Utworzenie i wsparcie funkcjonowania 120 branżowych centrów umiejętności (BCU), realizujących koncepcję centrów doskonałości zawodowej (CoVEs)&amp;quot; nabór 2022. Krajowego Planu Odbudowy i Zwiększania Odporności</t>
+  </si>
+  <si>
+    <t>Nowa metoda przesiewowej diagnostyki tętniaka tętnicy środkowej mózgu - analiza sygnału przezczaszkowej ultrasonografii dopplerowskiej z zastosowaniem metod sztucznej inteligencji</t>
+  </si>
+  <si>
+    <t>2023-04-01</t>
+  </si>
+  <si>
+    <t>2026-04-01</t>
+  </si>
+  <si>
+    <t>1 215 875,00 zł</t>
+  </si>
+  <si>
+    <t>dr Roger Krzyżewski</t>
+  </si>
+  <si>
+    <t>roger.krzyzewski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>12 433 27 98</t>
+  </si>
+  <si>
+    <t>LIDER XIII</t>
+  </si>
+  <si>
+    <t>Zastosowanie farmakometrii do oceny nieliniowości farmakokinetyki i efektu autoinhibicji w procesie rozwoju leku</t>
+  </si>
+  <si>
+    <t>MEiN</t>
+  </si>
+  <si>
+    <t>2022-10-01</t>
+  </si>
+  <si>
+    <t>324 077,36 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Maria Walczak, prof. UJ</t>
+  </si>
+  <si>
+    <t>12 620-56-31</t>
+  </si>
+  <si>
+    <t>maria.walczak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Doktorat wdrożeniowy VI</t>
+  </si>
+  <si>
+    <t>Rozwój ujednoliconego modelu do ilościowej oceny metabolizmu związanego z cytochromem P450</t>
+  </si>
+  <si>
+    <t>dr hab. Gniewomir Latacz</t>
+  </si>
+  <si>
+    <t>12 620-55-80</t>
+  </si>
+  <si>
+    <t>gniewomir.latacz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Technologii i Biotechnologii Środków Leczniczych</t>
+  </si>
+  <si>
+    <t>Projekt Flagowy - Centre for Brain Research</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE Priorytetowy Obszar Badawczy FutureSoc w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://id.uj.edu.pl/</t>
+  </si>
+  <si>
+    <t>https://cbm.uj.edu.pl/</t>
+  </si>
+  <si>
+    <t>3 717 122,00 zł</t>
+  </si>
+  <si>
+    <t>600 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Michał Wierzchoń</t>
+  </si>
+  <si>
+    <t>nd</t>
+  </si>
+  <si>
+    <t>michal.wierzchon@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Magdalena Pałyga</t>
+  </si>
+  <si>
+    <t>506 836 985</t>
+  </si>
+  <si>
+    <t>magdalena.palyga@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Centrum Badań Mózgu</t>
+  </si>
+  <si>
+    <t>Projekt Flagowy - Center for Theranostics</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE oraz Priorytetowy Obszar Badawczy SciMat w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://centhe.id.uj.edu.pl/start</t>
+  </si>
+  <si>
+    <t>4 340 492,00 zł</t>
+  </si>
+  <si>
+    <t>2 150 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Paweł Moskal</t>
+  </si>
+  <si>
+    <t>p.moskal@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Centrum Teranostyki</t>
+  </si>
+  <si>
+    <t>Zaprojektowanie funkcjonalnych pęcherzyków zewnątrzkomórkowych do celowego dostarczania radiofarmaceutyków</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://qlife.cm-uj.krakow.pl/</t>
+  </si>
+  <si>
+    <t>2023-03-01</t>
+  </si>
+  <si>
+    <t>178 623,80 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Magdalena Kostkiewicz</t>
+  </si>
+  <si>
+    <t>magdalena.kostkiewicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika Chorób Serca i Naczyń</t>
+  </si>
+  <si>
+    <t>Konkurs #14 - Dofinansowanie kosztów stypendium doktoranckiego dla doktorantów realizujących program doktorski w Szkole Doktorskiej Nauk Medycznych i Nauk o Zdrowiu UJ CM</t>
+  </si>
+  <si>
+    <t>Ligandy receptora H3 histaminowego jako nadzieja w terapii chorób neurodegeneracyjnych</t>
+  </si>
+  <si>
+    <t>169 207,48 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Dorota Łażewska</t>
+  </si>
+  <si>
+    <t>dorota.lazewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Technologii i Biotechnologii Środków Leczniczych</t>
+  </si>
+  <si>
+    <t>Konkurs #19 - Projekt naukowy prowadzony we współpracy z Centrum Rozwoju Terapii Chorób Cywilizacyjnych i Związanych z Wiekiem (CDT-CARD) – jednostką międzywydziałową UJ CM</t>
+  </si>
+  <si>
+    <t>Piorytetowy Obszar Badawczy qLIFE (ID.UJ)</t>
+  </si>
+  <si>
+    <t>ProgramuStrategiczny Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>2020-01-01</t>
+  </si>
+  <si>
+    <t>468 504 720,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centrum Zarządzania Projektami UJ CM </t>
+  </si>
+  <si>
+    <t>W 2019 r. Ministerstwo Nauki i Szkolnictwa Wyższego przeprowadziło pierwszy konkurs w ramach tego programu. W jego wyniku 10 uczelni, spośród 20 uprawnionych do udziału w konkursie, ma zagwarantowane w latach 2020–2026 coroczne zwiększenie...</t>
+  </si>
+  <si>
+    <t>Opracowanie metodologii obrazowania oraz badania funkcji naczyń mózgowych w warunkach fizjologicznych oraz w przebiegu schorzeń neurologicznych</t>
+  </si>
+  <si>
+    <t>555 555,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dr Bartosz Pomierny </t>
+  </si>
+  <si>
+    <t>Zakład Biochemii Toksykologicznej</t>
+  </si>
+  <si>
+    <t>Konkurs #16 - Finansowanie projektów badawczych we współpracy międzynarodowej</t>
+  </si>
+  <si>
+    <t>Czy wirtualny trening równowagi może zastapić klasyczny? Wpływ systematycznych ćwiczeń równowagi na mikroarchitektonikę istoty białej mózgu i profil ekspresji genów u osób starszych</t>
+  </si>
+  <si>
+    <t>330 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr Jadwiga Kubica</t>
+  </si>
+  <si>
+    <t>jadwiga.kubica@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Fizjoterapii</t>
+  </si>
+  <si>
+    <t>Czy nowe ligandy receptora 1 związanego z aminami śladowymi (TAAR1) mogą być skuteczne w walce z cukrzycą i otyłością?</t>
+  </si>
+  <si>
+    <t>545 540,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Magdalena Kotańska</t>
+  </si>
+  <si>
+    <t>magda.dudek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Wstępnych Badań Farmakologicznych</t>
+  </si>
+  <si>
+    <t>Rola modyfikacji potranslacyjnej: cytrulinacji w regulacji różnicowania fibroblastów błony zewnętrznej tętnic (AFs) oraz mięśni gładkich naczyń (VSMCs) do miofibroblastów w miażdżycy</t>
+  </si>
+  <si>
+    <t>430 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Aneta Stachowicz</t>
+  </si>
+  <si>
+    <t>aneta.stachowicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Farmakologii</t>
+  </si>
+  <si>
+    <t>Matematyka Cyklu Życiowego Enterowirusów: Modelowanie zakażenia, replikacji i uwalniania na potrzeby terapii celowanej</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>470 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr Bartosz Lisowski</t>
+  </si>
+  <si>
+    <t>bartek.lisowski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Technologii Postaci Leku i Biofarmacji</t>
+  </si>
+  <si>
+    <t>Program Strategiczny Inicjatywa Doskonałości na Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/web/nauka/program-inicjatywa-doskonalosci--uczelnia-badawcza</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Wojciech Macyk</t>
+  </si>
+  <si>
+    <t>biuro.id@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Aneta Łapczuk</t>
+  </si>
+  <si>
+    <t>(12) 663 30 24</t>
+  </si>
+  <si>
+    <t>Centrum Wsparcia Projektów UJ</t>
+  </si>
+  <si>
+    <t>Innowacje w edukacji i praktyce medycznej (InnoWMed) – Podnoszenie kompetencji kadr medycznych w zakresie edukacji, medycyny translacyjnej, technik obliczeniowych, technik wizualizacji 3D z elementami Sztucznej Inteligencji</t>
+  </si>
+  <si>
+    <t>Agencja Badań Medycznych ABM</t>
+  </si>
+  <si>
+    <t>https://abm.gov.pl/</t>
+  </si>
+  <si>
+    <t>https://www.mckp.uj.edu.pl/studiaabm/</t>
+  </si>
+  <si>
+    <t>4 351 254,64 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Barbara Gryglewska</t>
+  </si>
+  <si>
+    <t>12 400 29 00</t>
+  </si>
+  <si>
+    <t>barbara.gryglewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Agnieszka Widawska</t>
+  </si>
+  <si>
+    <t>12 433 27 93</t>
+  </si>
+  <si>
+    <t>a.widawska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika i Katedra Chorób Wewnętrznych i Geriatrii</t>
+  </si>
+  <si>
+    <t>Konkurs na opracowanie i realizację autorskiego programu studiów podyplomowych z zakresu nauk biomedycznych ABM/2023/6</t>
+  </si>
+  <si>
+    <t>Ocena skuteczności i bezpieczeństwa stosowania jodowych w środków kontrastowych w mammografii spektralnej w korelacji z badaniem rezonansu magnetycznego piersi u chorych z podejrzeniem raka piersi</t>
+  </si>
+  <si>
+    <t>2029-05-31</t>
+  </si>
+  <si>
+    <t>12 401 918,20 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Elżbieta Łuczyńska, prof. UJ</t>
+  </si>
+  <si>
+    <t>12 634 33 97 WEW.25</t>
+  </si>
+  <si>
+    <t>elzbieta.luczynska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Natalia Dziewońska</t>
+  </si>
+  <si>
+    <t>519 307 933</t>
+  </si>
+  <si>
+    <t>natalia.dziewonska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Elektroradiologii</t>
+  </si>
+  <si>
+    <t>Konkurs na badania head-to-head w zakresie niekomercyjnych badań klinicznych lub eksperymentów badawczych ABM/2022/3</t>
+  </si>
+  <si>
+    <t>The effect of noradrenaline infusion versus standard blood pressure management on perioperative HYPotension in NOncaRdiac surgery (HYP-NOR trial). The HYP-NOR randomised, controlled, parallel-group trial will address the following question: is per...</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>7 807 521,20 zł</t>
+  </si>
+  <si>
+    <t>Dominika Gryszówka</t>
+  </si>
+  <si>
+    <t>532 409 117</t>
+  </si>
+  <si>
+    <t>dominika.gryszowka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Wieloośrodkowe, kontrolowane, randomizowane badanie kliniczne porównujące skuteczność auto- i allogenicznych mezenchymalnych komórek stromalnych w gojeniu przetok odbytu powstałych w przebiegu choroby Leśniowskiego i Crohna</t>
+  </si>
+  <si>
+    <t>2022-08-01</t>
+  </si>
+  <si>
+    <t>2028-07-30</t>
+  </si>
+  <si>
+    <t>12 554 850,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Wałęga</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 257-83-21, 12 633-19-95</t>
+  </si>
+  <si>
+    <t>piotr.walega@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;amp;quot;Klinika Chirurgii Ogólnej, Onkologicznej i Geriatrycznej III Katedra Chirurgii Ogólnej&amp;amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Konkurs na niekomercyjne badania kliniczne ABM/2022/1</t>
+  </si>
+  <si>
+    <t>Zastosowanie terapii tandemowej LutaPol/ItraPol (177Lu/90Y-DOTATATE) jako skutecznego narzędzia w leczeniu nowotworów neuroendokrynnych</t>
+  </si>
+  <si>
+    <t>2020-06-15</t>
+  </si>
+  <si>
+    <t>2026-06-15</t>
+  </si>
+  <si>
+    <t>16 225.166,35 zł</t>
+  </si>
+  <si>
+    <t>458 562,96 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Alicja Hubalewska-Dydejczyk</t>
+  </si>
+  <si>
+    <t>572 337 659</t>
+  </si>
+  <si>
+    <t>Klinika i Katedra Endokrynologii</t>
+  </si>
+  <si>
+    <t>Konkurs na działalność badawczo – rozwojową w zakresie niekomercyjnych badań klinicznych ABM/2019/1</t>
+  </si>
+  <si>
+    <t>Immunoterapia z zastosowaniem dinutuksymabu beta skojarzona z chemioterapią w leczeniu pacjentów z neuroblastoma pierwotnie opornym na leczenie standardowe oraz ze wznową lub progresją choroby</t>
+  </si>
+  <si>
+    <t>Głównym celem badania jest ocena bezpieczeństwa podawania przeciwciał anty-GD2 w połączeniu z konwencjonalną chemioterapią oraz wstępna ocena skuteczności terapii.</t>
+  </si>
+  <si>
+    <t>2021-01-01</t>
+  </si>
+  <si>
+    <t>17 168 744,64 zł</t>
+  </si>
+  <si>
+    <t>958 435,04 zł</t>
+  </si>
+  <si>
+    <t>prof. dr. hab. Walentyna Balwierz</t>
+  </si>
+  <si>
+    <t>12 333 92 20, 12 333 92 21</t>
+  </si>
+  <si>
+    <t>walentyna.balwierz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Beata Michalak</t>
+  </si>
+  <si>
+    <t>512 749 452</t>
+  </si>
+  <si>
+    <t>beata.michalak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;amp;quot;Klinika Onkologii i Hematologii Dziecięcej Instytut Pediatrii&amp;amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Konkurs na działalność badawczo – rozwojową w zakresie niekomercyjnych badań klinicznych ABM/2020/1</t>
+  </si>
+  <si>
+    <t>Przedoperacyjna chemioterapia dootrzewnowa w hipertermii uzupełniająca leczenie skojarzone w zaawansowanym raku żołądka z wysokim ryzykiem nawrotu otrzewnowego – badanie wieloośrodkowe  z randomizacją</t>
+  </si>
+  <si>
+    <t>https://chimera.cm-uj.krakow.pl/</t>
+  </si>
+  <si>
+    <t>2020-07-01</t>
+  </si>
+  <si>
+    <t>9 640 999,72 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Richter</t>
+  </si>
+  <si>
+    <t>12 400 24 00</t>
+  </si>
+  <si>
+    <t>piotr.richter@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;quot;Klinika Chirurgii Ogólnej, Onkologicznej i Gastroenterologicznej I Katedra Chirurgii Ogólnej&amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Ivabradine for PREVENTion of Myocardial Injury after Noncardiac Surgery (MINS) – PREVENT-MINS Trial</t>
+  </si>
+  <si>
+    <t>16 968.518,00 zł</t>
+  </si>
+  <si>
+    <t>Innowacyjny model predykcyjny dla skuteczności leczenia atopowego zapalenia skóry dupilumabem</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.gov.pl/ </t>
+  </si>
+  <si>
+    <t>2023-08-28</t>
+  </si>
+  <si>
+    <t>2026-11-27</t>
+  </si>
+  <si>
+    <t>239 948,00 zł</t>
+  </si>
+  <si>
+    <t>Przemysław Hałubiec</t>
+  </si>
+  <si>
+    <t>12 424 86 62</t>
+  </si>
+  <si>
+    <t>przemyslaw.halubiec@student.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Dermatologii</t>
+  </si>
+  <si>
+    <t>Perły Nauki</t>
+  </si>
+  <si>
+    <t>Dysfunkcja naczyń krwionośnych po chemioterapii neoadjuwantowej raka gruczołu sutkowego. Znaczenie stanu menopauzalnego i estrogenów</t>
+  </si>
+  <si>
+    <t>2024-07-10</t>
+  </si>
+  <si>
+    <t>2027-10-09</t>
+  </si>
+  <si>
+    <t>1 996 246,00 zł</t>
+  </si>
+  <si>
+    <t>dr Piotr Szczepaniak</t>
+  </si>
+  <si>
+    <t>12 630 48 22</t>
+  </si>
+  <si>
+    <t>piotr.szczepaniak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chorób Wewnętrznych i Medycyny Wsi</t>
+  </si>
+  <si>
+    <t>Alfa-mannozydazy szlaku N-glikozylacji białek w komórkach nabłonkowych przewodu pokarmowego. Badania nad ich rolą w modulowaniu glikomu oraz przepuszczalności bariery jelitowej w warunkach fizjologicznych i pod presją stanu zapalnego</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>2029-04-17</t>
+  </si>
+  <si>
+    <t>4 064 186,00 zł</t>
+  </si>
+  <si>
+    <t>dr Paweł Link-Lenczowski</t>
+  </si>
+  <si>
+    <t>12 634 33 97 wew. 33</t>
+  </si>
+  <si>
+    <t>p.link-lenczowski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Fizjologii Medycznej</t>
+  </si>
+  <si>
+    <t>SONATA BIS 12</t>
+  </si>
+  <si>
+    <t>Czy nanocząstki metali wpływają na biosyntezę bioaktywnych metabolitów roślinnych? - badania na modelu kultur in vitro gatunków z rodziny Brassicaceae o działaniu prozdrowotnym</t>
+  </si>
+  <si>
+    <t>2024-01-19</t>
+  </si>
+  <si>
+    <t>2029-01-18</t>
+  </si>
+  <si>
+    <t>1 223 520,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Agnieszka Szopa</t>
+  </si>
+  <si>
+    <t>12 620 54 30</t>
+  </si>
+  <si>
+    <t>a.szopa@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 25</t>
+  </si>
+  <si>
+    <t>Identyfikacja kluczowych dysfunkcji morfologicznych,proteomicznych i genomicznych ludzkiego węzła przedsionkowo-komorowego w niewydolności serca</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>2028-10-29</t>
+  </si>
+  <si>
+    <t>3 554 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Mateusz Hołda</t>
+  </si>
+  <si>
+    <t>12 422-95-11</t>
+  </si>
+  <si>
+    <t>mk.holda@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Anatomii</t>
+  </si>
+  <si>
+    <t>Pierwsze w swojej klasie dualne modulatory kinaz nekroptozy i receptora 5-HT6 jako nowatorskie podejście w opracowaniu skutecznej terapii chorób neurodegeneracyjnych z defektem kognitywnym</t>
+  </si>
+  <si>
+    <t>2028-07-09</t>
+  </si>
+  <si>
+    <t>3 088 400,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Jadwiga Handzlik</t>
+  </si>
+  <si>
+    <t>j.handzlik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 26</t>
+  </si>
+  <si>
+    <t>Określenie wpływu czynnika transkrypcyjnego SNAIL1 na biologię nowotworowych komórek macierzystych w modelu mięsaka prążkowanokomórkowego</t>
+  </si>
+  <si>
+    <t>2023-06-27</t>
+  </si>
+  <si>
+    <t>2028-06-26</t>
+  </si>
+  <si>
+    <t>3 024 990,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Marcin Majka</t>
+  </si>
+  <si>
+    <t>marcin.majka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Modulacja N-glikozylacji jako narzędzie zwiększające skuteczność terapii CAR-T</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>2028-06-19</t>
+  </si>
+  <si>
+    <t>3 075 728,00 zł</t>
+  </si>
+  <si>
+    <t>278 404,00 zł</t>
+  </si>
+  <si>
+    <t>Nieokreślona rola białka Dickkopf-related protein 1 (DKK1) pochodzącego z płytek krwi w patomechanizmie spondyloartropatii osiowej (axSpA)</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>2028-01-31</t>
+  </si>
+  <si>
+    <t>1 815 340,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Maciej Siedlar</t>
+  </si>
+  <si>
+    <t>maciej.siedlar@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 23</t>
+  </si>
+  <si>
+    <t>Aminokwasy wśród biomarkerów ciśnienia krwi - wnioskowanie przyczynowe z użyciem metod genetycznych, epidemiologicznych i molekularnych</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NCN </t>
+  </si>
+  <si>
+    <t>2023-01-16</t>
+  </si>
+  <si>
+    <t>2028-01-15</t>
+  </si>
+  <si>
+    <t>1 423 740,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Mateusz Siedliński</t>
+  </si>
+  <si>
+    <t>mateusz.siedlinski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Rola komórek śródbłonka w rozwoju pozapalnej kardiomiopatii rozstrzeniowej</t>
+  </si>
+  <si>
+    <t>2023-10-01</t>
+  </si>
+  <si>
+    <t>688 080,00 zł</t>
+  </si>
+  <si>
+    <t>Prof.dr hab. Przemysław Błyszczuk, prof. UJ</t>
+  </si>
+  <si>
+    <t>PRELUDIUM BIS 3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Właściwości skrzepu fibrynowego u pacjentów z całkowitą lub częściową niewydolnością oddechową w trakcie kwalifikacji oraz po 3 miesiącach przewlekłej długotrwałej suplementacji tlenu lub nieinwazyjnej wentylacji mechanicznej w warunkach domowych </t>
+  </si>
+  <si>
+    <t>498 960,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Michał Ząbczyk</t>
+  </si>
+  <si>
+    <t>12 614-30-04</t>
+  </si>
+  <si>
+    <t>michal.zabczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Chorób Zatorowo-Zakrzepowych</t>
+  </si>
+  <si>
+    <t>PRELUDIUM BIS 5</t>
+  </si>
+  <si>
+    <t>Anatomia oponowych połączeń tętnic mózgowych w aspekcie krążenia obocznego w udarze niedokrwiennym</t>
+  </si>
+  <si>
+    <t>2023-08-29</t>
+  </si>
+  <si>
+    <t>2027-08-29</t>
+  </si>
+  <si>
+    <t>239 800,00 zł</t>
+  </si>
+  <si>
+    <t>Karolina Brzegowy-Solewska</t>
+  </si>
+  <si>
+    <t>karolina.brzegowy@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Mikrobiom zatok przynosowych - dynamika czasowa i zmiany spowodowane przez selektywną presję antybiotykową</t>
+  </si>
+  <si>
+    <t>2024-07-30</t>
+  </si>
+  <si>
+    <t>2027-07-29</t>
+  </si>
+  <si>
+    <t>1 901 858,00 zł</t>
+  </si>
+  <si>
+    <t>dr Joanna Szaleniec</t>
+  </si>
+  <si>
+    <t>12 400 27 50</t>
+  </si>
+  <si>
+    <t>joanna.szaleniec@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Otolaryngologii</t>
+  </si>
+  <si>
+    <t>Zastosowanie mikrosystemów Cell-on-a-chip do badań przebiegu oraz monitorowania leczenia obwodowych chorób demielinizacyjnych o podłożu autoimmunizacyjnym</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>2027-07-23</t>
+  </si>
+  <si>
+    <t>1 839 028,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 443 348,00 zł </t>
+  </si>
+  <si>
+    <t>dr Marzena Lenart</t>
+  </si>
+  <si>
+    <t>m.lenart@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Badania nad aktywnością przeciwzapalną ligandów GPR18 oraz ich udziałem w modulacji fenotypów mikrogleju - nowego celu terapii stanów zapalnych ośrodkowego układu nerwowego</t>
+  </si>
+  <si>
+    <t>2022-07-18</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>1 996 530,00 zł</t>
+  </si>
+  <si>
+    <t>Katedra Technologii Chemicznej i Biotechnologii Leków</t>
+  </si>
+  <si>
+    <t>OPUS 22</t>
+  </si>
+  <si>
+    <t>Rozwój i różnicowanie populacji mieloidalnych komórek supresorowych „wczesnego stadium” (e-MDSCs) w raku jelita grubego – rola anemii</t>
+  </si>
+  <si>
+    <t>2023-07-14</t>
+  </si>
+  <si>
+    <t>2027-07-13</t>
+  </si>
+  <si>
+    <t>2 080 100,00 zł</t>
+  </si>
+  <si>
+    <t>1 520 120,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Jarosław Baran, prof. UJ</t>
+  </si>
+  <si>
+    <t>jarek.baran@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Oś jelitowo-mózgowa płodu jako obiecujący klucz do rozszyfrowania źródeł zaburzeń ze spektrum autyzmu</t>
+  </si>
+  <si>
+    <t>2024-07-08</t>
+  </si>
+  <si>
+    <t>2027-07-07</t>
+  </si>
+  <si>
+    <t>2 332 860,00 zł</t>
+  </si>
+  <si>
+    <t>dr inż. Kinga Gawlińska</t>
+  </si>
+  <si>
+    <t>12 620-56-54</t>
+  </si>
+  <si>
+    <t>Flozyny jako potencjalne inhibitory progresji stenozy aortalnej u pacjentów z towarzyszącą cukrzycą typu 2: wpływ na wapnienie i remodeling zastawki w badaniu nierandomizowanym</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>2027-07-03</t>
+  </si>
+  <si>
+    <t>1 555 600,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Joanna Natorska</t>
+  </si>
+  <si>
+    <t>joanna.natorska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Selektywne hamowanie kinaz Janusowych w leczeniu autoimmunologicznego zapalenia wątroby: Translacyjne modelowanie PK/PD od poziomu molekularnego do populacyjnego</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>2027-06-24</t>
+  </si>
+  <si>
+    <t>1 507 180,00 zł</t>
+  </si>
+  <si>
+    <t>dr Artur Świerczek</t>
+  </si>
+  <si>
+    <t>12 620-57-20</t>
+  </si>
+  <si>
+    <t>artur.swierczek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Farmakokinetyki i Farmacji Fizycznej</t>
+  </si>
+  <si>
+    <t>Połączenie inhibicji enzymu FAAH z działaniem poprzez receptor serotoninowy 5-HT6 jako pionierskie podejście do walki z chorobą Alzheimera</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>2027-02-21</t>
+  </si>
+  <si>
+    <t>209 984,00 zł</t>
+  </si>
+  <si>
+    <t>mgr Kinga Czarnota-Łydka</t>
+  </si>
+  <si>
+    <t>kinga.czarnota@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>PRELUDIUM 21</t>
+  </si>
+  <si>
+    <t>Nowe pozytywne allosteryczne modulatory transportera EAAT2 dla glutaminianu jako kandydaci do terapii chorób neurologicznych i psychiatrycznych</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>2027-02-06</t>
+  </si>
+  <si>
+    <t>2 884 054,00 zł</t>
+  </si>
+  <si>
+    <t>2 102 840,00 zł</t>
+  </si>
+  <si>
+    <t>Wpływ doustnych antykoagulantów: rivaroxabanu i dabigatranu, na rozwój i przebieg ostrego zapalenia trzustki wywołanego niedokrwieniem z następową reperfuzją</t>
+  </si>
+  <si>
+    <t>2022-02-03</t>
+  </si>
+  <si>
+    <t>2027-02-02</t>
+  </si>
+  <si>
+    <t>1 284 840,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Ceranowicz</t>
+  </si>
+  <si>
+    <t>12 424-76-00</t>
+  </si>
+  <si>
+    <t>piotr.ceranowicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Fizjologii</t>
+  </si>
+  <si>
+    <t>OPUS 21</t>
+  </si>
+  <si>
+    <t>Poszukiwanie nowych inhibitorów kinazy IKK-β w kontekście terapii chorób o podłożu neurodegeneracyjnym w oparciu o strukturę celu molekularnego z wykorzystaniem zaawansowanych metod obliczeniowych i krystalografii makromolekularnej.</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>2027-01-22</t>
+  </si>
+  <si>
+    <t>210 000,00 zł</t>
+  </si>
+  <si>
+    <t>Emilia Sługocka</t>
+  </si>
+  <si>
+    <t>emilia.slugocka@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>PRELUDIUM 22</t>
+  </si>
+  <si>
+    <t>Receptor serotoninowy 5-HT7 jako cel w poszukiwaniu nowych strategii leczenia zaburzeń psychicznych</t>
+  </si>
+  <si>
+    <t>2024-01-17</t>
+  </si>
+  <si>
+    <t>2027-01-16</t>
+  </si>
+  <si>
+    <t>209 840,00 zł</t>
+  </si>
+  <si>
+    <t>Patryk Pyka</t>
+  </si>
+  <si>
+    <t>patryk98.pyka@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Modelowanie wypływu substancji pomocniczych na przenikanie leku przez skórę</t>
+  </si>
+  <si>
+    <t>2024-01-16</t>
+  </si>
+  <si>
+    <t>2027-01-15</t>
+  </si>
+  <si>
+    <t>209 960,00 zł</t>
+  </si>
+  <si>
+    <t>Laura Krumpholz</t>
+  </si>
+  <si>
+    <t>12 62-05-900</t>
+  </si>
+  <si>
+    <t>laura.krumpholz@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Farmacji Społecznej</t>
+  </si>
+  <si>
+    <t>Nic o nas bez nas? Etyka badań z grupami niedoreprezentowanymi na przykładzie osób głuchych</t>
+  </si>
+  <si>
+    <t>2024-01-12</t>
+  </si>
+  <si>
+    <t>2027-01-11</t>
+  </si>
+  <si>
+    <t>190 686,00 zł</t>
+  </si>
+  <si>
+    <t>Tomasz Krawczyk</t>
+  </si>
+  <si>
+    <t>12 634-33-97 WEW.16</t>
+  </si>
+  <si>
+    <t>tomasz.r.krawczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Filozofii i Bioetyki</t>
+  </si>
+  <si>
+    <t>Terapeutyczny potencjał nowego proleku uwalniającego CO w gojeniu przewlekłych wrzodów żołądka</t>
+  </si>
+  <si>
+    <t>2023-11-08</t>
+  </si>
+  <si>
+    <t>2026-11-07</t>
+  </si>
+  <si>
+    <t>239 844,00 zł</t>
+  </si>
+  <si>
+    <t>Aleksandra Danielak</t>
+  </si>
+  <si>
+    <t>aleksandradanielak26@gmail.com</t>
+  </si>
+  <si>
+    <t>Układy przesycone jako uniwersalna platforma do rozwiązywania problemu trudnej rozpuszczalności substancji leczniczych</t>
+  </si>
+  <si>
+    <t>2020-10-30</t>
+  </si>
+  <si>
+    <t>2026-10-29</t>
+  </si>
+  <si>
+    <t>2 524 020,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Anna Krupa</t>
+  </si>
+  <si>
+    <t>akrupa@cm-uj.krakow.pl</t>
+  </si>
+  <si>
+    <t>SONATA BIS 9</t>
+  </si>
+  <si>
+    <t>Kompetencje zdrowotne a odporność na zdrowotny denializm i dezinformację</t>
+  </si>
+  <si>
+    <t>2022-04-01</t>
+  </si>
+  <si>
+    <t>976 360,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Mariusz Duplaga, prof. UJ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Podwójni antagoniści receptora 5-HT3 i 5-HT6 w chorobach neuropsychiatrycznych i neurologicznych </t>
+  </si>
+  <si>
+    <t>2026-07-17</t>
+  </si>
+  <si>
+    <t>3 601 928,00 zł</t>
+  </si>
+  <si>
+    <t>2 145 248,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Paweł Zajdel (konsorcjum)</t>
+  </si>
+  <si>
+    <t>pawel.zajdel@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Chinoksalino-2,3-diony jako skuteczne narzędzia w badaniach nad jonotropowymi receptorami kainowymi</t>
+  </si>
+  <si>
+    <t>2021-07-15</t>
+  </si>
+  <si>
+    <t>2026-07-14</t>
+  </si>
+  <si>
+    <t>1 479 520,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Ewa Szymańska</t>
+  </si>
+  <si>
+    <t>ewa.szymanska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 20</t>
+  </si>
+  <si>
+    <t>Ocena mikrobiomu i proteomu mózgu oraz roli przeszczepu mikrobioty jelitowej (FMT) w schizofrenii - badania na szczurzym modelu MAM-E17</t>
+  </si>
+  <si>
+    <t>2022-07-15</t>
+  </si>
+  <si>
+    <t>2 347 400,00 zł</t>
+  </si>
+  <si>
+    <t>1 914 160,00 zł</t>
+  </si>
+  <si>
+    <t>dr Dominika Salamon (konsorcjum)</t>
+  </si>
+  <si>
+    <t>dominika.salamon@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>SONATA 17</t>
+  </si>
+  <si>
+    <t>Bioinspirowane powłoki z biodegradowalnych polimerów anionowych i kationowych oraz naturalnych substancji przeciwdrobnoustrojowych dla implantów metalowych</t>
+  </si>
+  <si>
+    <t>2023-01-20</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>1 456 680,00 zł</t>
+  </si>
+  <si>
+    <t>389 180,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Monika Brzychczy-Włoch (konsorcjum)</t>
+  </si>
+  <si>
+    <t>m.brzychczy-wloch@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Podwójna aktywność HBK-15 - odkrywanie mechanizmów komórkowych leżących u podstaw jego szybkiego efektu przeciwdepresyjnego i prokognitywnego</t>
+  </si>
+  <si>
+    <t>2020-04-14</t>
+  </si>
+  <si>
+    <t>2026-04-13</t>
+  </si>
+  <si>
+    <t>3 169 300,00 zł</t>
+  </si>
+  <si>
+    <t>12 62-05-530</t>
+  </si>
+  <si>
+    <t>Endogenny tlenek węgla (CO) oraz nowe proleki uwalniające CO w patofizjologii i farmakologii rozwoju metaplazji błony śluzowej przełyku</t>
+  </si>
+  <si>
+    <t>2020-03-16</t>
+  </si>
+  <si>
+    <t>2026-03-15</t>
+  </si>
+  <si>
+    <t>2 346 900,00 zł</t>
+  </si>
+  <si>
+    <t>OPUS 17</t>
+  </si>
+  <si>
+    <t>Pierwsi dualni 'biased' agoniści receptorów serotoninowych 5HT1A i dopaminowych D2 - innowacyjne podejście w poszukiwaniu terapii zaburzeń psychicznych</t>
+  </si>
+  <si>
+    <t>2022-02-07</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2 991 854,00 zł</t>
+  </si>
+  <si>
+    <t>marcin.kolaczkowski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Selektywne inhibitory transportera 3. kwasu y-aminomasłowego (GAT3) jako nowe narzędzia farmakologiczne i szansa na innowacyjne terapie chorób związanych z zaburzeniami przekaźnictwa GABAergicznego</t>
+  </si>
+  <si>
+    <t>1 684 200,00 zł</t>
+  </si>
+  <si>
+    <t>Ocena roli antagonisty receptora leukotrienów cysteinylowych w procesie hamowania miażdżycy i zmian proliferacyjnych oraz jego wpływu na funkcje śródbłonka u pacjentów leczonych wewnątrznaczyniowo z powodu miażdżycy zarostowej tętnic kończyn dolnych</t>
+  </si>
+  <si>
+    <t>2020-05-04</t>
+  </si>
+  <si>
+    <t>2026-06-03</t>
+  </si>
+  <si>
+    <t>1 745 600,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Paweł Maga, prof. UJ</t>
+  </si>
+  <si>
+    <t>12 400 30 50</t>
+  </si>
+  <si>
+    <t>pawel.maga@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>II Katedra Chorób Wewnętrznych im. Prof. Andrzeja Szczeklika</t>
+  </si>
+  <si>
+    <t>Występowanie i śledzenie losów hydroksypochodnych WWA w ściekach w aspekcie oceny ryzyka zdrowia publicznego ze względu na narażenia na WWA na terenach miejskich</t>
+  </si>
+  <si>
+    <t>2023-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>122 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr Elżbieta Sochacka-Tatara</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 423-10-03</t>
+  </si>
+  <si>
+    <t>&amp;quot; e.sochacka-tatara@uj.edu.pl&amp;quot;</t>
+  </si>
+  <si>
+    <t>Bioremediacja zanieczyszczeń wody wywołanych lekami i kosmetykami przez grzyby Cunninghamella- biotechnologiczna strategia oczyszczania środowiska</t>
+  </si>
+  <si>
+    <t>2021-02-01</t>
+  </si>
+  <si>
+    <t>2027-01-31</t>
+  </si>
+  <si>
+    <t>1 217 400,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Karolina Słoczyńska</t>
+  </si>
+  <si>
+    <t>12 620-59-00</t>
+  </si>
+  <si>
+    <t>karolina.sloczynska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zakład Biochemii Farmaceutycznej </t>
+  </si>
+  <si>
+    <t>Opus 19</t>
+  </si>
+  <si>
+    <t>Anatomia i dynamika zmian w morfologii przedziałów tłuszczowych twarzy u osób otyłych po masywnej utracie masy ciała po przebytym zabiegu bariatrycznym</t>
+  </si>
+  <si>
+    <t>2022-07-27</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>827 508,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Mateusz Koziej</t>
+  </si>
+  <si>
+    <t>mateusz.koziej@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Rola determinantów psychospołecznych w relacji do uwarunkowań zdrowotnych w procesie starzenia się populacji Polski (COURAGE - Polska - Porównanie po dekadzie)</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 082 400,00 zł </t>
+  </si>
+  <si>
+    <t>dr hab. Katarzyna Zawisza</t>
+  </si>
+  <si>
+    <t>12 423-10-03</t>
+  </si>
+  <si>
+    <t>katarzyna.zawisza@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Epidemiologia zakażeń Clostridioides difficile w opiece długoterminowej, analiza mechanizmów chorobowych i odpowiedzi immunologicznej wraz z charakterystyką szczepów i ich prewalencji z wykorzystaniem molekularnych metod nadzoru epidemiologicznego</t>
+  </si>
+  <si>
+    <t>2022-01-25</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>1 829 942,00 zł</t>
+  </si>
+  <si>
+    <t>1 187 182,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Heczko (konsorcjum)</t>
+  </si>
+  <si>
+    <t>piotr.heczko@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Nowe polikationy o działaniu antymykotycznym - synteza, charakterystyka chemiczna, toksyczność i spektrum przeciwgrzybicze</t>
+  </si>
+  <si>
+    <t>2027-01-24</t>
+  </si>
+  <si>
+    <t>1 426 332,00 zł</t>
+  </si>
+  <si>
+    <t>668 682,00 zł</t>
+  </si>
+  <si>
+    <t>dr Magdalena Skóra</t>
+  </si>
+  <si>
+    <t>magdalena.skora@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Nasilenie odpowiedzi immunologicznej człowieka w stosunku do właściwości alergizujących podjednostek i frakcji białek pyłku brzozy brodawkowatej (Betula pendula) na tle zanieczyszczenia powietrza</t>
+  </si>
+  <si>
+    <t>1 169 160,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Dorota Myszkowska</t>
+  </si>
+  <si>
+    <t>12 424 86 50</t>
+  </si>
+  <si>
+    <t>dorota.myszkowska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Toksykologii i Chorób Środowiskowych</t>
+  </si>
+  <si>
+    <t>Prowadzenie platformy e-terapii oraz aplikacji telefonicznej wspierającej ograniczenie spożywania alkoholu</t>
+  </si>
+  <si>
+    <t>KCPU</t>
+  </si>
+  <si>
+    <t>https://kcpu.gov.pl/</t>
+  </si>
+  <si>
+    <t>2022-05-01</t>
+  </si>
+  <si>
+    <t>785 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Barbara Bętkowska-Korpała, prof. UJ</t>
+  </si>
+  <si>
+    <t>12 400 12 36</t>
+  </si>
+  <si>
+    <t>barbara.betkowska-korpala@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Psychiatrii</t>
+  </si>
+  <si>
+    <t>Narodowy Program Zdrowia 2021-2025</t>
+  </si>
+  <si>
+    <t>Multimodalna analiza mikrostruktury ludzkich zastawek aortalnych na kolejnych etapach ich degeneracji wapniowej</t>
+  </si>
+  <si>
+    <t>2020-11-26</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>220 000,00 zł</t>
+  </si>
+  <si>
+    <t>Maciej Lis</t>
+  </si>
+  <si>
+    <t>maciej1.lis@uj.edu.pl maciej97.lis@gmail.com</t>
+  </si>
+  <si>
+    <t>Diamentowy Grant</t>
+  </si>
+  <si>
+    <t>Determinanty akceptacji i gotowości wykorzystania aplikacji e-zdrowia i technologii Zdrowia 4.0 w polskim społeczeństwie</t>
+  </si>
+  <si>
+    <t>2022-11-02</t>
+  </si>
+  <si>
+    <t>2026-11-01</t>
+  </si>
+  <si>
+    <t>698 450,00 zł</t>
+  </si>
+  <si>
+    <t>Rola wysiłku fizycznego i osi mięśnie szkieletowe-tkanka tłuszczowa w rozwoju przełyku Barretta i raka gruczołowego przełyku</t>
+  </si>
+  <si>
+    <t>2021-02-15</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>2 181 600,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Tomasz Brzozowski</t>
+  </si>
+  <si>
+    <t>mpbrzozo@cyf-kr.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 19</t>
+  </si>
+  <si>
+    <t>Mechanizmy kardioprotekcyjnego działania tioli stosowanych w leczeniu hipotensyjnym - badania wstępne w modelu in vitro</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>2026-04-10</t>
+  </si>
+  <si>
+    <t>49 995,00 zł</t>
+  </si>
+  <si>
+    <t>dr Dominika Szlęzak</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 422-74-00</t>
+  </si>
+  <si>
+    <t>dominika.szlezak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Biochemii Lekarskiej</t>
+  </si>
+  <si>
+    <t>Epidemiologia i szybkie rozprzestrzenianie się lekooporności wśród szczepów z rodzaju Acinetobacter spp. na oddziałach szpitalnych - analiza z użyciem nowoczesnych metod epidemiologii molekularnej</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>540 300,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Agnieszka Chmielarczyk</t>
+  </si>
+  <si>
+    <t>agnieszka.chmielarczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>PRELUDIUM BIS 2</t>
+  </si>
+  <si>
+    <t>Zapalenie i zaburzenia krzepnięcia w tętniakowatej chorobie naczyń wieńcowych</t>
+  </si>
+  <si>
+    <t>541 680,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Piotr Musiałek</t>
+  </si>
+  <si>
+    <t>12 614-22-87</t>
+  </si>
+  <si>
+    <t>piotr.musialek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Czy potencjalne nowe ligandy MRGPRX2 indukują degranulację mastocytów u ludzi?</t>
+  </si>
+  <si>
+    <t>2020-09-15</t>
+  </si>
+  <si>
+    <t>2026-09-14</t>
+  </si>
+  <si>
+    <t>564 360,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Grzegorz Porębski</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 424 86 50</t>
+  </si>
+  <si>
+    <t>g.porebski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 18</t>
+  </si>
+  <si>
+    <t>Rola autofagii w zapaleniu mięśnia sercowego w modelu mysim</t>
+  </si>
+  <si>
+    <t>2020-09-01</t>
+  </si>
+  <si>
+    <t>2026-08-31</t>
+  </si>
+  <si>
+    <t>2 685 000,00 zł</t>
+  </si>
+  <si>
+    <t>Wykorzystanie białek powierzchniowych do wychwytu komórek nowotworowych przy pomocy funkcjonalizowanych nanocząstek magnetycznych jako innowacyjne podejście teranostyczne</t>
+  </si>
+  <si>
+    <t>2021-08-24</t>
+  </si>
+  <si>
+    <t>2026-08-23</t>
+  </si>
+  <si>
+    <t>1 644 162,00 zł</t>
+  </si>
+  <si>
+    <t>753 500,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Joanna Dulińska-Litewka prof. UJ</t>
+  </si>
+  <si>
+    <t>422-74-00</t>
+  </si>
+  <si>
+    <t>joanna.dulinska-litewka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Ocena zawartości wybranych dodatków do żywności w gotowych produktach spożywczych przy zastosowaniu woltamperometrycznych metod detekcji.</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>44 220,00 zł</t>
+  </si>
+  <si>
+    <t>dr Marek Szlósarczyk</t>
+  </si>
+  <si>
+    <t>m.szlosarczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chemii Nieorganicznej i Analityki Farmaceutycznej</t>
+  </si>
+  <si>
+    <t>Miniatura 8</t>
+  </si>
+  <si>
+    <t>Monitorowanie czynności śródbłonka naczyniowego u chorych na przewlekłą białaczkę szpikową leczonych inhibitorami kinaz tyrozynowych</t>
+  </si>
+  <si>
+    <t>Pfizer</t>
+  </si>
+  <si>
+    <t>https://www.pfizer.pl/</t>
+  </si>
+  <si>
+    <t>2022-03-04</t>
+  </si>
+  <si>
+    <t>166 000,00 zł</t>
+  </si>
+  <si>
+    <t>Prof. dr hab. Tomasz Sacha</t>
+  </si>
+  <si>
+    <t>tomasz.sacha@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Hematologii</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Nowe substancje o szerokim spektrum aktywności na ośrodkowy układ nerwowy: optymalizacja ich wielocelowego profilu działania</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>1 944 680,00 zł</t>
+  </si>
+  <si>
+    <t>235 460,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dr Tadeusz Karcz </t>
+  </si>
+  <si>
+    <t>tkarcz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Procesy zapalno-zakrzepowe a występowanie niepożądanych zdarzeń sercowo-naczyniowych u pacjentów z wielopoziomową miażdżycą zarostową tętnic</t>
+  </si>
+  <si>
+    <t>2020-07-27</t>
+  </si>
+  <si>
+    <t>2026-07-26</t>
+  </si>
+  <si>
+    <t>lek. Mikołaj Maga</t>
+  </si>
+  <si>
+    <t>mikolaj.maga@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>PRELUDIUM 18</t>
+  </si>
+  <si>
+    <t>Oddziaływanie UDP-glukozy z receptorem P2Y14 jako punkt uchwytu w poszukiwaniu nowatorskich terapii chorób płuc o podłożu zapalnym</t>
+  </si>
+  <si>
+    <t>1 646 390,00 zł</t>
+  </si>
+  <si>
+    <t>dr Tadeusz Karcz</t>
+  </si>
+  <si>
+    <t>Teranostyczne nanonośniki nowej generacji dla detekcji, diagnostyki i neuroprotekcyjnego leczenia niedokrwiennych uszkodzeń mózgu</t>
+  </si>
+  <si>
+    <t>2021-07-16</t>
+  </si>
+  <si>
+    <t>2026-07-15</t>
+  </si>
+  <si>
+    <t>3 379 660,00 zł</t>
+  </si>
+  <si>
+    <t>390 960,00 zł</t>
+  </si>
+  <si>
+    <t>Rozwój wiedzy na temat roli ligandów GPR18 jako strategii ukierunkowanej na mikroglej w regulacji neurozapalenia</t>
+  </si>
+  <si>
+    <t>1 227 871,00 zł</t>
+  </si>
+  <si>
+    <t>1 041 811,00 zł</t>
+  </si>
+  <si>
+    <t>dr Ewelina Honkisz-Orzechowska</t>
+  </si>
+  <si>
+    <t>ewelina.honkisz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Ocena wpływu dysfunkcji mikrokrążenia na zmiany przepływu w miokardium w przebiegu pomostowania aortalno-wieńcowego oraz przepływ w pomoście wieńcowym u pacjentów z cukrzycą</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>44 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Jacek Piątek</t>
+  </si>
+  <si>
+    <t>12 614-32-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jacek.piatek@uj.edu.pl </t>
+  </si>
+  <si>
+    <t>Klinika Chirurgii Serca, Naczyń i Transplantologii</t>
+  </si>
+  <si>
+    <t>Kompleksowa identyfikacja gatunków dermatofitów innych niż Trichophyton rubrum</t>
+  </si>
+  <si>
+    <t>2023-11-28</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>44 880,00 zł</t>
+  </si>
+  <si>
+    <t>dr Paweł Krzyściak</t>
+  </si>
+  <si>
+    <t>pawel.krzysciak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>MINIATURA 7</t>
+  </si>
+  <si>
+    <t>Ligandy wielofunkcyjne szansą na zatrzymanie błędnego koła tauopatii i procesów neurozapalnych w chorobie Alzheimera: poszukiwanie dualnych inhibitorw kinaz GSK-3 beta i IKK beta</t>
+  </si>
+  <si>
+    <t>2020-04-10</t>
+  </si>
+  <si>
+    <t>2026-04-09</t>
+  </si>
+  <si>
+    <t>2 414 780,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Anna Więckowska, prof. UJ</t>
+  </si>
+  <si>
+    <t>Modulacja szlaków molekularnych przez farmakologiczny mitochondrialny donor siarkowodoru w procesie gojenia przewlekłych wrzodów błony śluzowej żołądka</t>
+  </si>
+  <si>
+    <t>2021-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>dr Dagmara Wójcik-Grzybek</t>
+  </si>
+  <si>
+    <t>dagmara1.wojcik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Preludium 19</t>
+  </si>
+  <si>
+    <t>Częstość występowania otyłości monogenowej wśród polskich dzieci i młodzieży z otyłością olbrzymią. Polsko-Niemieckie badanie kliniczne i genetyczne</t>
+  </si>
+  <si>
+    <t>1 842 280,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 305 920,00 zł </t>
+  </si>
+  <si>
+    <t>dr hab. Małgorzata Wójcik, prof. UJ (konsorcjum)</t>
+  </si>
+  <si>
+    <t>malgorzata.wojcik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Pediatrii</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Badania metabolomiczne i proteomiczne w połączeniu z nowoczesnymi technikami obrazowania rezonansem magnetycznym w poszukiwaniu mechanizmów uszkodzenia mózgu u noworodków urodzonych przedwcześnie i w fizjologicznym terminie porodu</t>
+  </si>
+  <si>
+    <t>1 268 460,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">prof. dr hab. Przemko Kwinta </t>
+  </si>
+  <si>
+    <t>przemko.kwinta@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Wpływ i mechanizm działania układu laktoperaksydazowego zmodyfikowanego przez zastosowanie niefizjologicznych substratów na biofilmy kariogenne</t>
+  </si>
+  <si>
+    <t>2022-01-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>209 990,00 zł</t>
+  </si>
+  <si>
+    <t>mgr Marcin Magacz</t>
+  </si>
+  <si>
+    <t>12 62 05 622</t>
+  </si>
+  <si>
+    <t>marcin.magacz@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Diagnostyki Medycznej</t>
+  </si>
+  <si>
+    <t>PRELUDIUM 20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ocena skrzeplin pozyskanych podczas trombektomii mechanicznej przeprowadzonej u pacjentów z udarem niedokrwiennym mózgu: charakterystyka histologiczna i ocena radiologiczna </t>
+  </si>
+  <si>
+    <t>Mechanizmy generowania mieloidalnych komórek supresorowych pochodzenia monocytarnego (Mo-MDSCs) przez pęcherzyki zewnątrzkomórkowe od pacjentów z rakiem jelita grubego - rola mikro-RNA i białek morfogenetycznych kości</t>
+  </si>
+  <si>
+    <t>2022-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>139 080,00 zł</t>
+  </si>
+  <si>
+    <t>mgr Izabela Siemińska</t>
+  </si>
+  <si>
+    <t>gorskai@wp.pl</t>
+  </si>
+  <si>
+    <t>Pacjent w centrum? Bioetyczne aspekty stosowania metod adaptacyjnych w badaniach klinicznych z udziałem ludzi</t>
+  </si>
+  <si>
+    <t>2022-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>607 560,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Marcin Waligóra</t>
+  </si>
+  <si>
+    <t>m.waligora@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Czy krażące komórki nowotworowe w raku trzustki mogą stanowić nowy cel terapeutyczny dla CAR-T</t>
+  </si>
+  <si>
+    <t>Polskie Towarzystwo Onkologiczne</t>
+  </si>
+  <si>
+    <t>https://www.pto.med.pl/</t>
+  </si>
+  <si>
+    <t>https://www.uj.edu.pl/wiadomosci/-/journal_content/56_INSTANCE_d82lKZvhit4m/10172/155780423</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>2026-05-14</t>
+  </si>
+  <si>
+    <t>130 408,52 zł</t>
+  </si>
+  <si>
     <t>dr Marcin Piejko</t>
-  </si>
-[...3037 lines deleted...]
-    <t>130 408,52 zł</t>
   </si>
   <si>
     <t>12 257 83 21</t>
   </si>
   <si>
     <t>Anna Leśniak</t>
   </si>
   <si>
     <t>12 43 32 800</t>
   </si>
   <si>
     <t>anna1.lesniak@uj.edu.pl</t>
   </si>
   <si>
     <t>III Katedra Chirurgii Ogólnej</t>
   </si>
   <si>
     <t>Grant edukacyjno-naukowy na badania nad nowotworami układu pokarmowego</t>
   </si>
   <si>
     <t>Is feeding during therapeutic hypothermia safe and can improve outcomes in infants with hypoxic-ischaemic encephalopathy: a randomized controlled study”</t>
   </si>
   <si>
     <t>Fundacja Nutricia</t>
   </si>
@@ -4380,51 +4293,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R178"/>
+  <dimension ref="A1:R172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -4455,9248 +4368,8930 @@
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1"/>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
       <c r="I2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J2" t="s">
         <v>23</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>25</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>26</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>27</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>28</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>29</v>
       </c>
-      <c r="P2" t="s">
+      <c r="R2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="C3" t="s">
+      <c r="G3" t="s">
         <v>33</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>34</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
+        <v>34</v>
+      </c>
+      <c r="J3" t="s">
         <v>35</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K3" t="s">
         <v>36</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="L3" t="s">
         <v>37</v>
       </c>
-      <c r="K3" t="s">
+      <c r="M3" t="s">
         <v>38</v>
       </c>
-      <c r="L3" t="s">
+      <c r="N3" t="s">
         <v>39</v>
       </c>
-      <c r="M3" t="s">
+      <c r="O3" t="s">
         <v>40</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
         <v>41</v>
       </c>
-      <c r="O3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R3" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I4" t="s">
+        <v>43</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>45</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L4" t="s">
         <v>46</v>
       </c>
-      <c r="D4" t="s">
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
         <v>47</v>
       </c>
-      <c r="F4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R4" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
       </c>
       <c r="F5" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="H5" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="I5" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="J5" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="M5" t="s">
-        <v>63</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="P5" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="R5" t="s">
-        <v>67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="G6" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="I6" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="J6" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="K6" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="L6" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="O6" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="R6" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:18">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>79</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="D7" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="E7" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="F7" t="s">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="G7" t="s">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="H7" t="s">
-        <v>85</v>
+        <v>68</v>
       </c>
       <c r="I7" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="J7" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="L7" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
-        <v>91</v>
+        <v>74</v>
       </c>
       <c r="O7" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>93</v>
+        <v>76</v>
       </c>
       <c r="R7" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>96</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="F8" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="H8" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="I8" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="J8" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="K8" t="s">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="L8" t="s">
-        <v>104</v>
+        <v>85</v>
       </c>
       <c r="M8" t="s">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="N8" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="O8" t="s">
-        <v>39</v>
+        <v>88</v>
       </c>
       <c r="P8" t="s">
-        <v>107</v>
+        <v>89</v>
       </c>
       <c r="R8" t="s">
-        <v>108</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="F9" t="s">
-        <v>110</v>
+        <v>66</v>
       </c>
       <c r="G9" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="H9" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="I9" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="J9" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="K9" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="L9" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="M9" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
-        <v>117</v>
+        <v>87</v>
       </c>
       <c r="O9" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="R9" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>120</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="H10" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I10" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="K10" t="s">
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="L10" t="s">
-        <v>125</v>
+        <v>107</v>
       </c>
       <c r="M10" t="s">
+        <v>108</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="N10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O10" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="P10" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="R10" t="s">
-        <v>127</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E11" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F11" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="G11" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="H11" t="s">
-        <v>131</v>
+        <v>114</v>
       </c>
       <c r="I11" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="J11" t="s">
-        <v>132</v>
+        <v>116</v>
       </c>
       <c r="K11" t="s">
-        <v>133</v>
+        <v>117</v>
       </c>
       <c r="L11" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M11" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="N11" t="s">
-        <v>135</v>
+        <v>74</v>
       </c>
       <c r="O11" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="P11" t="s">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="R11" t="s">
-        <v>137</v>
+        <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>121</v>
       </c>
       <c r="E12" t="s">
-        <v>19</v>
+        <v>122</v>
       </c>
       <c r="F12" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="G12" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="H12" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="I12" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="J12" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="K12" t="s">
-        <v>143</v>
+        <v>128</v>
       </c>
       <c r="L12" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="M12" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="N12" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="O12" t="s">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="P12" t="s">
-        <v>146</v>
+        <v>133</v>
       </c>
       <c r="R12" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>135</v>
+      </c>
+      <c r="C13" t="s">
+        <v>136</v>
+      </c>
+      <c r="D13" t="s">
+        <v>137</v>
+      </c>
+      <c r="F13" t="s">
+        <v>138</v>
+      </c>
+      <c r="G13" t="s">
+        <v>139</v>
+      </c>
+      <c r="H13" t="s">
+        <v>140</v>
+      </c>
+      <c r="I13" t="s">
+        <v>141</v>
+      </c>
+      <c r="J13" t="s">
+        <v>142</v>
+      </c>
+      <c r="K13" t="s">
+        <v>143</v>
+      </c>
+      <c r="L13" t="s">
+        <v>144</v>
+      </c>
+      <c r="M13" t="s">
+        <v>145</v>
+      </c>
+      <c r="N13" t="s">
+        <v>146</v>
+      </c>
+      <c r="O13" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" t="s">
         <v>147</v>
       </c>
-      <c r="C13" t="s">
-[...8 lines deleted...]
-      <c r="F13" t="s">
+      <c r="R13" t="s">
         <v>148</v>
-      </c>
-[...31 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>149</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>53</v>
+      </c>
+      <c r="F14" t="s">
+        <v>150</v>
+      </c>
+      <c r="G14" t="s">
+        <v>151</v>
+      </c>
+      <c r="H14" t="s">
+        <v>152</v>
+      </c>
+      <c r="I14" t="s">
+        <v>152</v>
+      </c>
+      <c r="J14" t="s">
+        <v>153</v>
+      </c>
+      <c r="K14" t="s">
+        <v>154</v>
+      </c>
+      <c r="L14" t="s">
+        <v>155</v>
+      </c>
+      <c r="M14" t="s">
         <v>156</v>
       </c>
-      <c r="C14" t="s">
-[...8 lines deleted...]
-      <c r="F14" t="s">
+      <c r="N14" t="s">
         <v>157</v>
       </c>
-      <c r="G14" t="s">
+      <c r="O14" t="s">
         <v>158</v>
       </c>
-      <c r="H14" t="s">
+      <c r="P14" t="s">
         <v>159</v>
       </c>
-      <c r="I14" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R14" t="s">
-        <v>166</v>
+        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>160</v>
+      </c>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" t="s">
+        <v>161</v>
+      </c>
+      <c r="G15" t="s">
+        <v>162</v>
+      </c>
+      <c r="H15" t="s">
+        <v>163</v>
+      </c>
+      <c r="I15" t="s">
+        <v>163</v>
+      </c>
+      <c r="J15" t="s">
+        <v>127</v>
+      </c>
+      <c r="K15" t="s">
+        <v>164</v>
+      </c>
+      <c r="L15" t="s">
+        <v>165</v>
+      </c>
+      <c r="M15" t="s">
+        <v>73</v>
+      </c>
+      <c r="N15" t="s">
+        <v>166</v>
+      </c>
+      <c r="O15" t="s">
+        <v>75</v>
+      </c>
+      <c r="P15" t="s">
+        <v>133</v>
+      </c>
+      <c r="R15" t="s">
         <v>167</v>
-      </c>
-[...43 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>168</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" t="s">
+        <v>169</v>
+      </c>
+      <c r="G16" t="s">
+        <v>170</v>
+      </c>
+      <c r="H16" t="s">
+        <v>171</v>
+      </c>
+      <c r="I16" t="s">
+        <v>171</v>
+      </c>
+      <c r="J16" t="s">
+        <v>172</v>
+      </c>
+      <c r="K16" t="s">
+        <v>173</v>
+      </c>
+      <c r="L16" t="s">
+        <v>174</v>
+      </c>
+      <c r="M16" t="s">
+        <v>73</v>
+      </c>
+      <c r="N16" t="s">
         <v>175</v>
       </c>
-      <c r="C16" t="s">
-[...11 lines deleted...]
-      <c r="G16" t="s">
+      <c r="O16" t="s">
+        <v>75</v>
+      </c>
+      <c r="P16" t="s">
         <v>176</v>
       </c>
-      <c r="H16">
-[...5 lines deleted...]
-      <c r="J16" t="s">
+      <c r="R16" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>178</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>53</v>
+      </c>
+      <c r="F17" t="s">
+        <v>179</v>
+      </c>
+      <c r="G17" t="s">
         <v>180</v>
       </c>
-      <c r="C17" t="s">
-[...18 lines deleted...]
-        <v>46750</v>
+      <c r="H17" t="s">
+        <v>181</v>
+      </c>
+      <c r="I17" t="s">
+        <v>181</v>
       </c>
       <c r="J17" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="K17" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L17" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M17" t="s">
-        <v>76</v>
+        <v>156</v>
       </c>
       <c r="N17" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="O17" t="s">
-        <v>77</v>
+        <v>158</v>
       </c>
       <c r="P17" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="R17" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>187</v>
+      </c>
+      <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>188</v>
+      </c>
+      <c r="G18" t="s">
+        <v>189</v>
+      </c>
+      <c r="H18" t="s">
+        <v>190</v>
+      </c>
+      <c r="I18" t="s">
+        <v>190</v>
+      </c>
+      <c r="J18" t="s">
+        <v>191</v>
+      </c>
+      <c r="K18" t="s">
+        <v>192</v>
+      </c>
+      <c r="L18" t="s">
+        <v>193</v>
+      </c>
+      <c r="M18" t="s">
+        <v>156</v>
+      </c>
+      <c r="N18" t="s">
         <v>185</v>
       </c>
-      <c r="C18" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O18" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="P18" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
       <c r="R18" t="s">
-        <v>166</v>
+        <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F19" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="G19" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="H19" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="I19" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="J19" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="K19" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="L19" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="M19" t="s">
-        <v>76</v>
+        <v>156</v>
       </c>
       <c r="N19" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="O19" t="s">
-        <v>77</v>
+        <v>158</v>
       </c>
       <c r="P19" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="R19" t="s">
-        <v>155</v>
+        <v>205</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C20" t="s">
-        <v>201</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>202</v>
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
       </c>
       <c r="F20" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="G20" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="H20" t="s">
+        <v>209</v>
+      </c>
+      <c r="I20" t="s">
+        <v>209</v>
+      </c>
+      <c r="J20" t="s">
+        <v>210</v>
+      </c>
+      <c r="K20" t="s">
+        <v>211</v>
+      </c>
+      <c r="L20" t="s">
+        <v>212</v>
+      </c>
+      <c r="M20" t="s">
+        <v>60</v>
+      </c>
+      <c r="N20" t="s">
+        <v>74</v>
+      </c>
+      <c r="O20" t="s">
+        <v>62</v>
+      </c>
+      <c r="P20" t="s">
+        <v>213</v>
+      </c>
+      <c r="R20" t="s">
         <v>205</v>
-      </c>
-[...25 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C21" t="s">
-        <v>201</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>202</v>
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>53</v>
       </c>
       <c r="F21" t="s">
-        <v>214</v>
+        <v>188</v>
       </c>
       <c r="G21" t="s">
         <v>215</v>
       </c>
-      <c r="H21" t="s">
+      <c r="H21">
+        <v>49500</v>
+      </c>
+      <c r="I21">
+        <v>49500</v>
+      </c>
+      <c r="J21" t="s">
         <v>216</v>
       </c>
-      <c r="I21" t="s">
+      <c r="K21" t="s">
         <v>217</v>
       </c>
-      <c r="J21" t="s">
+      <c r="L21" t="s">
         <v>218</v>
       </c>
-      <c r="K21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M21" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="N21" t="s">
-        <v>210</v>
+        <v>74</v>
       </c>
       <c r="O21" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="P21" t="s">
-        <v>221</v>
+        <v>176</v>
       </c>
       <c r="R21" t="s">
-        <v>212</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>219</v>
+      </c>
+      <c r="C22" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" t="s">
+        <v>53</v>
+      </c>
+      <c r="F22" t="s">
+        <v>188</v>
+      </c>
+      <c r="G22" t="s">
+        <v>215</v>
+      </c>
+      <c r="H22">
+        <v>46750</v>
+      </c>
+      <c r="I22">
+        <v>46750</v>
+      </c>
+      <c r="J22" t="s">
+        <v>220</v>
+      </c>
+      <c r="K22" t="s">
+        <v>221</v>
+      </c>
+      <c r="L22" t="s">
         <v>222</v>
       </c>
-      <c r="C22" t="s">
+      <c r="M22" t="s">
+        <v>60</v>
+      </c>
+      <c r="N22" t="s">
+        <v>74</v>
+      </c>
+      <c r="O22" t="s">
+        <v>62</v>
+      </c>
+      <c r="P22" t="s">
         <v>223</v>
       </c>
-      <c r="F22" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R22" t="s">
-        <v>233</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E23" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F23" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="G23" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="H23" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="I23" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="J23" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>126205436</v>
+        <v>229</v>
+      </c>
+      <c r="K23" t="s">
+        <v>201</v>
       </c>
       <c r="L23" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="M23" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="N23" t="s">
-        <v>28</v>
+        <v>231</v>
       </c>
       <c r="O23" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="P23" t="s">
-        <v>240</v>
+        <v>204</v>
       </c>
       <c r="R23" t="s">
-        <v>241</v>
+        <v>205</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="C24" t="s">
-        <v>223</v>
+        <v>52</v>
       </c>
       <c r="D24" t="s">
-        <v>243</v>
+        <v>53</v>
       </c>
       <c r="E24" t="s">
-        <v>244</v>
+        <v>53</v>
       </c>
       <c r="F24" t="s">
-        <v>245</v>
+        <v>225</v>
       </c>
       <c r="G24" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
       <c r="H24" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="I24" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="J24" t="s">
-        <v>249</v>
+        <v>235</v>
       </c>
       <c r="K24" t="s">
-        <v>250</v>
+        <v>236</v>
       </c>
       <c r="L24" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
       <c r="M24" t="s">
-        <v>252</v>
+        <v>60</v>
       </c>
       <c r="N24" t="s">
-        <v>253</v>
+        <v>74</v>
       </c>
       <c r="O24" t="s">
-        <v>254</v>
+        <v>62</v>
       </c>
       <c r="P24" t="s">
-        <v>184</v>
+        <v>238</v>
       </c>
       <c r="R24" t="s">
-        <v>255</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>256</v>
+        <v>239</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>240</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>241</v>
       </c>
       <c r="F25" t="s">
-        <v>257</v>
+        <v>242</v>
       </c>
       <c r="G25" t="s">
-        <v>258</v>
-[...5 lines deleted...]
-        <v>4524980</v>
+        <v>243</v>
+      </c>
+      <c r="H25" t="s">
+        <v>244</v>
+      </c>
+      <c r="I25" t="s">
+        <v>245</v>
       </c>
       <c r="J25" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="K25" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="L25" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="M25" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="N25" t="s">
-        <v>28</v>
+        <v>249</v>
       </c>
       <c r="O25" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="P25" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
       <c r="R25" t="s">
-        <v>263</v>
+        <v>251</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>264</v>
+        <v>252</v>
       </c>
       <c r="C26" t="s">
-        <v>265</v>
+        <v>240</v>
+      </c>
+      <c r="D26" t="s">
+        <v>241</v>
       </c>
       <c r="F26" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="G26" t="s">
-        <v>99</v>
+        <v>254</v>
       </c>
       <c r="H26" t="s">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="I26" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="J26" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
       <c r="K26" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="L26" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="M26" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>124332798</v>
+        <v>83</v>
+      </c>
+      <c r="N26" t="s">
+        <v>249</v>
       </c>
       <c r="O26" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="P26" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="R26" t="s">
-        <v>273</v>
+        <v>251</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="C27" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="F27" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="G27" t="s">
-        <v>99</v>
+        <v>263</v>
       </c>
       <c r="H27" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="I27" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="J27" t="s">
-        <v>276</v>
+        <v>35</v>
       </c>
       <c r="K27" t="s">
-        <v>277</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>278</v>
+        <v>37</v>
       </c>
       <c r="M27" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>38</v>
+      </c>
+      <c r="N27">
+        <v>124332798</v>
       </c>
       <c r="O27" t="s">
-        <v>231</v>
+        <v>40</v>
       </c>
       <c r="P27" t="s">
-        <v>280</v>
+        <v>41</v>
       </c>
       <c r="R27" t="s">
-        <v>273</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="D28" t="s">
-        <v>282</v>
+        <v>53</v>
       </c>
       <c r="E28" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
       <c r="F28" t="s">
-        <v>224</v>
+        <v>266</v>
       </c>
       <c r="G28" t="s">
-        <v>284</v>
+        <v>267</v>
       </c>
       <c r="H28" t="s">
-        <v>285</v>
+        <v>268</v>
       </c>
       <c r="I28" t="s">
-        <v>286</v>
+        <v>268</v>
       </c>
       <c r="J28" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>269</v>
+      </c>
+      <c r="K28">
+        <v>126205436</v>
       </c>
       <c r="L28" t="s">
-        <v>289</v>
+        <v>270</v>
       </c>
       <c r="M28" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="N28" t="s">
-        <v>290</v>
+        <v>74</v>
       </c>
       <c r="O28" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="P28" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="R28" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="C29" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>294</v>
+        <v>274</v>
+      </c>
+      <c r="E29" t="s">
+        <v>275</v>
       </c>
       <c r="F29" t="s">
-        <v>295</v>
+        <v>276</v>
       </c>
       <c r="G29" t="s">
-        <v>296</v>
+        <v>277</v>
       </c>
       <c r="H29" t="s">
-        <v>297</v>
+        <v>278</v>
       </c>
       <c r="I29" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="J29" t="s">
-        <v>299</v>
+        <v>280</v>
       </c>
       <c r="K29" t="s">
-        <v>300</v>
+        <v>281</v>
       </c>
       <c r="L29" t="s">
-        <v>301</v>
+        <v>282</v>
       </c>
       <c r="M29" t="s">
-        <v>302</v>
+        <v>283</v>
       </c>
       <c r="N29" t="s">
-        <v>303</v>
+        <v>284</v>
       </c>
       <c r="O29" t="s">
-        <v>304</v>
+        <v>285</v>
       </c>
       <c r="P29" t="s">
-        <v>305</v>
+        <v>223</v>
       </c>
       <c r="R29" t="s">
-        <v>306</v>
+        <v>286</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E30" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F30" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="G30" t="s">
-        <v>236</v>
+        <v>289</v>
       </c>
       <c r="H30">
-        <v>209023</v>
+        <v>4524980</v>
       </c>
       <c r="I30">
-        <v>209023</v>
+        <v>4524980</v>
       </c>
       <c r="J30" t="s">
-        <v>309</v>
+        <v>290</v>
       </c>
       <c r="K30" t="s">
-        <v>310</v>
+        <v>291</v>
       </c>
       <c r="L30" t="s">
-        <v>311</v>
+        <v>292</v>
       </c>
       <c r="M30" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="N30" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="O30" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="P30" t="s">
-        <v>312</v>
+        <v>293</v>
       </c>
       <c r="R30" t="s">
-        <v>241</v>
+        <v>294</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>313</v>
+        <v>295</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>296</v>
       </c>
       <c r="F31" t="s">
-        <v>314</v>
+        <v>297</v>
       </c>
       <c r="G31" t="s">
-        <v>315</v>
+        <v>139</v>
       </c>
       <c r="H31" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="I31" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="J31" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="K31" t="s">
-        <v>318</v>
+        <v>300</v>
       </c>
       <c r="L31" t="s">
-        <v>319</v>
+        <v>301</v>
       </c>
       <c r="M31" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>302</v>
+      </c>
+      <c r="N31">
+        <v>124332798</v>
       </c>
       <c r="O31" t="s">
-        <v>118</v>
+        <v>28</v>
       </c>
       <c r="P31" t="s">
-        <v>320</v>
+        <v>303</v>
       </c>
       <c r="R31" t="s">
-        <v>137</v>
+        <v>304</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>321</v>
+        <v>305</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>296</v>
       </c>
       <c r="F32" t="s">
-        <v>322</v>
+        <v>297</v>
       </c>
       <c r="G32" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>2932800</v>
+        <v>139</v>
+      </c>
+      <c r="H32" t="s">
+        <v>306</v>
+      </c>
+      <c r="I32" t="s">
+        <v>306</v>
       </c>
       <c r="J32" t="s">
-        <v>324</v>
+        <v>307</v>
       </c>
       <c r="K32" t="s">
-        <v>325</v>
+        <v>308</v>
       </c>
       <c r="L32" t="s">
-        <v>326</v>
+        <v>309</v>
       </c>
       <c r="M32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="N32" t="s">
-        <v>135</v>
+        <v>310</v>
       </c>
       <c r="O32" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="P32" t="s">
-        <v>327</v>
+        <v>311</v>
       </c>
       <c r="R32" t="s">
-        <v>328</v>
+        <v>304</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>329</v>
+        <v>312</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="D33" t="s">
-        <v>19</v>
+        <v>313</v>
       </c>
       <c r="E33" t="s">
-        <v>19</v>
+        <v>314</v>
       </c>
       <c r="F33" t="s">
+        <v>262</v>
+      </c>
+      <c r="G33" t="s">
+        <v>315</v>
+      </c>
+      <c r="H33" t="s">
+        <v>316</v>
+      </c>
+      <c r="I33" t="s">
+        <v>317</v>
+      </c>
+      <c r="J33" t="s">
+        <v>318</v>
+      </c>
+      <c r="K33" t="s">
+        <v>319</v>
+      </c>
+      <c r="L33" t="s">
+        <v>320</v>
+      </c>
+      <c r="M33" t="s">
+        <v>130</v>
+      </c>
+      <c r="N33" t="s">
+        <v>321</v>
+      </c>
+      <c r="O33" t="s">
+        <v>132</v>
+      </c>
+      <c r="P33" t="s">
         <v>322</v>
       </c>
-      <c r="G33" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R33" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>324</v>
+      </c>
+      <c r="C34" t="s">
+        <v>120</v>
+      </c>
+      <c r="D34" t="s">
+        <v>325</v>
+      </c>
+      <c r="F34" t="s">
+        <v>326</v>
+      </c>
+      <c r="G34" t="s">
+        <v>327</v>
+      </c>
+      <c r="H34" t="s">
+        <v>328</v>
+      </c>
+      <c r="I34" t="s">
+        <v>329</v>
+      </c>
+      <c r="J34" t="s">
+        <v>330</v>
+      </c>
+      <c r="K34" t="s">
+        <v>331</v>
+      </c>
+      <c r="L34" t="s">
+        <v>332</v>
+      </c>
+      <c r="M34" t="s">
+        <v>333</v>
+      </c>
+      <c r="N34" t="s">
+        <v>334</v>
+      </c>
+      <c r="O34" t="s">
+        <v>335</v>
+      </c>
+      <c r="P34" t="s">
+        <v>336</v>
+      </c>
+      <c r="R34" t="s">
         <v>337</v>
-      </c>
-[...43 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>338</v>
+      </c>
+      <c r="C35" t="s">
+        <v>52</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>53</v>
+      </c>
+      <c r="F35" t="s">
+        <v>339</v>
+      </c>
+      <c r="G35" t="s">
+        <v>267</v>
+      </c>
+      <c r="H35">
+        <v>209023</v>
+      </c>
+      <c r="I35">
+        <v>209023</v>
+      </c>
+      <c r="J35" t="s">
+        <v>340</v>
+      </c>
+      <c r="K35" t="s">
+        <v>341</v>
+      </c>
+      <c r="L35" t="s">
         <v>342</v>
       </c>
-      <c r="C35" t="s">
-[...14 lines deleted...]
-      <c r="H35" t="s">
+      <c r="M35" t="s">
+        <v>60</v>
+      </c>
+      <c r="N35" t="s">
+        <v>74</v>
+      </c>
+      <c r="O35" t="s">
+        <v>62</v>
+      </c>
+      <c r="P35" t="s">
         <v>343</v>
       </c>
-      <c r="I35" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R35" t="s">
-        <v>336</v>
+        <v>272</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>344</v>
+      </c>
+      <c r="C36" t="s">
+        <v>52</v>
+      </c>
+      <c r="D36" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" t="s">
+        <v>53</v>
+      </c>
+      <c r="F36" t="s">
+        <v>345</v>
+      </c>
+      <c r="G36" t="s">
+        <v>346</v>
+      </c>
+      <c r="H36" t="s">
+        <v>347</v>
+      </c>
+      <c r="I36" t="s">
+        <v>347</v>
+      </c>
+      <c r="J36" t="s">
         <v>348</v>
       </c>
-      <c r="C36" t="s">
-[...14 lines deleted...]
-      <c r="H36" t="s">
+      <c r="K36" t="s">
         <v>349</v>
       </c>
-      <c r="I36" t="s">
-[...2 lines deleted...]
-      <c r="J36" t="s">
+      <c r="L36" t="s">
         <v>350</v>
       </c>
-      <c r="K36" t="s">
+      <c r="M36" t="s">
+        <v>156</v>
+      </c>
+      <c r="N36" t="s">
+        <v>185</v>
+      </c>
+      <c r="O36" t="s">
+        <v>158</v>
+      </c>
+      <c r="P36" t="s">
         <v>351</v>
       </c>
-      <c r="L36" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R36" t="s">
-        <v>336</v>
+        <v>177</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>352</v>
+      </c>
+      <c r="C37" t="s">
+        <v>52</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" t="s">
+        <v>353</v>
+      </c>
+      <c r="G37" t="s">
         <v>354</v>
       </c>
-      <c r="C37" t="s">
-[...14 lines deleted...]
-      <c r="H37" t="s">
+      <c r="H37">
+        <v>2932800</v>
+      </c>
+      <c r="I37">
+        <v>2932800</v>
+      </c>
+      <c r="J37" t="s">
         <v>355</v>
       </c>
-      <c r="I37" t="s">
-[...2 lines deleted...]
-      <c r="J37" t="s">
+      <c r="K37" t="s">
         <v>356</v>
       </c>
-      <c r="K37" t="s">
+      <c r="L37" t="s">
         <v>357</v>
       </c>
-      <c r="L37" t="s">
+      <c r="M37" t="s">
+        <v>73</v>
+      </c>
+      <c r="N37" t="s">
+        <v>175</v>
+      </c>
+      <c r="O37" t="s">
+        <v>75</v>
+      </c>
+      <c r="P37" t="s">
         <v>358</v>
       </c>
-      <c r="M37" t="s">
-[...8 lines deleted...]
-      <c r="P37" t="s">
+      <c r="R37" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>360</v>
       </c>
       <c r="C38" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D38" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E38" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F38" t="s">
-        <v>322</v>
+        <v>353</v>
       </c>
       <c r="G38" t="s">
-        <v>330</v>
-[...5 lines deleted...]
-        <v>49634</v>
+        <v>361</v>
+      </c>
+      <c r="H38" t="s">
+        <v>362</v>
+      </c>
+      <c r="I38" t="s">
+        <v>362</v>
       </c>
       <c r="J38" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="K38" t="s">
-        <v>345</v>
+        <v>364</v>
       </c>
       <c r="L38" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="M38" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N38" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O38" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="P38" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="R38" t="s">
-        <v>336</v>
+        <v>367</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C39" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D39" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E39" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F39" t="s">
-        <v>322</v>
+        <v>353</v>
       </c>
       <c r="G39" t="s">
-        <v>330</v>
+        <v>361</v>
       </c>
       <c r="H39">
         <v>49500</v>
       </c>
       <c r="I39">
         <v>49500</v>
       </c>
       <c r="J39" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="K39" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="L39" t="s">
+        <v>371</v>
+      </c>
+      <c r="M39" t="s">
+        <v>73</v>
+      </c>
+      <c r="N39" t="s">
+        <v>175</v>
+      </c>
+      <c r="O39" t="s">
+        <v>75</v>
+      </c>
+      <c r="P39" t="s">
+        <v>372</v>
+      </c>
+      <c r="R39" t="s">
         <v>367</v>
-      </c>
-[...13 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C40" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D40" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E40" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F40" t="s">
-        <v>322</v>
+        <v>353</v>
       </c>
       <c r="G40" t="s">
-        <v>330</v>
-[...5 lines deleted...]
-        <v>49500</v>
+        <v>361</v>
+      </c>
+      <c r="H40" t="s">
+        <v>374</v>
+      </c>
+      <c r="I40" t="s">
+        <v>374</v>
       </c>
       <c r="J40" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="K40" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="L40" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="M40" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="N40" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O40" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P40" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="R40" t="s">
-        <v>336</v>
+        <v>367</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D41" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E41" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F41" t="s">
-        <v>322</v>
+        <v>353</v>
       </c>
       <c r="G41" t="s">
-        <v>330</v>
-[...5 lines deleted...]
-        <v>49830</v>
+        <v>380</v>
+      </c>
+      <c r="H41" t="s">
+        <v>381</v>
+      </c>
+      <c r="I41" t="s">
+        <v>381</v>
       </c>
       <c r="J41" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="K41" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="L41" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="M41" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="N41" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O41" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P41" t="s">
-        <v>78</v>
+        <v>385</v>
       </c>
       <c r="R41" t="s">
-        <v>336</v>
+        <v>367</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="C42" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D42" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E42" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F42" t="s">
-        <v>322</v>
+        <v>353</v>
       </c>
       <c r="G42" t="s">
-        <v>330</v>
+        <v>361</v>
       </c>
       <c r="H42" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="I42" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="J42" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="K42" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="L42" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="M42" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="N42" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O42" t="s">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="P42" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="R42" t="s">
-        <v>336</v>
+        <v>367</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="C43" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D43" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E43" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F43" t="s">
-        <v>121</v>
+        <v>353</v>
       </c>
       <c r="G43" t="s">
-        <v>385</v>
-[...5 lines deleted...]
-        <v>386</v>
+        <v>361</v>
+      </c>
+      <c r="H43">
+        <v>49634</v>
+      </c>
+      <c r="I43">
+        <v>49634</v>
       </c>
       <c r="J43" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="K43" t="s">
-        <v>388</v>
+        <v>376</v>
       </c>
       <c r="L43" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="M43" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N43" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O43" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="P43" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="R43" t="s">
-        <v>391</v>
+        <v>367</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C44" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D44" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E44" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F44" t="s">
-        <v>393</v>
+        <v>353</v>
       </c>
       <c r="G44" t="s">
-        <v>394</v>
-[...5 lines deleted...]
-        <v>395</v>
+        <v>361</v>
+      </c>
+      <c r="H44">
+        <v>49500</v>
+      </c>
+      <c r="I44">
+        <v>49500</v>
       </c>
       <c r="J44" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K44" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L44" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M44" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="N44" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O44" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="P44" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="R44" t="s">
-        <v>400</v>
+        <v>367</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>401</v>
       </c>
       <c r="C45" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" t="s">
+        <v>353</v>
+      </c>
+      <c r="G45" t="s">
+        <v>361</v>
+      </c>
+      <c r="H45">
+        <v>49500</v>
+      </c>
+      <c r="I45">
+        <v>49500</v>
+      </c>
+      <c r="J45" t="s">
         <v>402</v>
       </c>
-      <c r="D45" t="s">
+      <c r="K45" t="s">
         <v>403</v>
       </c>
-      <c r="E45" t="s">
+      <c r="L45" t="s">
         <v>404</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="M45" t="s">
+        <v>60</v>
+      </c>
+      <c r="N45" t="s">
+        <v>175</v>
+      </c>
+      <c r="O45" t="s">
+        <v>62</v>
+      </c>
+      <c r="P45" t="s">
         <v>405</v>
       </c>
-      <c r="H45" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R45" t="s">
-        <v>412</v>
+        <v>367</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="C46" t="s">
-        <v>414</v>
+        <v>52</v>
       </c>
       <c r="D46" t="s">
-        <v>415</v>
+        <v>53</v>
+      </c>
+      <c r="E46" t="s">
+        <v>53</v>
       </c>
       <c r="F46" t="s">
-        <v>416</v>
+        <v>353</v>
       </c>
       <c r="G46" t="s">
-        <v>417</v>
-[...5 lines deleted...]
-        <v>418</v>
+        <v>361</v>
+      </c>
+      <c r="H46">
+        <v>49830</v>
+      </c>
+      <c r="I46">
+        <v>49830</v>
       </c>
       <c r="J46" t="s">
-        <v>419</v>
+        <v>407</v>
       </c>
       <c r="K46" t="s">
-        <v>143</v>
+        <v>408</v>
       </c>
       <c r="L46" t="s">
-        <v>420</v>
+        <v>409</v>
       </c>
       <c r="M46" t="s">
-        <v>252</v>
+        <v>60</v>
       </c>
       <c r="N46" t="s">
-        <v>253</v>
+        <v>175</v>
       </c>
       <c r="O46" t="s">
-        <v>254</v>
+        <v>62</v>
       </c>
       <c r="P46" t="s">
-        <v>421</v>
+        <v>63</v>
       </c>
       <c r="R46" t="s">
-        <v>422</v>
+        <v>367</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>242</v>
+        <v>410</v>
       </c>
       <c r="C47" t="s">
-        <v>423</v>
+        <v>52</v>
       </c>
       <c r="D47" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" t="s">
+        <v>353</v>
+      </c>
+      <c r="G47" t="s">
+        <v>361</v>
+      </c>
+      <c r="H47" t="s">
+        <v>411</v>
+      </c>
+      <c r="I47" t="s">
+        <v>411</v>
+      </c>
+      <c r="J47" t="s">
+        <v>412</v>
+      </c>
+      <c r="K47" t="s">
+        <v>413</v>
+      </c>
+      <c r="L47" t="s">
+        <v>414</v>
+      </c>
+      <c r="M47" t="s">
+        <v>156</v>
+      </c>
+      <c r="N47" t="s">
+        <v>185</v>
+      </c>
+      <c r="O47" t="s">
+        <v>158</v>
+      </c>
+      <c r="P47" t="s">
         <v>415</v>
       </c>
-      <c r="E47" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R47" t="s">
-        <v>427</v>
+        <v>367</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>428</v>
+        <v>416</v>
       </c>
       <c r="C48" t="s">
+        <v>52</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E48" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" t="s">
+        <v>161</v>
+      </c>
+      <c r="G48" t="s">
+        <v>417</v>
+      </c>
+      <c r="H48" t="s">
+        <v>418</v>
+      </c>
+      <c r="I48" t="s">
+        <v>418</v>
+      </c>
+      <c r="J48" t="s">
+        <v>419</v>
+      </c>
+      <c r="K48" t="s">
+        <v>420</v>
+      </c>
+      <c r="L48" t="s">
+        <v>421</v>
+      </c>
+      <c r="M48" t="s">
+        <v>73</v>
+      </c>
+      <c r="N48" t="s">
+        <v>175</v>
+      </c>
+      <c r="O48" t="s">
+        <v>75</v>
+      </c>
+      <c r="P48" t="s">
+        <v>422</v>
+      </c>
+      <c r="R48" t="s">
         <v>423</v>
-      </c>
-[...40 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>438</v>
+        <v>424</v>
       </c>
       <c r="C49" t="s">
-        <v>423</v>
+        <v>52</v>
       </c>
       <c r="D49" t="s">
-        <v>415</v>
+        <v>53</v>
       </c>
       <c r="E49" t="s">
-        <v>439</v>
+        <v>53</v>
       </c>
       <c r="F49" t="s">
-        <v>245</v>
+        <v>425</v>
       </c>
       <c r="G49" t="s">
+        <v>426</v>
+      </c>
+      <c r="H49" t="s">
+        <v>427</v>
+      </c>
+      <c r="I49" t="s">
+        <v>427</v>
+      </c>
+      <c r="J49" t="s">
+        <v>428</v>
+      </c>
+      <c r="K49" t="s">
+        <v>429</v>
+      </c>
+      <c r="L49" t="s">
         <v>430</v>
       </c>
-      <c r="H49" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M49" t="s">
-        <v>252</v>
+        <v>156</v>
       </c>
       <c r="N49" t="s">
-        <v>445</v>
+        <v>185</v>
       </c>
       <c r="O49" t="s">
-        <v>254</v>
+        <v>158</v>
       </c>
       <c r="P49" t="s">
-        <v>30</v>
+        <v>431</v>
       </c>
       <c r="R49" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>446</v>
+        <v>433</v>
       </c>
       <c r="C50" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="D50" t="s">
-        <v>415</v>
+        <v>435</v>
       </c>
       <c r="E50" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="F50" t="s">
-        <v>448</v>
+        <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>215</v>
+        <v>437</v>
       </c>
       <c r="H50" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="I50" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="J50" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="K50" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="L50" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="M50" t="s">
-        <v>252</v>
+        <v>86</v>
       </c>
       <c r="N50" t="s">
-        <v>253</v>
+        <v>87</v>
       </c>
       <c r="O50" t="s">
-        <v>254</v>
+        <v>88</v>
       </c>
       <c r="P50" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="R50" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="C51" t="s">
-        <v>423</v>
+        <v>446</v>
       </c>
       <c r="D51" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="F51" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
       <c r="G51" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="H51" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="I51" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="J51" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="K51" t="s">
-        <v>462</v>
+        <v>183</v>
       </c>
       <c r="L51" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="M51" t="s">
-        <v>252</v>
+        <v>283</v>
       </c>
       <c r="N51" t="s">
-        <v>253</v>
+        <v>284</v>
       </c>
       <c r="O51" t="s">
-        <v>254</v>
+        <v>285</v>
       </c>
       <c r="P51" t="s">
-        <v>464</v>
+        <v>453</v>
       </c>
       <c r="R51" t="s">
-        <v>437</v>
+        <v>454</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>465</v>
+        <v>273</v>
       </c>
       <c r="C52" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="D52" t="s">
-        <v>415</v>
+        <v>447</v>
       </c>
       <c r="E52" t="s">
-        <v>466</v>
+        <v>275</v>
       </c>
       <c r="F52" t="s">
+        <v>276</v>
+      </c>
+      <c r="G52" t="s">
+        <v>277</v>
+      </c>
+      <c r="H52" t="s">
+        <v>456</v>
+      </c>
+      <c r="I52" t="s">
         <v>457</v>
       </c>
-      <c r="G52" t="s">
+      <c r="J52" t="s">
+        <v>280</v>
+      </c>
+      <c r="K52" t="s">
+        <v>281</v>
+      </c>
+      <c r="L52" t="s">
+        <v>282</v>
+      </c>
+      <c r="M52" t="s">
+        <v>283</v>
+      </c>
+      <c r="N52" t="s">
+        <v>284</v>
+      </c>
+      <c r="O52" t="s">
+        <v>285</v>
+      </c>
+      <c r="P52" t="s">
         <v>458</v>
       </c>
-      <c r="H52" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R52" t="s">
-        <v>437</v>
+        <v>459</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>460</v>
+      </c>
+      <c r="C53" t="s">
+        <v>455</v>
+      </c>
+      <c r="D53" t="s">
+        <v>447</v>
+      </c>
+      <c r="E53" t="s">
+        <v>461</v>
+      </c>
+      <c r="F53" t="s">
+        <v>276</v>
+      </c>
+      <c r="G53" t="s">
+        <v>462</v>
+      </c>
+      <c r="H53" t="s">
+        <v>463</v>
+      </c>
+      <c r="I53" t="s">
+        <v>464</v>
+      </c>
+      <c r="J53" t="s">
+        <v>465</v>
+      </c>
+      <c r="K53" t="s">
+        <v>466</v>
+      </c>
+      <c r="L53" t="s">
+        <v>467</v>
+      </c>
+      <c r="M53" t="s">
+        <v>283</v>
+      </c>
+      <c r="N53" t="s">
+        <v>284</v>
+      </c>
+      <c r="O53" t="s">
+        <v>285</v>
+      </c>
+      <c r="P53" t="s">
+        <v>468</v>
+      </c>
+      <c r="R53" t="s">
         <v>469</v>
-      </c>
-[...43 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>479</v>
+        <v>470</v>
       </c>
       <c r="C54" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="D54" t="s">
-        <v>415</v>
+        <v>447</v>
       </c>
       <c r="E54" t="s">
-        <v>480</v>
+        <v>471</v>
       </c>
       <c r="F54" t="s">
-        <v>481</v>
+        <v>276</v>
       </c>
       <c r="G54" t="s">
-        <v>225</v>
+        <v>462</v>
       </c>
       <c r="H54" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="I54" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
       <c r="J54" t="s">
-        <v>419</v>
+        <v>474</v>
       </c>
       <c r="K54" t="s">
-        <v>143</v>
+        <v>475</v>
       </c>
       <c r="L54" t="s">
-        <v>420</v>
+        <v>476</v>
       </c>
       <c r="M54" t="s">
-        <v>252</v>
+        <v>283</v>
       </c>
       <c r="N54" t="s">
-        <v>253</v>
+        <v>477</v>
       </c>
       <c r="O54" t="s">
-        <v>254</v>
+        <v>285</v>
       </c>
       <c r="P54" t="s">
-        <v>421</v>
+        <v>76</v>
       </c>
       <c r="R54" t="s">
-        <v>484</v>
+        <v>469</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>478</v>
+      </c>
+      <c r="C55" t="s">
+        <v>455</v>
+      </c>
+      <c r="D55" t="s">
+        <v>447</v>
+      </c>
+      <c r="E55" t="s">
+        <v>479</v>
+      </c>
+      <c r="F55" t="s">
+        <v>480</v>
+      </c>
+      <c r="G55" t="s">
+        <v>254</v>
+      </c>
+      <c r="H55" t="s">
+        <v>481</v>
+      </c>
+      <c r="I55" t="s">
+        <v>482</v>
+      </c>
+      <c r="J55" t="s">
+        <v>483</v>
+      </c>
+      <c r="K55" t="s">
+        <v>484</v>
+      </c>
+      <c r="L55" t="s">
         <v>485</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="G55" t="s">
+      <c r="M55" t="s">
+        <v>283</v>
+      </c>
+      <c r="N55" t="s">
+        <v>284</v>
+      </c>
+      <c r="O55" t="s">
+        <v>285</v>
+      </c>
+      <c r="P55" t="s">
         <v>486</v>
       </c>
-      <c r="H55" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R55" t="s">
-        <v>493</v>
+        <v>469</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>487</v>
+      </c>
+      <c r="C56" t="s">
+        <v>455</v>
+      </c>
+      <c r="D56" t="s">
+        <v>447</v>
+      </c>
+      <c r="E56" t="s">
+        <v>488</v>
+      </c>
+      <c r="F56" t="s">
+        <v>489</v>
+      </c>
+      <c r="G56" t="s">
+        <v>490</v>
+      </c>
+      <c r="H56" t="s">
+        <v>491</v>
+      </c>
+      <c r="I56" t="s">
+        <v>492</v>
+      </c>
+      <c r="J56" t="s">
+        <v>493</v>
+      </c>
+      <c r="K56" t="s">
         <v>494</v>
       </c>
-      <c r="C56" t="s">
+      <c r="L56" t="s">
         <v>495</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="M56" t="s">
+        <v>283</v>
+      </c>
+      <c r="N56" t="s">
+        <v>284</v>
+      </c>
+      <c r="O56" t="s">
+        <v>285</v>
+      </c>
+      <c r="P56" t="s">
         <v>496</v>
       </c>
-      <c r="H56">
-[...21 lines deleted...]
-        <v>478</v>
+      <c r="R56" t="s">
+        <v>469</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>497</v>
+      </c>
+      <c r="C57" t="s">
+        <v>455</v>
+      </c>
+      <c r="D57" t="s">
+        <v>447</v>
+      </c>
+      <c r="E57" t="s">
+        <v>498</v>
+      </c>
+      <c r="F57" t="s">
+        <v>489</v>
+      </c>
+      <c r="G57" t="s">
+        <v>490</v>
+      </c>
+      <c r="H57" t="s">
+        <v>499</v>
+      </c>
+      <c r="I57" t="s">
         <v>500</v>
       </c>
-      <c r="C57" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J57" t="s">
-        <v>505</v>
+        <v>465</v>
       </c>
       <c r="K57" t="s">
-        <v>506</v>
+        <v>466</v>
       </c>
       <c r="L57" t="s">
-        <v>507</v>
+        <v>467</v>
       </c>
       <c r="M57" t="s">
-        <v>491</v>
+        <v>283</v>
+      </c>
+      <c r="N57" t="s">
+        <v>284</v>
       </c>
       <c r="O57" t="s">
-        <v>492</v>
+        <v>285</v>
       </c>
       <c r="P57" t="s">
-        <v>508</v>
+        <v>468</v>
       </c>
       <c r="R57" t="s">
-        <v>493</v>
+        <v>469</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>501</v>
+      </c>
+      <c r="C58" t="s">
+        <v>455</v>
+      </c>
+      <c r="D58" t="s">
+        <v>447</v>
+      </c>
+      <c r="E58" t="s">
+        <v>502</v>
+      </c>
+      <c r="F58" t="s">
+        <v>503</v>
+      </c>
+      <c r="G58" t="s">
+        <v>504</v>
+      </c>
+      <c r="H58" t="s">
+        <v>505</v>
+      </c>
+      <c r="I58" t="s">
+        <v>506</v>
+      </c>
+      <c r="J58" t="s">
+        <v>507</v>
+      </c>
+      <c r="K58" t="s">
+        <v>508</v>
+      </c>
+      <c r="L58" t="s">
         <v>509</v>
       </c>
-      <c r="C58" t="s">
-[...8 lines deleted...]
-      <c r="H58" t="s">
+      <c r="M58" t="s">
+        <v>283</v>
+      </c>
+      <c r="N58" t="s">
+        <v>284</v>
+      </c>
+      <c r="O58" t="s">
+        <v>285</v>
+      </c>
+      <c r="P58" t="s">
         <v>510</v>
       </c>
-      <c r="J58" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R58" t="s">
-        <v>493</v>
+        <v>469</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>511</v>
       </c>
       <c r="C59" t="s">
-        <v>33</v>
+        <v>455</v>
       </c>
       <c r="D59" t="s">
+        <v>447</v>
+      </c>
+      <c r="E59" t="s">
         <v>512</v>
       </c>
       <c r="F59" t="s">
         <v>513</v>
       </c>
       <c r="G59" t="s">
-        <v>225</v>
+        <v>263</v>
       </c>
       <c r="H59" t="s">
         <v>514</v>
       </c>
       <c r="I59" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="J59" t="s">
-        <v>515</v>
+        <v>451</v>
       </c>
       <c r="K59" t="s">
+        <v>183</v>
+      </c>
+      <c r="L59" t="s">
+        <v>452</v>
+      </c>
+      <c r="M59" t="s">
+        <v>283</v>
+      </c>
+      <c r="N59" t="s">
+        <v>284</v>
+      </c>
+      <c r="O59" t="s">
+        <v>285</v>
+      </c>
+      <c r="P59" t="s">
+        <v>453</v>
+      </c>
+      <c r="R59" t="s">
         <v>516</v>
-      </c>
-[...13 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>517</v>
+      </c>
+      <c r="C60" t="s">
+        <v>455</v>
+      </c>
+      <c r="F60" t="s">
+        <v>242</v>
+      </c>
+      <c r="G60" t="s">
+        <v>518</v>
+      </c>
+      <c r="H60" t="s">
         <v>519</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="F60" t="s">
+      <c r="J60" t="s">
         <v>520</v>
       </c>
-      <c r="G60" t="s">
+      <c r="K60" t="s">
         <v>521</v>
       </c>
-      <c r="H60" t="s">
+      <c r="L60" t="s">
         <v>522</v>
       </c>
-      <c r="I60" t="s">
-[...2 lines deleted...]
-      <c r="J60" t="s">
+      <c r="M60" t="s">
         <v>523</v>
       </c>
-      <c r="K60" t="s">
+      <c r="O60" t="s">
         <v>524</v>
       </c>
-      <c r="L60" t="s">
+      <c r="P60" t="s">
+        <v>415</v>
+      </c>
+      <c r="R60" t="s">
         <v>525</v>
-      </c>
-[...10 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>526</v>
+      </c>
+      <c r="C61" t="s">
+        <v>527</v>
+      </c>
+      <c r="F61" t="s">
+        <v>242</v>
+      </c>
+      <c r="G61" t="s">
+        <v>21</v>
+      </c>
+      <c r="H61">
+        <v>0</v>
+      </c>
+      <c r="I61">
+        <v>0</v>
+      </c>
+      <c r="J61" t="s">
         <v>528</v>
       </c>
-      <c r="C61" t="s">
-[...5 lines deleted...]
-      <c r="F61" t="s">
+      <c r="K61" t="s">
         <v>529</v>
       </c>
-      <c r="G61" t="s">
-[...2 lines deleted...]
-      <c r="H61" t="s">
+      <c r="L61" t="s">
         <v>530</v>
       </c>
-      <c r="I61" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M61" t="s">
-        <v>491</v>
+        <v>523</v>
       </c>
       <c r="O61" t="s">
-        <v>492</v>
+        <v>524</v>
       </c>
       <c r="P61" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>510</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>531</v>
+      </c>
+      <c r="C62" t="s">
+        <v>532</v>
+      </c>
+      <c r="D62" t="s">
+        <v>533</v>
+      </c>
+      <c r="F62" t="s">
+        <v>242</v>
+      </c>
+      <c r="G62" t="s">
+        <v>124</v>
+      </c>
+      <c r="H62" t="s">
         <v>534</v>
       </c>
-      <c r="C62" t="s">
-[...5 lines deleted...]
-      <c r="F62" t="s">
+      <c r="I62" t="s">
         <v>535</v>
       </c>
-      <c r="G62" t="s">
+      <c r="J62" t="s">
         <v>536</v>
       </c>
-      <c r="H62" t="s">
+      <c r="K62" t="s">
         <v>537</v>
       </c>
-      <c r="I62" t="s">
+      <c r="L62" t="s">
         <v>538</v>
       </c>
-      <c r="J62" t="s">
+      <c r="M62" t="s">
+        <v>523</v>
+      </c>
+      <c r="O62" t="s">
+        <v>524</v>
+      </c>
+      <c r="P62" t="s">
         <v>539</v>
       </c>
-      <c r="K62" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R62" t="s">
-        <v>493</v>
+        <v>525</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>540</v>
+      </c>
+      <c r="C63" t="s">
+        <v>455</v>
+      </c>
+      <c r="F63" t="s">
+        <v>242</v>
+      </c>
+      <c r="G63" t="s">
+        <v>490</v>
+      </c>
+      <c r="H63" t="s">
         <v>541</v>
       </c>
-      <c r="C63" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J63" t="s">
-        <v>497</v>
+        <v>536</v>
       </c>
       <c r="K63" t="s">
-        <v>498</v>
+        <v>537</v>
       </c>
       <c r="L63" t="s">
-        <v>499</v>
+        <v>538</v>
       </c>
       <c r="M63" t="s">
-        <v>491</v>
+        <v>523</v>
       </c>
       <c r="O63" t="s">
-        <v>492</v>
+        <v>524</v>
       </c>
       <c r="P63" t="s">
-        <v>478</v>
+        <v>539</v>
+      </c>
+      <c r="R63" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>542</v>
+      </c>
+      <c r="C64" t="s">
+        <v>79</v>
+      </c>
+      <c r="D64" t="s">
         <v>543</v>
       </c>
-      <c r="C64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F64" t="s">
-        <v>266</v>
+        <v>544</v>
       </c>
       <c r="G64" t="s">
-        <v>21</v>
+        <v>263</v>
       </c>
       <c r="H64" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="I64" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J64" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K64" t="s">
-        <v>333</v>
+        <v>547</v>
       </c>
       <c r="L64" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="M64" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="O64" t="s">
-        <v>231</v>
+        <v>524</v>
       </c>
       <c r="P64" t="s">
-        <v>548</v>
+        <v>372</v>
       </c>
       <c r="R64" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>550</v>
       </c>
       <c r="C65" t="s">
-        <v>423</v>
+        <v>52</v>
       </c>
       <c r="D65" t="s">
+        <v>53</v>
+      </c>
+      <c r="F65" t="s">
         <v>551</v>
       </c>
-      <c r="F65" t="s">
+      <c r="G65" t="s">
         <v>552</v>
       </c>
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>553</v>
       </c>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I65" t="s">
+        <v>553</v>
+      </c>
+      <c r="J65" t="s">
         <v>554</v>
       </c>
-      <c r="J65" t="s">
+      <c r="K65" t="s">
         <v>555</v>
       </c>
-      <c r="K65" t="s">
+      <c r="L65" t="s">
         <v>556</v>
       </c>
-      <c r="L65" t="s">
+      <c r="M65" t="s">
+        <v>523</v>
+      </c>
+      <c r="O65" t="s">
+        <v>524</v>
+      </c>
+      <c r="P65" t="s">
         <v>557</v>
       </c>
-      <c r="M65" t="s">
+      <c r="R65" t="s">
         <v>558</v>
-      </c>
-[...10 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>559</v>
+      </c>
+      <c r="C66" t="s">
+        <v>532</v>
+      </c>
+      <c r="D66" t="s">
+        <v>533</v>
+      </c>
+      <c r="F66" t="s">
+        <v>560</v>
+      </c>
+      <c r="G66" t="s">
+        <v>490</v>
+      </c>
+      <c r="H66" t="s">
+        <v>561</v>
+      </c>
+      <c r="I66" t="s">
         <v>562</v>
       </c>
-      <c r="C66" t="s">
+      <c r="J66" t="s">
         <v>563</v>
       </c>
-      <c r="D66" t="s">
+      <c r="K66" t="s">
+        <v>211</v>
+      </c>
+      <c r="L66" t="s">
         <v>564</v>
       </c>
-      <c r="F66" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M66" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>512749598</v>
+        <v>523</v>
       </c>
       <c r="O66" t="s">
-        <v>39</v>
+        <v>524</v>
       </c>
       <c r="P66" t="s">
-        <v>573</v>
+        <v>213</v>
       </c>
       <c r="R66" t="s">
-        <v>574</v>
+        <v>525</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="C67" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-        <v>577</v>
+        <v>527</v>
       </c>
       <c r="F67" t="s">
-        <v>578</v>
+        <v>566</v>
       </c>
       <c r="G67" t="s">
-        <v>246</v>
-[...5 lines deleted...]
-        <v>580</v>
+        <v>81</v>
+      </c>
+      <c r="H67">
+        <v>0</v>
+      </c>
+      <c r="I67">
+        <v>0</v>
       </c>
       <c r="J67" t="s">
-        <v>581</v>
+        <v>528</v>
       </c>
       <c r="K67" t="s">
-        <v>582</v>
+        <v>529</v>
       </c>
       <c r="L67" t="s">
-        <v>583</v>
+        <v>530</v>
       </c>
       <c r="M67" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>559</v>
+        <v>523</v>
       </c>
       <c r="O67" t="s">
-        <v>231</v>
+        <v>524</v>
       </c>
       <c r="P67" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>586</v>
+        <v>510</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="C68" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="F68" t="s">
-        <v>588</v>
+        <v>297</v>
       </c>
       <c r="G68" t="s">
-        <v>589</v>
+        <v>67</v>
       </c>
       <c r="H68" t="s">
-        <v>590</v>
+        <v>568</v>
       </c>
       <c r="I68" t="s">
-        <v>590</v>
+        <v>568</v>
       </c>
       <c r="J68" t="s">
-        <v>591</v>
+        <v>569</v>
       </c>
       <c r="K68" t="s">
-        <v>114</v>
+        <v>364</v>
       </c>
       <c r="L68" t="s">
-        <v>592</v>
+        <v>570</v>
       </c>
       <c r="M68" t="s">
-        <v>558</v>
+        <v>38</v>
       </c>
       <c r="N68" t="s">
-        <v>593</v>
+        <v>571</v>
       </c>
       <c r="O68" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="P68" t="s">
-        <v>119</v>
+        <v>572</v>
       </c>
       <c r="R68" t="s">
-        <v>594</v>
+        <v>573</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>595</v>
+        <v>574</v>
       </c>
       <c r="C69" t="s">
-        <v>596</v>
+        <v>455</v>
       </c>
       <c r="D69" t="s">
-        <v>243</v>
+        <v>575</v>
       </c>
       <c r="F69" t="s">
-        <v>597</v>
+        <v>576</v>
       </c>
       <c r="G69" t="s">
-        <v>496</v>
+        <v>577</v>
       </c>
       <c r="H69" t="s">
-        <v>598</v>
+        <v>561</v>
       </c>
       <c r="I69" t="s">
-        <v>598</v>
+        <v>578</v>
       </c>
       <c r="J69" t="s">
-        <v>599</v>
+        <v>579</v>
       </c>
       <c r="K69" t="s">
-        <v>600</v>
+        <v>580</v>
       </c>
       <c r="L69" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="M69" t="s">
+        <v>582</v>
+      </c>
+      <c r="N69" t="s">
+        <v>583</v>
+      </c>
+      <c r="O69" t="s">
+        <v>28</v>
+      </c>
+      <c r="P69" t="s">
         <v>584</v>
       </c>
-      <c r="N69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R69" t="s">
-        <v>602</v>
+        <v>585</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>603</v>
+        <v>586</v>
       </c>
       <c r="C70" t="s">
+        <v>587</v>
+      </c>
+      <c r="D70" t="s">
+        <v>588</v>
+      </c>
+      <c r="F70" t="s">
+        <v>589</v>
+      </c>
+      <c r="G70" t="s">
+        <v>590</v>
+      </c>
+      <c r="H70" t="s">
+        <v>591</v>
+      </c>
+      <c r="I70" t="s">
+        <v>592</v>
+      </c>
+      <c r="J70" t="s">
+        <v>593</v>
+      </c>
+      <c r="K70" t="s">
+        <v>594</v>
+      </c>
+      <c r="L70" t="s">
+        <v>595</v>
+      </c>
+      <c r="M70" t="s">
         <v>596</v>
       </c>
-      <c r="D70" t="s">
-[...2 lines deleted...]
-      <c r="F70" t="s">
+      <c r="N70">
+        <v>512749598</v>
+      </c>
+      <c r="O70" t="s">
+        <v>85</v>
+      </c>
+      <c r="P70" t="s">
         <v>597</v>
       </c>
-      <c r="G70" t="s">
-[...2 lines deleted...]
-      <c r="H70" t="s">
+      <c r="R70" t="s">
         <v>598</v>
-      </c>
-[...25 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>599</v>
+      </c>
+      <c r="C71" t="s">
+        <v>600</v>
+      </c>
+      <c r="D71" t="s">
+        <v>601</v>
+      </c>
+      <c r="F71" t="s">
+        <v>602</v>
+      </c>
+      <c r="G71" t="s">
+        <v>277</v>
+      </c>
+      <c r="H71" t="s">
+        <v>603</v>
+      </c>
+      <c r="I71" t="s">
+        <v>604</v>
+      </c>
+      <c r="J71" t="s">
+        <v>605</v>
+      </c>
+      <c r="K71" t="s">
+        <v>606</v>
+      </c>
+      <c r="L71" t="s">
+        <v>607</v>
+      </c>
+      <c r="M71" t="s">
         <v>608</v>
       </c>
-      <c r="C71" t="s">
+      <c r="N71" t="s">
+        <v>583</v>
+      </c>
+      <c r="O71" t="s">
+        <v>40</v>
+      </c>
+      <c r="P71" t="s">
         <v>609</v>
       </c>
-      <c r="D71" t="s">
+      <c r="R71" t="s">
         <v>610</v>
-      </c>
-[...34 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="C72" t="s">
-        <v>609</v>
+        <v>92</v>
       </c>
       <c r="D72" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>611</v>
+        <v>93</v>
       </c>
       <c r="F72" t="s">
         <v>612</v>
       </c>
       <c r="G72" t="s">
         <v>613</v>
       </c>
       <c r="H72" t="s">
         <v>614</v>
       </c>
       <c r="I72" t="s">
         <v>614</v>
       </c>
       <c r="J72" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="K72" t="s">
-        <v>624</v>
+        <v>154</v>
       </c>
       <c r="L72" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="M72" t="s">
+        <v>582</v>
+      </c>
+      <c r="N72" t="s">
         <v>617</v>
       </c>
-      <c r="N72" t="s">
+      <c r="O72" t="s">
+        <v>28</v>
+      </c>
+      <c r="P72" t="s">
+        <v>159</v>
+      </c>
+      <c r="R72" t="s">
         <v>618</v>
-      </c>
-[...7 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="C73" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="D73" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>630</v>
+        <v>274</v>
       </c>
       <c r="F73" t="s">
-        <v>471</v>
+        <v>621</v>
       </c>
       <c r="G73" t="s">
-        <v>472</v>
+        <v>21</v>
       </c>
       <c r="H73" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="I73" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="J73" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="K73" t="s">
         <v>624</v>
       </c>
       <c r="L73" t="s">
-        <v>634</v>
+        <v>625</v>
       </c>
       <c r="M73" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="N73" t="s">
-        <v>618</v>
+        <v>583</v>
       </c>
       <c r="O73" t="s">
-        <v>619</v>
+        <v>40</v>
       </c>
       <c r="P73" t="s">
-        <v>635</v>
+        <v>133</v>
       </c>
       <c r="R73" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>636</v>
+        <v>627</v>
       </c>
       <c r="C74" t="s">
-        <v>637</v>
+        <v>620</v>
       </c>
       <c r="D74" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>274</v>
       </c>
       <c r="F74" t="s">
-        <v>471</v>
+        <v>621</v>
       </c>
       <c r="G74" t="s">
-        <v>472</v>
+        <v>21</v>
       </c>
       <c r="H74" t="s">
-        <v>639</v>
+        <v>622</v>
       </c>
       <c r="I74" t="s">
-        <v>640</v>
+        <v>622</v>
       </c>
       <c r="J74" t="s">
-        <v>641</v>
+        <v>628</v>
       </c>
       <c r="K74" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="L74" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="M74" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="N74" t="s">
-        <v>618</v>
+        <v>583</v>
       </c>
       <c r="O74" t="s">
-        <v>619</v>
+        <v>40</v>
       </c>
       <c r="P74" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="R74" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>632</v>
+      </c>
+      <c r="C75" t="s">
+        <v>633</v>
+      </c>
+      <c r="D75" t="s">
+        <v>634</v>
+      </c>
+      <c r="E75" t="s">
+        <v>635</v>
+      </c>
+      <c r="F75" t="s">
+        <v>503</v>
+      </c>
+      <c r="G75" t="s">
+        <v>504</v>
+      </c>
+      <c r="H75" t="s">
+        <v>636</v>
+      </c>
+      <c r="I75" t="s">
+        <v>637</v>
+      </c>
+      <c r="J75" t="s">
+        <v>638</v>
+      </c>
+      <c r="K75" t="s">
+        <v>639</v>
+      </c>
+      <c r="L75" t="s">
+        <v>640</v>
+      </c>
+      <c r="M75" t="s">
+        <v>641</v>
+      </c>
+      <c r="N75" t="s">
+        <v>642</v>
+      </c>
+      <c r="O75" t="s">
+        <v>643</v>
+      </c>
+      <c r="P75" t="s">
         <v>644</v>
       </c>
-      <c r="C75" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="R75" t="s">
-        <v>650</v>
+        <v>639</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>645</v>
+      </c>
+      <c r="C76" t="s">
+        <v>646</v>
+      </c>
+      <c r="D76" t="s">
+        <v>634</v>
+      </c>
+      <c r="E76" t="s">
+        <v>647</v>
+      </c>
+      <c r="F76" t="s">
+        <v>503</v>
+      </c>
+      <c r="G76" t="s">
+        <v>504</v>
+      </c>
+      <c r="H76" t="s">
+        <v>648</v>
+      </c>
+      <c r="I76" t="s">
+        <v>649</v>
+      </c>
+      <c r="J76" t="s">
+        <v>650</v>
+      </c>
+      <c r="K76" t="s">
+        <v>639</v>
+      </c>
+      <c r="L76" t="s">
         <v>651</v>
       </c>
-      <c r="C76" t="s">
-[...14 lines deleted...]
-      <c r="H76" t="s">
+      <c r="M76" t="s">
+        <v>641</v>
+      </c>
+      <c r="N76" t="s">
+        <v>642</v>
+      </c>
+      <c r="O76" t="s">
+        <v>643</v>
+      </c>
+      <c r="P76" t="s">
         <v>652</v>
       </c>
-      <c r="I76" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R76" t="s">
-        <v>656</v>
+        <v>639</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>653</v>
+      </c>
+      <c r="C77" t="s">
+        <v>654</v>
+      </c>
+      <c r="D77" t="s">
+        <v>634</v>
+      </c>
+      <c r="E77" t="s">
+        <v>655</v>
+      </c>
+      <c r="F77" t="s">
+        <v>656</v>
+      </c>
+      <c r="G77" t="s">
+        <v>327</v>
+      </c>
+      <c r="H77" t="s">
         <v>657</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
+        <v>657</v>
+      </c>
+      <c r="J77" t="s">
         <v>658</v>
       </c>
-      <c r="D77" t="s">
-[...5 lines deleted...]
-      <c r="F77" t="s">
+      <c r="K77" t="s">
+        <v>639</v>
+      </c>
+      <c r="L77" t="s">
         <v>659</v>
       </c>
-      <c r="G77" t="s">
-[...2 lines deleted...]
-      <c r="H77" t="s">
+      <c r="M77" t="s">
+        <v>641</v>
+      </c>
+      <c r="N77" t="s">
+        <v>642</v>
+      </c>
+      <c r="O77" t="s">
+        <v>643</v>
+      </c>
+      <c r="P77" t="s">
         <v>660</v>
       </c>
-      <c r="I77">
-[...20 lines deleted...]
-      <c r="P77" t="s">
+      <c r="R77" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>662</v>
+      </c>
+      <c r="C78" t="s">
+        <v>654</v>
+      </c>
+      <c r="D78" t="s">
+        <v>634</v>
+      </c>
+      <c r="E78" t="s">
+        <v>655</v>
+      </c>
+      <c r="F78" t="s">
+        <v>297</v>
+      </c>
+      <c r="G78" t="s">
+        <v>577</v>
+      </c>
+      <c r="H78" t="s">
         <v>663</v>
       </c>
-      <c r="C78" t="s">
-[...14 lines deleted...]
-      <c r="H78" t="s">
+      <c r="I78" t="s">
+        <v>663</v>
+      </c>
+      <c r="J78" t="s">
         <v>664</v>
       </c>
-      <c r="I78" t="s">
-[...2 lines deleted...]
-      <c r="J78" t="s">
+      <c r="K78" t="s">
+        <v>639</v>
+      </c>
+      <c r="L78" t="s">
         <v>665</v>
       </c>
-      <c r="K78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M78" t="s">
-        <v>617</v>
+        <v>641</v>
       </c>
       <c r="N78" t="s">
-        <v>618</v>
+        <v>642</v>
       </c>
       <c r="O78" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
       <c r="P78" t="s">
         <v>666</v>
       </c>
       <c r="R78" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>668</v>
       </c>
       <c r="C79" t="s">
-        <v>609</v>
+        <v>669</v>
       </c>
       <c r="D79" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
       <c r="E79" t="s">
-        <v>611</v>
+        <v>655</v>
       </c>
       <c r="F79" t="s">
-        <v>245</v>
+        <v>670</v>
       </c>
       <c r="G79" t="s">
-        <v>225</v>
+        <v>504</v>
       </c>
       <c r="H79" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>671</v>
+      </c>
+      <c r="I79">
+        <v>0.0</v>
       </c>
       <c r="J79" t="s">
-        <v>670</v>
+        <v>474</v>
       </c>
       <c r="K79" t="s">
-        <v>624</v>
+        <v>639</v>
       </c>
       <c r="L79" t="s">
-        <v>671</v>
+        <v>476</v>
       </c>
       <c r="M79" t="s">
-        <v>617</v>
+        <v>641</v>
       </c>
       <c r="N79" t="s">
-        <v>618</v>
+        <v>642</v>
       </c>
       <c r="O79" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
       <c r="P79" t="s">
         <v>672</v>
       </c>
       <c r="R79" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C80" t="s">
-        <v>609</v>
+        <v>654</v>
       </c>
       <c r="D80" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
       <c r="E80" t="s">
-        <v>611</v>
+        <v>655</v>
       </c>
       <c r="F80" t="s">
-        <v>245</v>
+        <v>276</v>
       </c>
       <c r="G80" t="s">
-        <v>225</v>
+        <v>263</v>
       </c>
       <c r="H80" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="I80" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="J80" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="K80" t="s">
-        <v>624</v>
+        <v>639</v>
       </c>
       <c r="L80" t="s">
-        <v>676</v>
+        <v>129</v>
       </c>
       <c r="M80" t="s">
-        <v>617</v>
+        <v>641</v>
       </c>
       <c r="N80" t="s">
-        <v>618</v>
+        <v>642</v>
       </c>
       <c r="O80" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
       <c r="P80" t="s">
         <v>677</v>
       </c>
       <c r="R80" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>679</v>
+      </c>
+      <c r="C81" t="s">
+        <v>654</v>
+      </c>
+      <c r="D81" t="s">
+        <v>634</v>
+      </c>
+      <c r="E81" t="s">
+        <v>655</v>
+      </c>
+      <c r="F81" t="s">
+        <v>276</v>
+      </c>
+      <c r="G81" t="s">
+        <v>263</v>
+      </c>
+      <c r="H81" t="s">
+        <v>680</v>
+      </c>
+      <c r="I81" t="s">
+        <v>680</v>
+      </c>
+      <c r="J81" t="s">
+        <v>681</v>
+      </c>
+      <c r="K81" t="s">
+        <v>639</v>
+      </c>
+      <c r="L81" t="s">
+        <v>682</v>
+      </c>
+      <c r="M81" t="s">
+        <v>641</v>
+      </c>
+      <c r="N81" t="s">
+        <v>642</v>
+      </c>
+      <c r="O81" t="s">
+        <v>643</v>
+      </c>
+      <c r="P81" t="s">
+        <v>683</v>
+      </c>
+      <c r="R81" t="s">
         <v>678</v>
-      </c>
-[...43 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C82" t="s">
-        <v>609</v>
+        <v>654</v>
       </c>
       <c r="D82" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
       <c r="E82" t="s">
-        <v>611</v>
+        <v>655</v>
       </c>
       <c r="F82" t="s">
-        <v>684</v>
+        <v>276</v>
       </c>
       <c r="G82" t="s">
-        <v>553</v>
+        <v>263</v>
       </c>
       <c r="H82" t="s">
         <v>685</v>
       </c>
       <c r="I82" t="s">
         <v>685</v>
       </c>
       <c r="J82" t="s">
         <v>686</v>
       </c>
       <c r="K82" t="s">
-        <v>624</v>
+        <v>639</v>
       </c>
       <c r="L82" t="s">
         <v>687</v>
       </c>
       <c r="M82" t="s">
-        <v>617</v>
+        <v>641</v>
       </c>
       <c r="N82" t="s">
-        <v>618</v>
+        <v>642</v>
       </c>
       <c r="O82" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
       <c r="P82" t="s">
         <v>688</v>
       </c>
       <c r="R82" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>689</v>
       </c>
       <c r="C83" t="s">
-        <v>609</v>
+        <v>654</v>
       </c>
       <c r="D83" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
       <c r="E83" t="s">
-        <v>611</v>
+        <v>655</v>
       </c>
       <c r="F83" t="s">
-        <v>612</v>
+        <v>276</v>
       </c>
       <c r="G83" t="s">
-        <v>613</v>
+        <v>263</v>
       </c>
       <c r="H83" t="s">
         <v>690</v>
       </c>
       <c r="I83" t="s">
+        <v>690</v>
+      </c>
+      <c r="J83" t="s">
         <v>691</v>
       </c>
-      <c r="J83" t="s">
+      <c r="K83" t="s">
+        <v>639</v>
+      </c>
+      <c r="L83" t="s">
         <v>692</v>
       </c>
-      <c r="K83" t="s">
-[...2 lines deleted...]
-      <c r="L83" t="s">
+      <c r="M83" t="s">
+        <v>641</v>
+      </c>
+      <c r="N83" t="s">
+        <v>642</v>
+      </c>
+      <c r="O83" t="s">
+        <v>643</v>
+      </c>
+      <c r="P83" t="s">
         <v>693</v>
       </c>
-      <c r="M83" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R83" t="s">
-        <v>621</v>
+        <v>678</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>694</v>
       </c>
       <c r="C84" t="s">
-        <v>80</v>
+        <v>654</v>
       </c>
       <c r="D84" t="s">
+        <v>634</v>
+      </c>
+      <c r="E84" t="s">
+        <v>655</v>
+      </c>
+      <c r="F84" t="s">
         <v>695</v>
       </c>
-      <c r="E84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G84" t="s">
-        <v>472</v>
+        <v>577</v>
       </c>
       <c r="H84" t="s">
-        <v>660</v>
+        <v>696</v>
       </c>
       <c r="I84" t="s">
-        <v>624</v>
+        <v>696</v>
       </c>
       <c r="J84" t="s">
-        <v>696</v>
+        <v>697</v>
+      </c>
+      <c r="K84" t="s">
+        <v>639</v>
       </c>
       <c r="L84" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M84" t="s">
-        <v>698</v>
+        <v>641</v>
       </c>
       <c r="N84" t="s">
+        <v>642</v>
+      </c>
+      <c r="O84" t="s">
+        <v>643</v>
+      </c>
+      <c r="P84" t="s">
         <v>699</v>
       </c>
-      <c r="O84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R84" t="s">
-        <v>662</v>
+        <v>678</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
+        <v>700</v>
+      </c>
+      <c r="C85" t="s">
+        <v>120</v>
+      </c>
+      <c r="D85" t="s">
         <v>701</v>
       </c>
-      <c r="C85" t="s">
+      <c r="E85" t="s">
+        <v>634</v>
+      </c>
+      <c r="F85" t="s">
+        <v>670</v>
+      </c>
+      <c r="G85" t="s">
+        <v>504</v>
+      </c>
+      <c r="H85" t="s">
+        <v>671</v>
+      </c>
+      <c r="I85" t="s">
+        <v>639</v>
+      </c>
+      <c r="J85" t="s">
         <v>702</v>
       </c>
-      <c r="D85" t="s">
+      <c r="L85" t="s">
         <v>703</v>
       </c>
-      <c r="E85" t="s">
+      <c r="M85" t="s">
         <v>704</v>
       </c>
-      <c r="F85" t="s">
-[...5 lines deleted...]
-      <c r="H85" t="s">
+      <c r="N85" t="s">
         <v>705</v>
       </c>
-      <c r="I85" t="s">
-[...2 lines deleted...]
-      <c r="J85" t="s">
+      <c r="O85" t="s">
+        <v>703</v>
+      </c>
+      <c r="P85" t="s">
         <v>706</v>
       </c>
-      <c r="K85" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R85" t="s">
-        <v>713</v>
+        <v>673</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>707</v>
+      </c>
+      <c r="C86" t="s">
+        <v>708</v>
+      </c>
+      <c r="D86" t="s">
+        <v>709</v>
+      </c>
+      <c r="E86" t="s">
+        <v>710</v>
+      </c>
+      <c r="F86" t="s">
+        <v>276</v>
+      </c>
+      <c r="G86" t="s">
+        <v>124</v>
+      </c>
+      <c r="H86" t="s">
+        <v>711</v>
+      </c>
+      <c r="I86" t="s">
+        <v>711</v>
+      </c>
+      <c r="J86" t="s">
+        <v>712</v>
+      </c>
+      <c r="K86" t="s">
+        <v>713</v>
+      </c>
+      <c r="L86" t="s">
         <v>714</v>
       </c>
-      <c r="C86" t="s">
-[...8 lines deleted...]
-      <c r="G86" t="s">
+      <c r="M86" t="s">
         <v>715</v>
       </c>
-      <c r="H86" t="s">
+      <c r="N86" t="s">
         <v>716</v>
       </c>
-      <c r="I86" t="s">
-[...2 lines deleted...]
-      <c r="J86" t="s">
+      <c r="O86" t="s">
         <v>717</v>
       </c>
-      <c r="K86" t="s">
+      <c r="P86" t="s">
         <v>718</v>
       </c>
-      <c r="L86" t="s">
+      <c r="R86" t="s">
         <v>719</v>
-      </c>
-[...13 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>720</v>
+      </c>
+      <c r="C87" t="s">
+        <v>708</v>
+      </c>
+      <c r="D87" t="s">
+        <v>709</v>
+      </c>
+      <c r="F87" t="s">
+        <v>448</v>
+      </c>
+      <c r="G87" t="s">
+        <v>721</v>
+      </c>
+      <c r="H87" t="s">
+        <v>722</v>
+      </c>
+      <c r="I87" t="s">
+        <v>722</v>
+      </c>
+      <c r="J87" t="s">
+        <v>723</v>
+      </c>
+      <c r="K87" t="s">
+        <v>724</v>
+      </c>
+      <c r="L87" t="s">
         <v>725</v>
       </c>
-      <c r="C87" t="s">
-[...5 lines deleted...]
-      <c r="F87" t="s">
+      <c r="M87" t="s">
         <v>726</v>
       </c>
-      <c r="G87" t="s">
+      <c r="N87" t="s">
         <v>727</v>
       </c>
-      <c r="H87" t="s">
+      <c r="O87" t="s">
         <v>728</v>
       </c>
-      <c r="I87" t="s">
-[...11 lines deleted...]
-      <c r="M87" t="s">
+      <c r="P87" t="s">
         <v>729</v>
       </c>
-      <c r="N87" t="s">
+      <c r="R87" t="s">
         <v>730</v>
-      </c>
-[...7 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>731</v>
+      </c>
+      <c r="C88" t="s">
+        <v>708</v>
+      </c>
+      <c r="D88" t="s">
+        <v>709</v>
+      </c>
+      <c r="F88" t="s">
         <v>732</v>
       </c>
-      <c r="C88" t="s">
-[...5 lines deleted...]
-      <c r="F88" t="s">
+      <c r="G88" t="s">
         <v>733</v>
       </c>
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>734</v>
       </c>
-      <c r="H88" t="s">
+      <c r="I88" t="s">
+        <v>734</v>
+      </c>
+      <c r="J88" t="s">
+        <v>493</v>
+      </c>
+      <c r="K88" t="s">
+        <v>494</v>
+      </c>
+      <c r="L88" t="s">
+        <v>495</v>
+      </c>
+      <c r="M88" t="s">
         <v>735</v>
       </c>
-      <c r="I88" t="s">
-[...2 lines deleted...]
-      <c r="J88" t="s">
+      <c r="N88" t="s">
         <v>736</v>
       </c>
-      <c r="K88" t="s">
+      <c r="O88" t="s">
         <v>737</v>
       </c>
-      <c r="L88" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P88" t="s">
-        <v>739</v>
+        <v>496</v>
       </c>
       <c r="R88" t="s">
-        <v>740</v>
+        <v>730</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>738</v>
+      </c>
+      <c r="C89" t="s">
+        <v>708</v>
+      </c>
+      <c r="D89" t="s">
+        <v>709</v>
+      </c>
+      <c r="F89" t="s">
+        <v>739</v>
+      </c>
+      <c r="G89" t="s">
+        <v>740</v>
+      </c>
+      <c r="H89" t="s">
         <v>741</v>
       </c>
-      <c r="C89" t="s">
-[...5 lines deleted...]
-      <c r="F89" t="s">
+      <c r="I89" t="s">
+        <v>741</v>
+      </c>
+      <c r="J89" t="s">
         <v>742</v>
       </c>
-      <c r="G89" t="s">
+      <c r="K89" t="s">
         <v>743</v>
       </c>
-      <c r="H89" t="s">
+      <c r="L89" t="s">
         <v>744</v>
       </c>
-      <c r="I89" t="s">
+      <c r="M89" t="s">
+        <v>726</v>
+      </c>
+      <c r="N89" t="s">
+        <v>727</v>
+      </c>
+      <c r="O89" t="s">
+        <v>728</v>
+      </c>
+      <c r="P89" t="s">
         <v>745</v>
       </c>
-      <c r="J89" t="s">
+      <c r="R89" t="s">
         <v>746</v>
-      </c>
-[...19 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>747</v>
+      </c>
+      <c r="C90" t="s">
+        <v>708</v>
+      </c>
+      <c r="D90" t="s">
+        <v>709</v>
+      </c>
+      <c r="F90" t="s">
+        <v>748</v>
+      </c>
+      <c r="G90" t="s">
+        <v>749</v>
+      </c>
+      <c r="H90" t="s">
         <v>750</v>
       </c>
-      <c r="C90" t="s">
-[...5 lines deleted...]
-      <c r="E90" t="s">
+      <c r="I90" t="s">
         <v>751</v>
       </c>
-      <c r="F90" t="s">
+      <c r="J90" t="s">
         <v>752</v>
       </c>
-      <c r="G90" t="s">
-[...2 lines deleted...]
-      <c r="H90" t="s">
+      <c r="K90" t="s">
+        <v>508</v>
+      </c>
+      <c r="L90" t="s">
+        <v>509</v>
+      </c>
+      <c r="M90" t="s">
+        <v>715</v>
+      </c>
+      <c r="N90" t="s">
         <v>753</v>
       </c>
-      <c r="I90" t="s">
+      <c r="O90" t="s">
+        <v>717</v>
+      </c>
+      <c r="P90" t="s">
         <v>754</v>
       </c>
-      <c r="J90" t="s">
+      <c r="R90" t="s">
         <v>755</v>
-      </c>
-[...19 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>756</v>
+      </c>
+      <c r="C91" t="s">
+        <v>708</v>
+      </c>
+      <c r="D91" t="s">
+        <v>709</v>
+      </c>
+      <c r="E91" t="s">
+        <v>757</v>
+      </c>
+      <c r="F91" t="s">
+        <v>758</v>
+      </c>
+      <c r="G91" t="s">
+        <v>504</v>
+      </c>
+      <c r="H91" t="s">
+        <v>759</v>
+      </c>
+      <c r="I91" t="s">
+        <v>760</v>
+      </c>
+      <c r="J91" t="s">
+        <v>761</v>
+      </c>
+      <c r="K91" t="s">
+        <v>762</v>
+      </c>
+      <c r="L91" t="s">
         <v>763</v>
       </c>
-      <c r="C91" t="s">
-[...5 lines deleted...]
-      <c r="E91" t="s">
+      <c r="M91" t="s">
         <v>764</v>
       </c>
-      <c r="F91" t="s">
+      <c r="N91" t="s">
         <v>765</v>
       </c>
-      <c r="G91" t="s">
-[...2 lines deleted...]
-      <c r="H91" t="s">
+      <c r="O91" t="s">
         <v>766</v>
       </c>
-      <c r="I91" t="s">
-[...2 lines deleted...]
-      <c r="J91" t="s">
+      <c r="P91" t="s">
         <v>767</v>
       </c>
-      <c r="K91" t="s">
+      <c r="R91" t="s">
         <v>768</v>
-      </c>
-[...16 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
+        <v>769</v>
+      </c>
+      <c r="C92" t="s">
+        <v>708</v>
+      </c>
+      <c r="D92" t="s">
+        <v>709</v>
+      </c>
+      <c r="E92" t="s">
+        <v>770</v>
+      </c>
+      <c r="F92" t="s">
         <v>771</v>
       </c>
-      <c r="C92" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G92" t="s">
-        <v>472</v>
+        <v>277</v>
       </c>
       <c r="H92" t="s">
         <v>772</v>
       </c>
       <c r="I92" t="s">
         <v>772</v>
       </c>
       <c r="J92" t="s">
-        <v>461</v>
+        <v>773</v>
       </c>
       <c r="K92" t="s">
-        <v>462</v>
+        <v>774</v>
       </c>
       <c r="L92" t="s">
-        <v>463</v>
+        <v>775</v>
       </c>
       <c r="M92" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>730</v>
+        <v>726</v>
+      </c>
+      <c r="N92">
+        <v>519307933</v>
       </c>
       <c r="O92" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="P92" t="s">
-        <v>464</v>
+        <v>776</v>
       </c>
       <c r="R92" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="C93" t="s">
-        <v>596</v>
+        <v>708</v>
       </c>
       <c r="D93" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>709</v>
       </c>
       <c r="F93" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="G93" t="s">
-        <v>777</v>
+        <v>504</v>
       </c>
       <c r="H93" t="s">
         <v>778</v>
       </c>
       <c r="I93" t="s">
         <v>778</v>
       </c>
       <c r="J93" t="s">
-        <v>779</v>
+        <v>493</v>
       </c>
       <c r="K93" t="s">
-        <v>780</v>
+        <v>494</v>
       </c>
       <c r="L93" t="s">
-        <v>781</v>
+        <v>495</v>
       </c>
       <c r="M93" t="s">
-        <v>76</v>
+        <v>735</v>
       </c>
       <c r="N93" t="s">
-        <v>135</v>
+        <v>736</v>
       </c>
       <c r="O93" t="s">
-        <v>77</v>
+        <v>737</v>
       </c>
       <c r="P93" t="s">
-        <v>782</v>
+        <v>496</v>
       </c>
       <c r="R93" t="s">
-        <v>783</v>
+        <v>755</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>779</v>
+      </c>
+      <c r="C94" t="s">
+        <v>620</v>
+      </c>
+      <c r="D94" t="s">
+        <v>780</v>
+      </c>
+      <c r="E94" t="s">
+        <v>781</v>
+      </c>
+      <c r="F94" t="s">
+        <v>782</v>
+      </c>
+      <c r="G94" t="s">
+        <v>783</v>
+      </c>
+      <c r="H94" t="s">
         <v>784</v>
       </c>
-      <c r="C94" t="s">
-[...8 lines deleted...]
-      <c r="F94" t="s">
+      <c r="I94" t="s">
+        <v>784</v>
+      </c>
+      <c r="J94" t="s">
         <v>785</v>
       </c>
-      <c r="G94" t="s">
+      <c r="K94" t="s">
         <v>786</v>
       </c>
-      <c r="H94" t="s">
+      <c r="L94" t="s">
         <v>787</v>
       </c>
-      <c r="I94" t="s">
-[...2 lines deleted...]
-      <c r="J94" t="s">
+      <c r="M94" t="s">
+        <v>60</v>
+      </c>
+      <c r="N94" t="s">
+        <v>175</v>
+      </c>
+      <c r="O94" t="s">
+        <v>62</v>
+      </c>
+      <c r="P94" t="s">
         <v>788</v>
       </c>
-      <c r="K94" t="s">
+      <c r="R94" t="s">
         <v>789</v>
-      </c>
-[...16 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>790</v>
+      </c>
+      <c r="C95" t="s">
+        <v>52</v>
+      </c>
+      <c r="D95" t="s">
+        <v>53</v>
+      </c>
+      <c r="E95" t="s">
+        <v>53</v>
+      </c>
+      <c r="F95" t="s">
+        <v>791</v>
+      </c>
+      <c r="G95" t="s">
         <v>792</v>
       </c>
-      <c r="C95" t="s">
-[...8 lines deleted...]
-      <c r="F95" t="s">
+      <c r="H95" t="s">
         <v>793</v>
       </c>
-      <c r="G95" t="s">
+      <c r="I95" t="s">
+        <v>793</v>
+      </c>
+      <c r="J95" t="s">
         <v>794</v>
       </c>
-      <c r="H95" t="s">
+      <c r="K95" t="s">
         <v>795</v>
       </c>
-      <c r="I95" t="s">
-[...2 lines deleted...]
-      <c r="J95" t="s">
+      <c r="L95" t="s">
         <v>796</v>
       </c>
-      <c r="K95" t="s">
+      <c r="M95" t="s">
+        <v>60</v>
+      </c>
+      <c r="N95" t="s">
+        <v>175</v>
+      </c>
+      <c r="O95" t="s">
+        <v>62</v>
+      </c>
+      <c r="P95" t="s">
         <v>797</v>
       </c>
-      <c r="L95" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R95" t="s">
-        <v>800</v>
+        <v>359</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>798</v>
+      </c>
+      <c r="C96" t="s">
+        <v>52</v>
+      </c>
+      <c r="D96" t="s">
+        <v>53</v>
+      </c>
+      <c r="E96" t="s">
+        <v>53</v>
+      </c>
+      <c r="F96" t="s">
+        <v>799</v>
+      </c>
+      <c r="G96" t="s">
+        <v>800</v>
+      </c>
+      <c r="H96" t="s">
         <v>801</v>
       </c>
-      <c r="C96" t="s">
-[...8 lines deleted...]
-      <c r="F96" t="s">
+      <c r="I96" t="s">
+        <v>801</v>
+      </c>
+      <c r="J96" t="s">
         <v>802</v>
       </c>
-      <c r="G96" t="s">
+      <c r="K96" t="s">
         <v>803</v>
       </c>
-      <c r="H96" t="s">
+      <c r="L96" t="s">
         <v>804</v>
       </c>
-      <c r="I96" t="s">
-[...2 lines deleted...]
-      <c r="J96" t="s">
+      <c r="M96" t="s">
+        <v>156</v>
+      </c>
+      <c r="N96" t="s">
+        <v>185</v>
+      </c>
+      <c r="O96" t="s">
+        <v>158</v>
+      </c>
+      <c r="P96" t="s">
         <v>805</v>
       </c>
-      <c r="K96" t="s">
+      <c r="R96" t="s">
         <v>806</v>
-      </c>
-[...16 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
+        <v>807</v>
+      </c>
+      <c r="C97" t="s">
+        <v>52</v>
+      </c>
+      <c r="D97" t="s">
+        <v>53</v>
+      </c>
+      <c r="E97" t="s">
+        <v>53</v>
+      </c>
+      <c r="F97" t="s">
+        <v>808</v>
+      </c>
+      <c r="G97" t="s">
         <v>809</v>
       </c>
-      <c r="C97" t="s">
-[...8 lines deleted...]
-      <c r="F97" t="s">
+      <c r="H97" t="s">
         <v>810</v>
       </c>
-      <c r="G97" t="s">
+      <c r="I97" t="s">
+        <v>810</v>
+      </c>
+      <c r="J97" t="s">
         <v>811</v>
       </c>
-      <c r="H97" t="s">
+      <c r="K97" t="s">
         <v>812</v>
       </c>
-      <c r="I97" t="s">
-[...2 lines deleted...]
-      <c r="J97" t="s">
+      <c r="L97" t="s">
         <v>813</v>
       </c>
-      <c r="K97" t="s">
+      <c r="M97" t="s">
+        <v>73</v>
+      </c>
+      <c r="N97" t="s">
+        <v>175</v>
+      </c>
+      <c r="O97" t="s">
+        <v>75</v>
+      </c>
+      <c r="P97" t="s">
+        <v>271</v>
+      </c>
+      <c r="R97" t="s">
         <v>814</v>
-      </c>
-[...16 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
+        <v>815</v>
+      </c>
+      <c r="C98" t="s">
+        <v>52</v>
+      </c>
+      <c r="D98" t="s">
+        <v>53</v>
+      </c>
+      <c r="E98" t="s">
+        <v>53</v>
+      </c>
+      <c r="F98" t="s">
+        <v>816</v>
+      </c>
+      <c r="G98" t="s">
         <v>817</v>
       </c>
-      <c r="C98" t="s">
-[...11 lines deleted...]
-      <c r="G98" t="s">
+      <c r="H98" t="s">
         <v>818</v>
       </c>
-      <c r="H98" t="s">
+      <c r="I98" t="s">
+        <v>818</v>
+      </c>
+      <c r="J98" t="s">
         <v>819</v>
       </c>
-      <c r="I98" t="s">
-[...2 lines deleted...]
-      <c r="J98" t="s">
+      <c r="K98" t="s">
         <v>820</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
       <c r="L98" t="s">
         <v>821</v>
       </c>
       <c r="M98" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="N98" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="O98" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="P98" t="s">
-        <v>607</v>
+        <v>822</v>
       </c>
       <c r="R98" t="s">
-        <v>822</v>
+        <v>814</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>823</v>
       </c>
       <c r="C99" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D99" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E99" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F99" t="s">
+        <v>791</v>
+      </c>
+      <c r="G99" t="s">
         <v>824</v>
       </c>
-      <c r="G99" t="s">
+      <c r="H99" t="s">
         <v>825</v>
       </c>
-      <c r="H99" t="s">
+      <c r="I99" t="s">
+        <v>825</v>
+      </c>
+      <c r="J99" t="s">
         <v>826</v>
       </c>
-      <c r="I99" t="s">
-[...2 lines deleted...]
-      <c r="J99" t="s">
+      <c r="K99" t="s">
+        <v>629</v>
+      </c>
+      <c r="L99" t="s">
         <v>827</v>
       </c>
-      <c r="K99" t="s">
-[...2 lines deleted...]
-      <c r="L99" t="s">
+      <c r="M99" t="s">
+        <v>73</v>
+      </c>
+      <c r="N99" t="s">
+        <v>175</v>
+      </c>
+      <c r="O99" t="s">
+        <v>75</v>
+      </c>
+      <c r="P99" t="s">
+        <v>631</v>
+      </c>
+      <c r="R99" t="s">
         <v>828</v>
-      </c>
-[...13 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>829</v>
       </c>
       <c r="C100" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D100" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E100" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F100" t="s">
         <v>830</v>
       </c>
       <c r="G100" t="s">
         <v>831</v>
       </c>
       <c r="H100" t="s">
         <v>832</v>
       </c>
       <c r="I100" t="s">
+        <v>832</v>
+      </c>
+      <c r="J100" t="s">
         <v>833</v>
       </c>
-      <c r="J100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K100" t="s">
-        <v>797</v>
+        <v>201</v>
       </c>
       <c r="L100" t="s">
-        <v>798</v>
+        <v>834</v>
       </c>
       <c r="M100" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="N100" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O100" t="s">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="P100" t="s">
-        <v>799</v>
+        <v>405</v>
       </c>
       <c r="R100" t="s">
-        <v>822</v>
+        <v>558</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C101" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D101" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E101" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F101" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="G101" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H101" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="I101" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="J101" t="s">
-        <v>838</v>
+        <v>802</v>
       </c>
       <c r="K101" t="s">
-        <v>162</v>
+        <v>803</v>
       </c>
       <c r="L101" t="s">
-        <v>839</v>
+        <v>804</v>
       </c>
       <c r="M101" t="s">
-        <v>76</v>
+        <v>156</v>
       </c>
       <c r="N101" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="O101" t="s">
-        <v>77</v>
+        <v>158</v>
       </c>
       <c r="P101" t="s">
-        <v>373</v>
+        <v>805</v>
       </c>
       <c r="R101" t="s">
-        <v>840</v>
+        <v>828</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>840</v>
+      </c>
+      <c r="C102" t="s">
+        <v>52</v>
+      </c>
+      <c r="D102" t="s">
+        <v>53</v>
+      </c>
+      <c r="E102" t="s">
+        <v>53</v>
+      </c>
+      <c r="F102" t="s">
         <v>841</v>
       </c>
-      <c r="C102" t="s">
+      <c r="G102" t="s">
         <v>842</v>
       </c>
-      <c r="D102" t="s">
-[...5 lines deleted...]
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>843</v>
       </c>
-      <c r="G102" t="s">
+      <c r="I102" t="s">
+        <v>843</v>
+      </c>
+      <c r="J102" t="s">
         <v>844</v>
       </c>
-      <c r="H102" t="s">
+      <c r="K102" t="s">
+        <v>201</v>
+      </c>
+      <c r="L102" t="s">
         <v>845</v>
       </c>
-      <c r="I102" t="s">
-[...2 lines deleted...]
-      <c r="J102" t="s">
+      <c r="M102" t="s">
+        <v>60</v>
+      </c>
+      <c r="N102" t="s">
+        <v>175</v>
+      </c>
+      <c r="O102" t="s">
+        <v>62</v>
+      </c>
+      <c r="P102" t="s">
+        <v>405</v>
+      </c>
+      <c r="R102" t="s">
         <v>846</v>
-      </c>
-[...19 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>847</v>
+      </c>
+      <c r="C103" t="s">
         <v>848</v>
       </c>
-      <c r="C103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D103" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E103" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F103" t="s">
         <v>849</v>
       </c>
       <c r="G103" t="s">
-        <v>35</v>
+        <v>850</v>
       </c>
       <c r="H103" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="I103" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="J103" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="K103" t="s">
-        <v>162</v>
+        <v>795</v>
       </c>
       <c r="L103" t="s">
-        <v>191</v>
+        <v>853</v>
       </c>
       <c r="M103" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="N103" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O103" t="s">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="P103" t="s">
-        <v>373</v>
+        <v>797</v>
       </c>
       <c r="R103" t="s">
-        <v>852</v>
+        <v>846</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C104" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D104" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E104" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F104" t="s">
-        <v>266</v>
+        <v>855</v>
       </c>
       <c r="G104" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="H104" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="I104" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="J104" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="K104" t="s">
-        <v>856</v>
+        <v>201</v>
       </c>
       <c r="L104" t="s">
-        <v>857</v>
+        <v>230</v>
       </c>
       <c r="M104" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="N104" t="s">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="O104" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="P104" t="s">
+        <v>405</v>
+      </c>
+      <c r="R104" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>859</v>
+      </c>
+      <c r="C105" t="s">
+        <v>52</v>
+      </c>
+      <c r="D105" t="s">
+        <v>53</v>
+      </c>
+      <c r="E105" t="s">
+        <v>53</v>
+      </c>
+      <c r="F105" t="s">
+        <v>297</v>
+      </c>
+      <c r="G105" t="s">
+        <v>81</v>
+      </c>
+      <c r="H105" t="s">
         <v>860</v>
       </c>
-      <c r="C105" t="s">
-[...8 lines deleted...]
-      <c r="F105" t="s">
+      <c r="I105" t="s">
+        <v>860</v>
+      </c>
+      <c r="J105" t="s">
         <v>861</v>
       </c>
-      <c r="G105" t="s">
+      <c r="K105" t="s">
         <v>862</v>
       </c>
-      <c r="H105" t="s">
+      <c r="L105" t="s">
         <v>863</v>
       </c>
-      <c r="I105" t="s">
-[...2 lines deleted...]
-      <c r="J105" t="s">
+      <c r="M105" t="s">
+        <v>156</v>
+      </c>
+      <c r="N105" t="s">
+        <v>185</v>
+      </c>
+      <c r="O105" t="s">
+        <v>158</v>
+      </c>
+      <c r="P105" t="s">
         <v>864</v>
       </c>
-      <c r="K105" t="s">
-[...2 lines deleted...]
-      <c r="L105" t="s">
+      <c r="R105" t="s">
         <v>865</v>
-      </c>
-[...13 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>866</v>
       </c>
       <c r="C106" t="s">
-        <v>18</v>
+        <v>620</v>
       </c>
       <c r="D106" t="s">
-        <v>19</v>
+        <v>780</v>
       </c>
       <c r="E106" t="s">
-        <v>19</v>
+        <v>780</v>
       </c>
       <c r="F106" t="s">
         <v>867</v>
       </c>
       <c r="G106" t="s">
         <v>868</v>
       </c>
       <c r="H106" t="s">
         <v>869</v>
       </c>
       <c r="I106" t="s">
         <v>869</v>
       </c>
       <c r="J106" t="s">
         <v>870</v>
       </c>
       <c r="K106" t="s">
+        <v>820</v>
+      </c>
+      <c r="L106" t="s">
         <v>871</v>
       </c>
-      <c r="L106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M106" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="N106" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="O106" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="P106" t="s">
-        <v>873</v>
+        <v>822</v>
       </c>
       <c r="R106" t="s">
-        <v>328</v>
+        <v>789</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>872</v>
+      </c>
+      <c r="C107" t="s">
+        <v>52</v>
+      </c>
+      <c r="D107" t="s">
+        <v>53</v>
+      </c>
+      <c r="E107" t="s">
+        <v>53</v>
+      </c>
+      <c r="F107" t="s">
+        <v>873</v>
+      </c>
+      <c r="G107" t="s">
         <v>874</v>
       </c>
-      <c r="C107" t="s">
-[...8 lines deleted...]
-      <c r="F107" t="s">
+      <c r="H107" t="s">
         <v>875</v>
       </c>
-      <c r="G107" t="s">
+      <c r="I107" t="s">
+        <v>875</v>
+      </c>
+      <c r="J107" t="s">
         <v>876</v>
       </c>
-      <c r="H107" t="s">
+      <c r="K107" t="s">
         <v>877</v>
       </c>
-      <c r="I107" t="s">
+      <c r="L107" t="s">
         <v>878</v>
       </c>
-      <c r="J107" t="s">
+      <c r="M107" t="s">
+        <v>73</v>
+      </c>
+      <c r="N107" t="s">
+        <v>175</v>
+      </c>
+      <c r="O107" t="s">
+        <v>75</v>
+      </c>
+      <c r="P107" t="s">
         <v>879</v>
       </c>
-      <c r="K107" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R107" t="s">
-        <v>328</v>
+        <v>359</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>880</v>
+      </c>
+      <c r="C108" t="s">
+        <v>52</v>
+      </c>
+      <c r="D108" t="s">
+        <v>53</v>
+      </c>
+      <c r="E108" t="s">
+        <v>53</v>
+      </c>
+      <c r="F108" t="s">
         <v>881</v>
       </c>
-      <c r="C108" t="s">
-[...8 lines deleted...]
-      <c r="F108" t="s">
+      <c r="G108" t="s">
         <v>882</v>
       </c>
-      <c r="G108" t="s">
+      <c r="H108" t="s">
         <v>883</v>
-      </c>
-[...1 lines deleted...]
-        <v>884</v>
       </c>
       <c r="I108" t="s">
         <v>884</v>
       </c>
       <c r="J108" t="s">
         <v>885</v>
       </c>
       <c r="K108" t="s">
-        <v>605</v>
+        <v>201</v>
       </c>
       <c r="L108" t="s">
         <v>886</v>
       </c>
       <c r="M108" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="N108" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O108" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="P108" t="s">
-        <v>607</v>
+        <v>405</v>
       </c>
       <c r="R108" t="s">
-        <v>887</v>
+        <v>359</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>887</v>
+      </c>
+      <c r="C109" t="s">
+        <v>52</v>
+      </c>
+      <c r="D109" t="s">
+        <v>53</v>
+      </c>
+      <c r="E109" t="s">
+        <v>53</v>
+      </c>
+      <c r="F109" t="s">
         <v>888</v>
       </c>
-      <c r="C109" t="s">
-[...8 lines deleted...]
-      <c r="F109" t="s">
+      <c r="G109" t="s">
         <v>889</v>
       </c>
-      <c r="G109" t="s">
+      <c r="H109" t="s">
         <v>890</v>
       </c>
-      <c r="H109" t="s">
+      <c r="I109" t="s">
+        <v>890</v>
+      </c>
+      <c r="J109" t="s">
+        <v>664</v>
+      </c>
+      <c r="K109" t="s">
+        <v>629</v>
+      </c>
+      <c r="L109" t="s">
+        <v>665</v>
+      </c>
+      <c r="M109" t="s">
+        <v>73</v>
+      </c>
+      <c r="N109" t="s">
+        <v>175</v>
+      </c>
+      <c r="O109" t="s">
+        <v>75</v>
+      </c>
+      <c r="P109" t="s">
         <v>891</v>
       </c>
-      <c r="I109" t="s">
+      <c r="R109" t="s">
         <v>892</v>
-      </c>
-[...22 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
+        <v>893</v>
+      </c>
+      <c r="C110" t="s">
+        <v>848</v>
+      </c>
+      <c r="D110" t="s">
+        <v>53</v>
+      </c>
+      <c r="E110" t="s">
+        <v>53</v>
+      </c>
+      <c r="F110" t="s">
+        <v>894</v>
+      </c>
+      <c r="G110" t="s">
         <v>895</v>
       </c>
-      <c r="C110" t="s">
-[...8 lines deleted...]
-      <c r="F110" t="s">
+      <c r="H110" t="s">
         <v>896</v>
       </c>
-      <c r="G110" t="s">
+      <c r="I110" t="s">
         <v>897</v>
       </c>
-      <c r="H110" t="s">
+      <c r="J110" t="s">
         <v>898</v>
       </c>
-      <c r="I110" t="s">
-[...2 lines deleted...]
-      <c r="J110" t="s">
+      <c r="K110" t="s">
+        <v>201</v>
+      </c>
+      <c r="L110" t="s">
         <v>899</v>
       </c>
-      <c r="K110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M110" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="N110" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="O110" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="P110" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="R110" t="s">
-        <v>328</v>
+        <v>558</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
+        <v>900</v>
+      </c>
+      <c r="C111" t="s">
+        <v>52</v>
+      </c>
+      <c r="D111" t="s">
+        <v>53</v>
+      </c>
+      <c r="E111" t="s">
+        <v>53</v>
+      </c>
+      <c r="F111" t="s">
         <v>901</v>
       </c>
-      <c r="C111" t="s">
-[...8 lines deleted...]
-      <c r="F111" t="s">
+      <c r="G111" t="s">
         <v>902</v>
       </c>
-      <c r="G111" t="s">
+      <c r="H111" t="s">
         <v>903</v>
       </c>
-      <c r="H111" t="s">
+      <c r="I111" t="s">
+        <v>903</v>
+      </c>
+      <c r="J111" t="s">
         <v>904</v>
       </c>
-      <c r="I111" t="s">
-[...2 lines deleted...]
-      <c r="J111" t="s">
+      <c r="K111" t="s">
         <v>905</v>
       </c>
-      <c r="K111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L111" t="s">
-        <v>906</v>
+        <v>421</v>
       </c>
       <c r="M111" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="N111" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O111" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="P111" t="s">
-        <v>858</v>
+        <v>422</v>
       </c>
       <c r="R111" t="s">
-        <v>822</v>
+        <v>359</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
+        <v>906</v>
+      </c>
+      <c r="C112" t="s">
+        <v>52</v>
+      </c>
+      <c r="D112" t="s">
+        <v>53</v>
+      </c>
+      <c r="E112" t="s">
+        <v>53</v>
+      </c>
+      <c r="F112" t="s">
         <v>907</v>
       </c>
-      <c r="C112" t="s">
-[...8 lines deleted...]
-      <c r="F112" t="s">
+      <c r="G112" t="s">
         <v>908</v>
       </c>
-      <c r="G112" t="s">
+      <c r="H112" t="s">
         <v>909</v>
       </c>
-      <c r="H112" t="s">
+      <c r="I112" t="s">
+        <v>909</v>
+      </c>
+      <c r="J112" t="s">
         <v>910</v>
       </c>
-      <c r="I112" t="s">
-[...2 lines deleted...]
-      <c r="J112" t="s">
+      <c r="K112" t="s">
+        <v>862</v>
+      </c>
+      <c r="L112" t="s">
         <v>911</v>
       </c>
-      <c r="K112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M112" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="N112" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="O112" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="P112" t="s">
-        <v>914</v>
+        <v>864</v>
       </c>
       <c r="R112" t="s">
-        <v>328</v>
+        <v>828</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
+        <v>912</v>
+      </c>
+      <c r="C113" t="s">
+        <v>52</v>
+      </c>
+      <c r="D113" t="s">
+        <v>53</v>
+      </c>
+      <c r="E113" t="s">
+        <v>53</v>
+      </c>
+      <c r="F113" t="s">
+        <v>913</v>
+      </c>
+      <c r="G113" t="s">
+        <v>914</v>
+      </c>
+      <c r="H113" t="s">
         <v>915</v>
       </c>
-      <c r="C113" t="s">
-[...8 lines deleted...]
-      <c r="F113" t="s">
+      <c r="I113" t="s">
+        <v>915</v>
+      </c>
+      <c r="J113" t="s">
         <v>916</v>
       </c>
-      <c r="G113" t="s">
+      <c r="K113" t="s">
         <v>917</v>
       </c>
-      <c r="H113" t="s">
+      <c r="L113" t="s">
         <v>918</v>
       </c>
-      <c r="I113" t="s">
-[...2 lines deleted...]
-      <c r="J113" t="s">
+      <c r="M113" t="s">
+        <v>73</v>
+      </c>
+      <c r="N113" t="s">
+        <v>175</v>
+      </c>
+      <c r="O113" t="s">
+        <v>75</v>
+      </c>
+      <c r="P113" t="s">
         <v>919</v>
       </c>
-      <c r="K113" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R113" t="s">
-        <v>921</v>
+        <v>359</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
+        <v>920</v>
+      </c>
+      <c r="C114" t="s">
+        <v>52</v>
+      </c>
+      <c r="D114" t="s">
+        <v>53</v>
+      </c>
+      <c r="E114" t="s">
+        <v>53</v>
+      </c>
+      <c r="F114" t="s">
+        <v>921</v>
+      </c>
+      <c r="G114" t="s">
         <v>922</v>
       </c>
-      <c r="C114" t="s">
-[...8 lines deleted...]
-      <c r="F114" t="s">
+      <c r="H114" t="s">
         <v>923</v>
       </c>
-      <c r="G114" t="s">
+      <c r="I114" t="s">
+        <v>923</v>
+      </c>
+      <c r="J114" t="s">
         <v>924</v>
       </c>
-      <c r="H114" t="s">
+      <c r="K114" t="s">
+        <v>629</v>
+      </c>
+      <c r="L114" t="s">
         <v>925</v>
       </c>
-      <c r="I114" t="s">
+      <c r="M114" t="s">
+        <v>73</v>
+      </c>
+      <c r="N114" t="s">
+        <v>175</v>
+      </c>
+      <c r="O114" t="s">
+        <v>75</v>
+      </c>
+      <c r="P114" t="s">
+        <v>631</v>
+      </c>
+      <c r="R114" t="s">
         <v>926</v>
-      </c>
-[...22 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
         <v>927</v>
       </c>
       <c r="C115" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D115" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E115" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F115" t="s">
         <v>928</v>
       </c>
       <c r="G115" t="s">
         <v>929</v>
       </c>
       <c r="H115" t="s">
         <v>930</v>
       </c>
       <c r="I115" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="J115" t="s">
-        <v>931</v>
+        <v>106</v>
       </c>
       <c r="K115" t="s">
-        <v>932</v>
+        <v>98</v>
       </c>
       <c r="L115" t="s">
-        <v>933</v>
+        <v>107</v>
       </c>
       <c r="M115" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="N115" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O115" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="P115" t="s">
-        <v>934</v>
+        <v>557</v>
       </c>
       <c r="R115" t="s">
-        <v>935</v>
+        <v>846</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
+        <v>932</v>
+      </c>
+      <c r="C116" t="s">
+        <v>52</v>
+      </c>
+      <c r="D116" t="s">
+        <v>53</v>
+      </c>
+      <c r="E116" t="s">
+        <v>53</v>
+      </c>
+      <c r="F116" t="s">
+        <v>933</v>
+      </c>
+      <c r="G116" t="s">
+        <v>934</v>
+      </c>
+      <c r="H116" t="s">
+        <v>935</v>
+      </c>
+      <c r="I116" t="s">
+        <v>935</v>
+      </c>
+      <c r="J116" t="s">
         <v>936</v>
       </c>
-      <c r="C116" t="s">
-[...8 lines deleted...]
-      <c r="F116" t="s">
+      <c r="K116" t="s">
         <v>937</v>
       </c>
-      <c r="G116" t="s">
+      <c r="L116" t="s">
         <v>938</v>
       </c>
-      <c r="H116" t="s">
+      <c r="M116" t="s">
+        <v>156</v>
+      </c>
+      <c r="N116" t="s">
+        <v>185</v>
+      </c>
+      <c r="O116" t="s">
+        <v>158</v>
+      </c>
+      <c r="P116" t="s">
         <v>939</v>
       </c>
-      <c r="I116" t="s">
-[...2 lines deleted...]
-      <c r="J116" t="s">
+      <c r="R116" t="s">
         <v>940</v>
-      </c>
-[...19 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
+        <v>941</v>
+      </c>
+      <c r="C117" t="s">
+        <v>52</v>
+      </c>
+      <c r="D117" t="s">
+        <v>53</v>
+      </c>
+      <c r="E117" t="s">
+        <v>53</v>
+      </c>
+      <c r="F117" t="s">
+        <v>942</v>
+      </c>
+      <c r="G117" t="s">
         <v>943</v>
       </c>
-      <c r="C117" t="s">
-[...8 lines deleted...]
-      <c r="F117" t="s">
+      <c r="H117" t="s">
         <v>944</v>
       </c>
-      <c r="G117" t="s">
+      <c r="I117" t="s">
+        <v>944</v>
+      </c>
+      <c r="J117" t="s">
         <v>945</v>
       </c>
-      <c r="H117" t="s">
+      <c r="K117" t="s">
+        <v>98</v>
+      </c>
+      <c r="L117" t="s">
         <v>946</v>
       </c>
-      <c r="I117" t="s">
-[...2 lines deleted...]
-      <c r="J117" t="s">
+      <c r="M117" t="s">
+        <v>73</v>
+      </c>
+      <c r="N117" t="s">
+        <v>175</v>
+      </c>
+      <c r="O117" t="s">
+        <v>75</v>
+      </c>
+      <c r="P117" t="s">
+        <v>557</v>
+      </c>
+      <c r="R117" t="s">
         <v>947</v>
-      </c>
-[...19 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
+        <v>948</v>
+      </c>
+      <c r="C118" t="s">
+        <v>52</v>
+      </c>
+      <c r="D118" t="s">
+        <v>53</v>
+      </c>
+      <c r="E118" t="s">
+        <v>53</v>
+      </c>
+      <c r="F118" t="s">
         <v>949</v>
       </c>
-      <c r="C118" t="s">
-[...8 lines deleted...]
-      <c r="F118" t="s">
+      <c r="G118" t="s">
         <v>950</v>
       </c>
-      <c r="G118" t="s">
+      <c r="H118" t="s">
         <v>951</v>
       </c>
-      <c r="H118" t="s">
+      <c r="I118" t="s">
+        <v>951</v>
+      </c>
+      <c r="J118" t="s">
         <v>952</v>
       </c>
-      <c r="I118" t="s">
-[...2 lines deleted...]
-      <c r="J118" t="s">
+      <c r="K118" t="s">
+        <v>629</v>
+      </c>
+      <c r="L118" t="s">
         <v>953</v>
       </c>
-      <c r="K118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M118" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N118" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O118" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="P118" t="s">
-        <v>956</v>
+        <v>631</v>
       </c>
       <c r="R118" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
+        <v>954</v>
+      </c>
+      <c r="C119" t="s">
+        <v>52</v>
+      </c>
+      <c r="D119" t="s">
+        <v>53</v>
+      </c>
+      <c r="E119" t="s">
+        <v>53</v>
+      </c>
+      <c r="F119" t="s">
+        <v>955</v>
+      </c>
+      <c r="G119" t="s">
+        <v>956</v>
+      </c>
+      <c r="H119" t="s">
         <v>957</v>
       </c>
-      <c r="C119" t="s">
-[...8 lines deleted...]
-      <c r="F119" t="s">
+      <c r="I119" t="s">
+        <v>957</v>
+      </c>
+      <c r="J119" t="s">
         <v>958</v>
       </c>
-      <c r="G119" t="s">
+      <c r="K119" t="s">
         <v>959</v>
       </c>
-      <c r="H119" t="s">
+      <c r="L119" t="s">
         <v>960</v>
       </c>
-      <c r="I119" t="s">
-[...2 lines deleted...]
-      <c r="J119" t="s">
+      <c r="M119" t="s">
+        <v>73</v>
+      </c>
+      <c r="N119" t="s">
+        <v>175</v>
+      </c>
+      <c r="O119" t="s">
+        <v>75</v>
+      </c>
+      <c r="P119" t="s">
         <v>961</v>
       </c>
-      <c r="K119" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R119" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
+        <v>962</v>
+      </c>
+      <c r="C120" t="s">
+        <v>52</v>
+      </c>
+      <c r="D120" t="s">
+        <v>53</v>
+      </c>
+      <c r="E120" t="s">
+        <v>53</v>
+      </c>
+      <c r="F120" t="s">
+        <v>963</v>
+      </c>
+      <c r="G120" t="s">
+        <v>964</v>
+      </c>
+      <c r="H120" t="s">
         <v>965</v>
       </c>
-      <c r="C120" t="s">
-[...8 lines deleted...]
-      <c r="F120" t="s">
+      <c r="I120" t="s">
+        <v>965</v>
+      </c>
+      <c r="J120" t="s">
         <v>966</v>
       </c>
-      <c r="G120" t="s">
+      <c r="K120" t="s">
         <v>967</v>
       </c>
-      <c r="H120" t="s">
+      <c r="L120" t="s">
         <v>968</v>
       </c>
-      <c r="I120" t="s">
-[...2 lines deleted...]
-      <c r="J120" t="s">
+      <c r="M120" t="s">
+        <v>156</v>
+      </c>
+      <c r="N120" t="s">
+        <v>185</v>
+      </c>
+      <c r="O120" t="s">
+        <v>158</v>
+      </c>
+      <c r="P120" t="s">
         <v>969</v>
       </c>
-      <c r="K120" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R120" t="s">
-        <v>783</v>
+        <v>947</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
+        <v>970</v>
+      </c>
+      <c r="C121" t="s">
+        <v>620</v>
+      </c>
+      <c r="D121" t="s">
+        <v>780</v>
+      </c>
+      <c r="E121" t="s">
+        <v>780</v>
+      </c>
+      <c r="F121" t="s">
         <v>971</v>
       </c>
-      <c r="C121" t="s">
-[...8 lines deleted...]
-      <c r="F121" t="s">
+      <c r="G121" t="s">
         <v>972</v>
       </c>
-      <c r="G121" t="s">
+      <c r="H121" t="s">
         <v>973</v>
       </c>
-      <c r="H121" t="s">
+      <c r="I121" t="s">
+        <v>973</v>
+      </c>
+      <c r="J121" t="s">
         <v>974</v>
       </c>
-      <c r="I121" t="s">
-[...2 lines deleted...]
-      <c r="J121" t="s">
+      <c r="K121" t="s">
+        <v>429</v>
+      </c>
+      <c r="L121" t="s">
         <v>975</v>
       </c>
-      <c r="K121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M121" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N121" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O121" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="P121" t="s">
-        <v>30</v>
+        <v>431</v>
       </c>
       <c r="R121" t="s">
-        <v>977</v>
+        <v>789</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
+        <v>976</v>
+      </c>
+      <c r="C122" t="s">
+        <v>52</v>
+      </c>
+      <c r="D122" t="s">
+        <v>53</v>
+      </c>
+      <c r="E122" t="s">
+        <v>53</v>
+      </c>
+      <c r="F122" t="s">
+        <v>977</v>
+      </c>
+      <c r="G122" t="s">
         <v>978</v>
       </c>
-      <c r="C122" t="s">
-[...8 lines deleted...]
-      <c r="F122" t="s">
+      <c r="H122" t="s">
         <v>979</v>
       </c>
-      <c r="G122" t="s">
-[...2 lines deleted...]
-      <c r="H122" t="s">
+      <c r="I122" t="s">
+        <v>979</v>
+      </c>
+      <c r="J122" t="s">
         <v>980</v>
       </c>
-      <c r="I122" t="s">
-[...2 lines deleted...]
-      <c r="J122" t="s">
+      <c r="K122" t="s">
+        <v>356</v>
+      </c>
+      <c r="L122" t="s">
         <v>981</v>
       </c>
-      <c r="K122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M122" t="s">
+        <v>73</v>
+      </c>
+      <c r="N122" t="s">
+        <v>175</v>
+      </c>
+      <c r="O122" t="s">
+        <v>75</v>
+      </c>
+      <c r="P122" t="s">
         <v>76</v>
       </c>
-      <c r="N122" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R122" t="s">
-        <v>935</v>
+        <v>982</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C123" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D123" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E123" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F123" t="s">
-        <v>882</v>
+        <v>984</v>
       </c>
       <c r="G123" t="s">
-        <v>983</v>
+        <v>21</v>
       </c>
       <c r="H123" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="I123" t="s">
         <v>985</v>
       </c>
       <c r="J123" t="s">
         <v>986</v>
       </c>
       <c r="K123" t="s">
-        <v>516</v>
+        <v>221</v>
       </c>
       <c r="L123" t="s">
-        <v>987</v>
+        <v>282</v>
       </c>
       <c r="M123" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="N123" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O123" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="P123" t="s">
-        <v>341</v>
+        <v>223</v>
       </c>
       <c r="R123" t="s">
-        <v>887</v>
+        <v>940</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
+        <v>987</v>
+      </c>
+      <c r="C124" t="s">
+        <v>52</v>
+      </c>
+      <c r="D124" t="s">
+        <v>53</v>
+      </c>
+      <c r="E124" t="s">
+        <v>53</v>
+      </c>
+      <c r="F124" t="s">
+        <v>888</v>
+      </c>
+      <c r="G124" t="s">
         <v>988</v>
       </c>
-      <c r="C124" t="s">
-[...8 lines deleted...]
-      <c r="F124" t="s">
+      <c r="H124" t="s">
         <v>989</v>
       </c>
-      <c r="G124" t="s">
+      <c r="I124" t="s">
         <v>990</v>
       </c>
-      <c r="H124" t="s">
+      <c r="J124" t="s">
         <v>991</v>
       </c>
-      <c r="I124" t="s">
-[...2 lines deleted...]
-      <c r="J124" t="s">
+      <c r="K124" t="s">
+        <v>547</v>
+      </c>
+      <c r="L124" t="s">
         <v>992</v>
       </c>
-      <c r="K124" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M124" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N124" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O124" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="P124" t="s">
-        <v>607</v>
+        <v>372</v>
       </c>
       <c r="R124" t="s">
-        <v>994</v>
+        <v>892</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
+        <v>993</v>
+      </c>
+      <c r="C125" t="s">
+        <v>52</v>
+      </c>
+      <c r="D125" t="s">
+        <v>53</v>
+      </c>
+      <c r="E125" t="s">
+        <v>53</v>
+      </c>
+      <c r="F125" t="s">
+        <v>994</v>
+      </c>
+      <c r="G125" t="s">
         <v>995</v>
       </c>
-      <c r="C125" t="s">
-[...8 lines deleted...]
-      <c r="F125" t="s">
+      <c r="H125" t="s">
         <v>996</v>
       </c>
-      <c r="G125" t="s">
-[...2 lines deleted...]
-      <c r="H125" t="s">
+      <c r="I125" t="s">
+        <v>996</v>
+      </c>
+      <c r="J125" t="s">
         <v>997</v>
       </c>
-      <c r="I125" t="s">
+      <c r="K125" t="s">
+        <v>629</v>
+      </c>
+      <c r="L125" t="s">
         <v>998</v>
       </c>
-      <c r="J125" t="s">
+      <c r="M125" t="s">
+        <v>73</v>
+      </c>
+      <c r="N125" t="s">
+        <v>175</v>
+      </c>
+      <c r="O125" t="s">
+        <v>75</v>
+      </c>
+      <c r="P125" t="s">
+        <v>631</v>
+      </c>
+      <c r="R125" t="s">
         <v>999</v>
-      </c>
-[...19 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C126" t="s">
+        <v>52</v>
+      </c>
+      <c r="D126" t="s">
+        <v>53</v>
+      </c>
+      <c r="E126" t="s">
+        <v>53</v>
+      </c>
+      <c r="F126" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G126" t="s">
+        <v>995</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1002</v>
+      </c>
+      <c r="I126" t="s">
         <v>1003</v>
       </c>
-      <c r="C126" t="s">
-[...8 lines deleted...]
-      <c r="F126" t="s">
+      <c r="J126" t="s">
         <v>1004</v>
       </c>
-      <c r="G126" t="s">
+      <c r="K126" t="s">
+        <v>58</v>
+      </c>
+      <c r="L126" t="s">
         <v>1005</v>
       </c>
-      <c r="H126" t="s">
+      <c r="M126" t="s">
+        <v>60</v>
+      </c>
+      <c r="N126" t="s">
+        <v>175</v>
+      </c>
+      <c r="O126" t="s">
+        <v>62</v>
+      </c>
+      <c r="P126" t="s">
+        <v>63</v>
+      </c>
+      <c r="R126" t="s">
         <v>1006</v>
-      </c>
-[...25 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C127" t="s">
+        <v>848</v>
+      </c>
+      <c r="D127" t="s">
+        <v>53</v>
+      </c>
+      <c r="E127" t="s">
+        <v>53</v>
+      </c>
+      <c r="F127" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H127" t="s">
         <v>1010</v>
       </c>
-      <c r="C127" t="s">
-[...8 lines deleted...]
-      <c r="F127" t="s">
+      <c r="I127" t="s">
         <v>1011</v>
       </c>
-      <c r="G127" t="s">
+      <c r="J127" t="s">
         <v>1012</v>
       </c>
-      <c r="H127" t="s">
+      <c r="K127" t="s">
+        <v>58</v>
+      </c>
+      <c r="L127" t="s">
         <v>1013</v>
       </c>
-      <c r="I127" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M127" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="N127" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O127" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="P127" t="s">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="R127" t="s">
-        <v>977</v>
+        <v>846</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
         <v>1014</v>
       </c>
       <c r="C128" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D128" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E128" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F128" t="s">
         <v>1015</v>
       </c>
       <c r="G128" t="s">
         <v>1016</v>
       </c>
       <c r="H128" t="s">
         <v>1017</v>
       </c>
       <c r="I128" t="s">
         <v>1017</v>
       </c>
       <c r="J128" t="s">
-        <v>396</v>
+        <v>172</v>
       </c>
       <c r="K128" t="s">
-        <v>397</v>
+        <v>1018</v>
       </c>
       <c r="L128" t="s">
-        <v>398</v>
+        <v>174</v>
       </c>
       <c r="M128" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="N128" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O128" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="P128" t="s">
-        <v>399</v>
+        <v>176</v>
       </c>
       <c r="R128" t="s">
-        <v>1018</v>
+        <v>982</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
         <v>1019</v>
       </c>
       <c r="C129" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D129" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E129" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F129" t="s">
         <v>1020</v>
       </c>
       <c r="G129" t="s">
         <v>1021</v>
       </c>
       <c r="H129" t="s">
         <v>1022</v>
       </c>
       <c r="I129" t="s">
         <v>1022</v>
       </c>
       <c r="J129" t="s">
-        <v>218</v>
+        <v>428</v>
       </c>
       <c r="K129" t="s">
-        <v>52</v>
+        <v>429</v>
       </c>
       <c r="L129" t="s">
+        <v>430</v>
+      </c>
+      <c r="M129" t="s">
+        <v>156</v>
+      </c>
+      <c r="N129" t="s">
+        <v>185</v>
+      </c>
+      <c r="O129" t="s">
+        <v>158</v>
+      </c>
+      <c r="P129" t="s">
+        <v>431</v>
+      </c>
+      <c r="R129" t="s">
         <v>1023</v>
-      </c>
-[...13 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>1024</v>
       </c>
       <c r="C130" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D130" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E130" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F130" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="G130" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="H130" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="I130" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="J130" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="K130" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="L130" t="s">
-        <v>53</v>
+        <v>1028</v>
       </c>
       <c r="M130" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N130" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O130" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="P130" t="s">
-        <v>526</v>
+        <v>557</v>
       </c>
       <c r="R130" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="C131" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D131" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E131" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F131" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="G131" t="s">
-        <v>1028</v>
+        <v>929</v>
       </c>
       <c r="H131" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="I131" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="J131" t="s">
-        <v>1030</v>
+        <v>97</v>
       </c>
       <c r="K131" t="s">
-        <v>1031</v>
+        <v>98</v>
       </c>
       <c r="L131" t="s">
-        <v>1032</v>
+        <v>99</v>
       </c>
       <c r="M131" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="N131" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O131" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P131" t="s">
-        <v>1033</v>
+        <v>557</v>
       </c>
       <c r="R131" t="s">
-        <v>1018</v>
+        <v>940</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C132" t="s">
+        <v>52</v>
+      </c>
+      <c r="D132" t="s">
+        <v>53</v>
+      </c>
+      <c r="E132" t="s">
+        <v>53</v>
+      </c>
+      <c r="F132" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H132" t="s">
         <v>1034</v>
       </c>
-      <c r="C132" t="s">
-[...8 lines deleted...]
-      <c r="F132" t="s">
+      <c r="I132" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J132" t="s">
         <v>1035</v>
       </c>
-      <c r="G132" t="s">
+      <c r="K132" t="s">
         <v>1036</v>
       </c>
-      <c r="H132" t="s">
+      <c r="L132" t="s">
         <v>1037</v>
       </c>
-      <c r="I132" t="s">
-[...2 lines deleted...]
-      <c r="J132" t="s">
+      <c r="M132" t="s">
+        <v>60</v>
+      </c>
+      <c r="N132" t="s">
+        <v>175</v>
+      </c>
+      <c r="O132" t="s">
+        <v>62</v>
+      </c>
+      <c r="P132" t="s">
         <v>1038</v>
       </c>
-      <c r="K132" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R132" t="s">
-        <v>840</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C133" t="s">
+        <v>52</v>
+      </c>
+      <c r="D133" t="s">
+        <v>53</v>
+      </c>
+      <c r="E133" t="s">
+        <v>53</v>
+      </c>
+      <c r="F133" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G133" t="s">
         <v>1041</v>
       </c>
-      <c r="C133" t="s">
-[...8 lines deleted...]
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1042</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
+        <v>1042</v>
+      </c>
+      <c r="J133" t="s">
         <v>1043</v>
       </c>
-      <c r="H133" t="s">
+      <c r="K133" t="s">
         <v>1044</v>
       </c>
-      <c r="I133" t="s">
-[...2 lines deleted...]
-      <c r="J133" t="s">
+      <c r="L133" t="s">
         <v>1045</v>
       </c>
-      <c r="K133" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M133" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="N133" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="O133" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="P133" t="s">
-        <v>1048</v>
+        <v>468</v>
       </c>
       <c r="R133" t="s">
-        <v>1049</v>
+        <v>846</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C134" t="s">
+        <v>52</v>
+      </c>
+      <c r="D134" t="s">
+        <v>53</v>
+      </c>
+      <c r="E134" t="s">
+        <v>53</v>
+      </c>
+      <c r="F134" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1049</v>
+      </c>
+      <c r="J134" t="s">
         <v>1050</v>
       </c>
-      <c r="C134" t="s">
-[...8 lines deleted...]
-      <c r="F134" t="s">
+      <c r="K134" t="s">
         <v>1051</v>
       </c>
-      <c r="G134" t="s">
+      <c r="L134" t="s">
         <v>1052</v>
       </c>
-      <c r="H134" t="s">
+      <c r="M134" t="s">
+        <v>73</v>
+      </c>
+      <c r="N134" t="s">
+        <v>175</v>
+      </c>
+      <c r="O134" t="s">
+        <v>75</v>
+      </c>
+      <c r="P134" t="s">
         <v>1053</v>
       </c>
-      <c r="I134" t="s">
-[...2 lines deleted...]
-      <c r="J134" t="s">
+      <c r="R134" t="s">
         <v>1054</v>
-      </c>
-[...19 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C135" t="s">
+        <v>52</v>
+      </c>
+      <c r="D135" t="s">
+        <v>53</v>
+      </c>
+      <c r="E135" t="s">
+        <v>53</v>
+      </c>
+      <c r="F135" t="s">
         <v>1056</v>
       </c>
-      <c r="C135" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G135" t="s">
-        <v>1043</v>
+        <v>1057</v>
       </c>
       <c r="H135" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="I135" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="J135" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="K135" t="s">
-        <v>1059</v>
+        <v>820</v>
       </c>
       <c r="L135" t="s">
         <v>1060</v>
       </c>
       <c r="M135" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="N135" t="s">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="O135" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="P135" t="s">
-        <v>436</v>
+        <v>822</v>
       </c>
       <c r="R135" t="s">
-        <v>840</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
         <v>1061</v>
       </c>
       <c r="C136" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D136" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E136" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F136" t="s">
+        <v>841</v>
+      </c>
+      <c r="G136" t="s">
         <v>1062</v>
       </c>
-      <c r="G136" t="s">
+      <c r="H136" t="s">
         <v>1063</v>
       </c>
-      <c r="H136" t="s">
+      <c r="I136" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J136" t="s">
         <v>1064</v>
       </c>
-      <c r="I136" t="s">
+      <c r="K136" t="s">
         <v>1065</v>
       </c>
-      <c r="J136" t="s">
+      <c r="L136" t="s">
         <v>1066</v>
       </c>
-      <c r="K136" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M136" t="s">
-        <v>76</v>
+        <v>156</v>
       </c>
       <c r="N136" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="O136" t="s">
-        <v>77</v>
+        <v>158</v>
       </c>
       <c r="P136" t="s">
-        <v>78</v>
+        <v>468</v>
       </c>
       <c r="R136" t="s">
-        <v>935</v>
+        <v>846</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C137" t="s">
+        <v>52</v>
+      </c>
+      <c r="D137" t="s">
+        <v>53</v>
+      </c>
+      <c r="E137" t="s">
+        <v>53</v>
+      </c>
+      <c r="F137" t="s">
         <v>1068</v>
-      </c>
-[...10 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="G137" t="s">
         <v>1069</v>
       </c>
       <c r="H137" t="s">
         <v>1070</v>
       </c>
       <c r="I137" t="s">
         <v>1071</v>
       </c>
       <c r="J137" t="s">
         <v>1072</v>
       </c>
       <c r="K137" t="s">
-        <v>1000</v>
+        <v>58</v>
       </c>
       <c r="L137" t="s">
         <v>1073</v>
       </c>
       <c r="M137" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="N137" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O137" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="P137" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="R137" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>1074</v>
       </c>
       <c r="C138" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D138" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E138" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F138" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="G138" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="H138" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="I138" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="J138" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="K138" t="s">
-        <v>1077</v>
+        <v>58</v>
       </c>
       <c r="L138" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="M138" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="N138" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O138" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="P138" t="s">
-        <v>1079</v>
+        <v>63</v>
       </c>
       <c r="R138" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>1080</v>
       </c>
       <c r="C139" t="s">
+        <v>52</v>
+      </c>
+      <c r="D139" t="s">
+        <v>53</v>
+      </c>
+      <c r="E139" t="s">
+        <v>53</v>
+      </c>
+      <c r="F139" t="s">
+        <v>1068</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H139" t="s">
         <v>1081</v>
       </c>
-      <c r="D139" t="s">
+      <c r="I139" t="s">
+        <v>1081</v>
+      </c>
+      <c r="J139" t="s">
         <v>1082</v>
       </c>
-      <c r="E139" t="s">
-[...2 lines deleted...]
-      <c r="F139" t="s">
+      <c r="K139" t="s">
         <v>1083</v>
       </c>
-      <c r="G139" t="s">
-[...2 lines deleted...]
-      <c r="H139" t="s">
+      <c r="L139" t="s">
         <v>1084</v>
       </c>
-      <c r="I139" t="s">
-[...2 lines deleted...]
-      <c r="J139" t="s">
+      <c r="M139" t="s">
+        <v>60</v>
+      </c>
+      <c r="N139" t="s">
+        <v>175</v>
+      </c>
+      <c r="O139" t="s">
+        <v>62</v>
+      </c>
+      <c r="P139" t="s">
         <v>1085</v>
       </c>
-      <c r="K139" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R139" t="s">
-        <v>1089</v>
+        <v>940</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F140" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G140" t="s">
+        <v>263</v>
+      </c>
+      <c r="H140" t="s">
         <v>1090</v>
       </c>
-      <c r="C140" t="s">
-[...8 lines deleted...]
-      <c r="F140" t="s">
+      <c r="I140" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J140" t="s">
         <v>1091</v>
       </c>
-      <c r="G140" t="s">
+      <c r="K140" t="s">
         <v>1092</v>
       </c>
-      <c r="H140" t="s">
+      <c r="L140" t="s">
         <v>1093</v>
       </c>
-      <c r="I140" t="s">
-[...2 lines deleted...]
-      <c r="J140" t="s">
+      <c r="M140" t="s">
+        <v>73</v>
+      </c>
+      <c r="N140" t="s">
+        <v>175</v>
+      </c>
+      <c r="O140" t="s">
+        <v>75</v>
+      </c>
+      <c r="P140" t="s">
         <v>1094</v>
       </c>
-      <c r="K140" t="s">
-[...2 lines deleted...]
-      <c r="L140" t="s">
+      <c r="R140" t="s">
         <v>1095</v>
-      </c>
-[...13 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C141" t="s">
+        <v>120</v>
+      </c>
+      <c r="D141" t="s">
+        <v>780</v>
+      </c>
+      <c r="E141" t="s">
+        <v>780</v>
+      </c>
+      <c r="F141" t="s">
         <v>1097</v>
       </c>
-      <c r="C141" t="s">
-[...8 lines deleted...]
-      <c r="F141" t="s">
+      <c r="G141" t="s">
         <v>1098</v>
       </c>
-      <c r="G141" t="s">
+      <c r="H141" t="s">
         <v>1099</v>
       </c>
-      <c r="H141" t="s">
+      <c r="I141" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J141" t="s">
         <v>1100</v>
       </c>
-      <c r="I141" t="s">
+      <c r="K141" t="s">
+        <v>820</v>
+      </c>
+      <c r="L141" t="s">
         <v>1101</v>
       </c>
-      <c r="J141" t="s">
+      <c r="M141" t="s">
+        <v>156</v>
+      </c>
+      <c r="N141" t="s">
+        <v>185</v>
+      </c>
+      <c r="O141" t="s">
+        <v>158</v>
+      </c>
+      <c r="P141" t="s">
+        <v>822</v>
+      </c>
+      <c r="R141" t="s">
         <v>1102</v>
-      </c>
-[...19 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C142" t="s">
+        <v>52</v>
+      </c>
+      <c r="D142" t="s">
+        <v>53</v>
+      </c>
+      <c r="E142" t="s">
+        <v>53</v>
+      </c>
+      <c r="F142" t="s">
         <v>1104</v>
-      </c>
-[...10 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="G142" t="s">
         <v>1105</v>
       </c>
       <c r="H142" t="s">
         <v>1106</v>
       </c>
       <c r="I142" t="s">
         <v>1106</v>
       </c>
       <c r="J142" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="K142" t="s">
-        <v>182</v>
+        <v>221</v>
       </c>
       <c r="L142" t="s">
-        <v>251</v>
+        <v>282</v>
       </c>
       <c r="M142" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="N142" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O142" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="P142" t="s">
-        <v>184</v>
+        <v>223</v>
       </c>
       <c r="R142" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>1107</v>
       </c>
       <c r="C143" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="D143" t="s">
-        <v>774</v>
+        <v>53</v>
       </c>
       <c r="E143" t="s">
-        <v>774</v>
+        <v>53</v>
       </c>
       <c r="F143" t="s">
         <v>1108</v>
       </c>
       <c r="G143" t="s">
         <v>1109</v>
       </c>
       <c r="H143" t="s">
-        <v>1093</v>
+        <v>1110</v>
       </c>
       <c r="I143" t="s">
-        <v>1093</v>
+        <v>1110</v>
       </c>
       <c r="J143" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="K143" t="s">
-        <v>856</v>
+        <v>429</v>
       </c>
       <c r="L143" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="M143" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="N143" t="s">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="O143" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="P143" t="s">
-        <v>858</v>
+        <v>431</v>
       </c>
       <c r="R143" t="s">
-        <v>1096</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C144" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="D144" t="s">
-        <v>774</v>
+        <v>53</v>
       </c>
       <c r="E144" t="s">
-        <v>774</v>
+        <v>53</v>
       </c>
       <c r="F144" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="G144" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="H144" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="I144" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="J144" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="K144" t="s">
-        <v>814</v>
+        <v>1119</v>
       </c>
       <c r="L144" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="M144" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="N144" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O144" t="s">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="P144" t="s">
-        <v>816</v>
+        <v>1121</v>
       </c>
       <c r="R144" t="s">
-        <v>1096</v>
+        <v>367</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="C145" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D145" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E145" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F145" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="G145" t="s">
-        <v>1118</v>
+        <v>21</v>
       </c>
       <c r="H145" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="I145" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="J145" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="K145" t="s">
-        <v>162</v>
+        <v>58</v>
       </c>
       <c r="L145" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="M145" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="N145" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O145" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="P145" t="s">
-        <v>373</v>
+        <v>63</v>
       </c>
       <c r="R145" t="s">
-        <v>1018</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="C146" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D146" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E146" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F146" t="s">
         <v>1123</v>
       </c>
       <c r="G146" t="s">
-        <v>1124</v>
+        <v>21</v>
       </c>
       <c r="H146" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="I146" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="J146" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="K146" t="s">
-        <v>397</v>
+        <v>1131</v>
       </c>
       <c r="L146" t="s">
+        <v>1132</v>
+      </c>
+      <c r="M146" t="s">
+        <v>156</v>
+      </c>
+      <c r="N146" t="s">
+        <v>185</v>
+      </c>
+      <c r="O146" t="s">
+        <v>158</v>
+      </c>
+      <c r="P146" t="s">
+        <v>660</v>
+      </c>
+      <c r="R146" t="s">
         <v>1127</v>
-      </c>
-[...13 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="C147" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D147" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E147" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F147" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="G147" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="H147" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="I147" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="J147" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="K147" t="s">
-        <v>310</v>
+        <v>1138</v>
       </c>
       <c r="L147" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="M147" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="N147" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O147" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="P147" t="s">
-        <v>1135</v>
+        <v>1085</v>
       </c>
       <c r="R147" t="s">
-        <v>336</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="C148" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D148" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E148" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F148" t="s">
-        <v>1130</v>
+        <v>1142</v>
       </c>
       <c r="G148" t="s">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="H148" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="I148" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="J148" t="s">
-        <v>1139</v>
+        <v>857</v>
       </c>
       <c r="K148" t="s">
+        <v>201</v>
+      </c>
+      <c r="L148" t="s">
+        <v>230</v>
+      </c>
+      <c r="M148" t="s">
+        <v>156</v>
+      </c>
+      <c r="N148" t="s">
+        <v>185</v>
+      </c>
+      <c r="O148" t="s">
+        <v>158</v>
+      </c>
+      <c r="P148" t="s">
+        <v>405</v>
+      </c>
+      <c r="R148" t="s">
         <v>1140</v>
-      </c>
-[...16 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C149" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D149" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E149" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F149" t="s">
-        <v>1130</v>
+        <v>1146</v>
       </c>
       <c r="G149" t="s">
-        <v>1131</v>
+        <v>1147</v>
       </c>
       <c r="H149" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="I149" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="J149" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="K149" t="s">
-        <v>814</v>
+        <v>1151</v>
       </c>
       <c r="L149" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="M149" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="N149" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O149" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="P149" t="s">
-        <v>816</v>
+        <v>1121</v>
       </c>
       <c r="R149" t="s">
-        <v>336</v>
+        <v>999</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="C150" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D150" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E150" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F150" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="G150" t="s">
-        <v>496</v>
+        <v>1155</v>
       </c>
       <c r="H150" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="I150" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="J150" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="K150" t="s">
-        <v>1000</v>
+        <v>364</v>
       </c>
       <c r="L150" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="M150" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="N150" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O150" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P150" t="s">
-        <v>78</v>
+        <v>1159</v>
       </c>
       <c r="R150" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="C151" t="s">
-        <v>18</v>
+        <v>1162</v>
       </c>
       <c r="D151" t="s">
-        <v>19</v>
+        <v>1163</v>
       </c>
       <c r="E151" t="s">
-        <v>19</v>
+        <v>1163</v>
       </c>
       <c r="F151" t="s">
-        <v>1148</v>
+        <v>1164</v>
       </c>
       <c r="G151" t="s">
-        <v>496</v>
+        <v>263</v>
       </c>
       <c r="H151" t="s">
-        <v>1154</v>
+        <v>1165</v>
       </c>
       <c r="I151" t="s">
-        <v>1154</v>
+        <v>1165</v>
       </c>
       <c r="J151" t="s">
-        <v>1155</v>
+        <v>1166</v>
       </c>
       <c r="K151" t="s">
-        <v>1156</v>
+        <v>937</v>
       </c>
       <c r="L151" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="M151" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="N151" t="s">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="O151" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="P151" t="s">
-        <v>649</v>
+        <v>1168</v>
       </c>
       <c r="R151" t="s">
-        <v>1152</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>1158</v>
+        <v>1170</v>
       </c>
       <c r="C152" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D152" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E152" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F152" t="s">
-        <v>1159</v>
+        <v>739</v>
       </c>
       <c r="G152" t="s">
-        <v>1160</v>
+        <v>1171</v>
       </c>
       <c r="H152" t="s">
-        <v>1161</v>
+        <v>1172</v>
       </c>
       <c r="I152" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="J152" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
       <c r="K152" t="s">
-        <v>1163</v>
+        <v>629</v>
       </c>
       <c r="L152" t="s">
-        <v>1164</v>
+        <v>1175</v>
       </c>
       <c r="M152" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="N152" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O152" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P152" t="s">
-        <v>1079</v>
+        <v>631</v>
       </c>
       <c r="R152" t="s">
-        <v>1165</v>
+        <v>892</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>1166</v>
+        <v>1176</v>
       </c>
       <c r="C153" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D153" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E153" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F153" t="s">
-        <v>1167</v>
+        <v>1177</v>
       </c>
       <c r="G153" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
       <c r="H153" t="s">
-        <v>1169</v>
+        <v>944</v>
       </c>
       <c r="I153" t="s">
-        <v>1169</v>
+        <v>944</v>
       </c>
       <c r="J153" t="s">
-        <v>851</v>
+        <v>1179</v>
       </c>
       <c r="K153" t="s">
-        <v>162</v>
+        <v>1036</v>
       </c>
       <c r="L153" t="s">
-        <v>191</v>
+        <v>1180</v>
       </c>
       <c r="M153" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="N153" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O153" t="s">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="P153" t="s">
-        <v>373</v>
+        <v>1038</v>
       </c>
       <c r="R153" t="s">
-        <v>1165</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
       <c r="C154" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D154" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E154" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F154" t="s">
-        <v>1171</v>
+        <v>888</v>
       </c>
       <c r="G154" t="s">
-        <v>1172</v>
+        <v>988</v>
       </c>
       <c r="H154" t="s">
-        <v>1173</v>
+        <v>1183</v>
       </c>
       <c r="I154" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="J154" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K154" t="s">
+        <v>629</v>
+      </c>
+      <c r="L154" t="s">
         <v>1175</v>
       </c>
-      <c r="K154" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N154" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O154" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="P154" t="s">
-        <v>1142</v>
+        <v>631</v>
       </c>
       <c r="R154" t="s">
-        <v>994</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="C155" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D155" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E155" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F155" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="G155" t="s">
-        <v>1180</v>
+        <v>1187</v>
       </c>
       <c r="H155" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="I155" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="J155" t="s">
-        <v>1182</v>
+        <v>127</v>
       </c>
       <c r="K155" t="s">
-        <v>333</v>
+        <v>164</v>
       </c>
       <c r="L155" t="s">
-        <v>1183</v>
+        <v>129</v>
       </c>
       <c r="M155" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="N155" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O155" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="P155" t="s">
-        <v>1184</v>
+        <v>133</v>
       </c>
       <c r="R155" t="s">
-        <v>1185</v>
+        <v>999</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="C156" t="s">
-        <v>1187</v>
+        <v>52</v>
       </c>
       <c r="D156" t="s">
-        <v>1188</v>
+        <v>53</v>
       </c>
       <c r="E156" t="s">
-        <v>1188</v>
+        <v>53</v>
       </c>
       <c r="F156" t="s">
-        <v>1189</v>
+        <v>1001</v>
       </c>
       <c r="G156" t="s">
-        <v>225</v>
+        <v>995</v>
       </c>
       <c r="H156" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="I156" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="J156" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="K156" t="s">
-        <v>932</v>
+        <v>629</v>
       </c>
       <c r="L156" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="M156" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="N156" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O156" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="P156" t="s">
-        <v>1193</v>
+        <v>631</v>
       </c>
       <c r="R156" t="s">
-        <v>1194</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
         <v>1195</v>
       </c>
       <c r="C157" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D157" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E157" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F157" t="s">
-        <v>733</v>
+        <v>1196</v>
       </c>
       <c r="G157" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="H157" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="I157" t="s">
         <v>1198</v>
       </c>
       <c r="J157" t="s">
         <v>1199</v>
       </c>
       <c r="K157" t="s">
-        <v>605</v>
+        <v>1200</v>
       </c>
       <c r="L157" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="M157" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="N157" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="O157" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="P157" t="s">
-        <v>607</v>
+        <v>1202</v>
       </c>
       <c r="R157" t="s">
-        <v>887</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="C158" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D158" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E158" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F158" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="G158" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="H158" t="s">
-        <v>939</v>
+        <v>1206</v>
       </c>
       <c r="I158" t="s">
-        <v>939</v>
+        <v>1206</v>
       </c>
       <c r="J158" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="K158" t="s">
-        <v>1031</v>
+        <v>58</v>
       </c>
       <c r="L158" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="M158" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="N158" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O158" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="P158" t="s">
-        <v>1033</v>
+        <v>63</v>
       </c>
       <c r="R158" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="C159" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D159" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E159" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F159" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="G159" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="H159" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="I159" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="J159" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="K159" t="s">
-        <v>1031</v>
+        <v>98</v>
       </c>
       <c r="L159" t="s">
-        <v>1212</v>
+        <v>556</v>
       </c>
       <c r="M159" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="N159" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O159" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P159" t="s">
-        <v>1033</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>557</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="C160" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D160" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E160" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F160" t="s">
-        <v>882</v>
+        <v>1216</v>
       </c>
       <c r="G160" t="s">
-        <v>983</v>
+        <v>1217</v>
       </c>
       <c r="H160" t="s">
-        <v>1214</v>
+        <v>944</v>
       </c>
       <c r="I160" t="s">
-        <v>1214</v>
+        <v>944</v>
       </c>
       <c r="J160" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="K160" t="s">
-        <v>605</v>
+        <v>429</v>
       </c>
       <c r="L160" t="s">
-        <v>1200</v>
+        <v>1219</v>
       </c>
       <c r="M160" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="N160" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="O160" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="P160" t="s">
-        <v>607</v>
+        <v>431</v>
       </c>
       <c r="R160" t="s">
-        <v>1002</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="C161" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D161" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E161" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F161" t="s">
-        <v>1217</v>
+        <v>1025</v>
       </c>
       <c r="G161" t="s">
-        <v>1218</v>
+        <v>1026</v>
       </c>
       <c r="H161" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="I161" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="J161" t="s">
-        <v>87</v>
+        <v>1224</v>
       </c>
       <c r="K161" t="s">
-        <v>124</v>
+        <v>341</v>
       </c>
       <c r="L161" t="s">
-        <v>89</v>
+        <v>1225</v>
       </c>
       <c r="M161" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="N161" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O161" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="P161" t="s">
-        <v>93</v>
+        <v>1226</v>
       </c>
       <c r="R161" t="s">
-        <v>994</v>
+        <v>940</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="C162" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D162" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E162" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F162" t="s">
-        <v>996</v>
+        <v>1047</v>
       </c>
       <c r="G162" t="s">
-        <v>990</v>
+        <v>1062</v>
       </c>
       <c r="H162" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="I162" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="J162" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="K162" t="s">
-        <v>605</v>
+        <v>341</v>
       </c>
       <c r="L162" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="M162" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="N162" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O162" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="P162" t="s">
-        <v>607</v>
+        <v>1226</v>
       </c>
       <c r="R162" t="s">
-        <v>1002</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="C163" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D163" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E163" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F163" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="G163" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="H163" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="I163" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="J163" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="K163" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="L163" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="M163" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="N163" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="O163" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="P163" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="R163" t="s">
-        <v>1185</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="C164" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D164" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E164" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F164" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="G164" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="H164" t="s">
-        <v>1237</v>
+        <v>944</v>
       </c>
       <c r="I164" t="s">
-        <v>1237</v>
+        <v>944</v>
       </c>
       <c r="J164" t="s">
-        <v>1238</v>
+        <v>870</v>
       </c>
       <c r="K164" t="s">
-        <v>1000</v>
+        <v>820</v>
       </c>
       <c r="L164" t="s">
+        <v>871</v>
+      </c>
+      <c r="M164" t="s">
+        <v>156</v>
+      </c>
+      <c r="N164" t="s">
+        <v>185</v>
+      </c>
+      <c r="O164" t="s">
+        <v>158</v>
+      </c>
+      <c r="P164" t="s">
+        <v>822</v>
+      </c>
+      <c r="R164" t="s">
         <v>1239</v>
-      </c>
-[...13 lines deleted...]
-        <v>1240</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
         <v>1241</v>
       </c>
       <c r="C165" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D165" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E165" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F165" t="s">
         <v>1242</v>
       </c>
       <c r="G165" t="s">
         <v>1243</v>
       </c>
       <c r="H165" t="s">
         <v>1244</v>
       </c>
       <c r="I165" t="s">
         <v>1244</v>
       </c>
       <c r="J165" t="s">
         <v>1245</v>
       </c>
       <c r="K165" t="s">
-        <v>52</v>
+        <v>201</v>
       </c>
       <c r="L165" t="s">
-        <v>525</v>
+        <v>1246</v>
       </c>
       <c r="M165" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="N165" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="O165" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="P165" t="s">
-        <v>526</v>
+        <v>405</v>
+      </c>
+      <c r="R165" t="s">
+        <v>1239</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C166" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="D166" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E166" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="F166" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="G166" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="H166" t="s">
-        <v>939</v>
+        <v>1250</v>
       </c>
       <c r="I166" t="s">
-        <v>939</v>
+        <v>1250</v>
       </c>
       <c r="J166" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="K166" t="s">
-        <v>397</v>
+        <v>967</v>
       </c>
       <c r="L166" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="M166" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="N166" t="s">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="O166" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="P166" t="s">
-        <v>399</v>
+        <v>969</v>
       </c>
       <c r="R166" t="s">
-        <v>1251</v>
+        <v>940</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C167" t="s">
-        <v>18</v>
+        <v>1254</v>
       </c>
       <c r="D167" t="s">
-        <v>19</v>
+        <v>1255</v>
       </c>
       <c r="E167" t="s">
-        <v>19</v>
+        <v>1256</v>
       </c>
       <c r="F167" t="s">
-        <v>1020</v>
+        <v>1257</v>
       </c>
       <c r="G167" t="s">
-        <v>1021</v>
+        <v>1258</v>
       </c>
       <c r="H167" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="I167" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="J167" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="K167" t="s">
-        <v>310</v>
+        <v>1261</v>
       </c>
       <c r="L167" t="s">
-        <v>1256</v>
+        <v>309</v>
       </c>
       <c r="M167" t="s">
-        <v>76</v>
+        <v>1262</v>
       </c>
       <c r="N167" t="s">
-        <v>135</v>
+        <v>1263</v>
       </c>
       <c r="O167" t="s">
-        <v>77</v>
+        <v>1264</v>
       </c>
       <c r="P167" t="s">
-        <v>1135</v>
+        <v>1265</v>
       </c>
       <c r="R167" t="s">
-        <v>935</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>1257</v>
+        <v>1267</v>
       </c>
       <c r="C168" t="s">
-        <v>18</v>
+        <v>1268</v>
       </c>
       <c r="D168" t="s">
-        <v>19</v>
+        <v>1269</v>
       </c>
       <c r="E168" t="s">
-        <v>19</v>
+        <v>1270</v>
       </c>
       <c r="F168" t="s">
-        <v>1042</v>
+        <v>1271</v>
       </c>
       <c r="G168" t="s">
-        <v>1043</v>
+        <v>1272</v>
       </c>
       <c r="H168" t="s">
-        <v>1258</v>
+        <v>1273</v>
       </c>
       <c r="I168" t="s">
-        <v>1258</v>
+        <v>1273</v>
       </c>
       <c r="J168" t="s">
-        <v>1259</v>
+        <v>1274</v>
       </c>
       <c r="K168" t="s">
-        <v>310</v>
+        <v>1275</v>
       </c>
       <c r="L168" t="s">
-        <v>1260</v>
+        <v>1276</v>
       </c>
       <c r="M168" t="s">
-        <v>76</v>
+        <v>1262</v>
       </c>
       <c r="N168" t="s">
-        <v>135</v>
+        <v>1263</v>
       </c>
       <c r="O168" t="s">
-        <v>77</v>
+        <v>1264</v>
       </c>
       <c r="P168" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>1128</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="169" spans="1:18">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>1261</v>
+        <v>1277</v>
       </c>
       <c r="C169" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="D169" t="s">
-        <v>19</v>
+        <v>1278</v>
       </c>
       <c r="E169" t="s">
-        <v>19</v>
+        <v>1279</v>
       </c>
       <c r="F169" t="s">
+        <v>1280</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1282</v>
+      </c>
+      <c r="I169" t="s">
+        <v>1282</v>
+      </c>
+      <c r="J169" t="s">
+        <v>1283</v>
+      </c>
+      <c r="K169" t="s">
+        <v>1284</v>
+      </c>
+      <c r="L169" t="s">
+        <v>1285</v>
+      </c>
+      <c r="M169" t="s">
         <v>1262</v>
       </c>
-      <c r="G169" t="s">
+      <c r="N169" t="s">
         <v>1263</v>
       </c>
-      <c r="H169" t="s">
+      <c r="O169" t="s">
         <v>1264</v>
       </c>
-      <c r="I169" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P169" t="s">
-        <v>1268</v>
+        <v>1286</v>
       </c>
       <c r="R169" t="s">
-        <v>1269</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>1270</v>
+        <v>1288</v>
       </c>
       <c r="C170" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="D170" t="s">
-        <v>19</v>
+        <v>1278</v>
       </c>
       <c r="E170" t="s">
-        <v>19</v>
+        <v>1279</v>
       </c>
       <c r="F170" t="s">
-        <v>1262</v>
+        <v>1289</v>
       </c>
       <c r="G170" t="s">
+        <v>327</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J170" t="s">
+        <v>1291</v>
+      </c>
+      <c r="K170" t="s">
+        <v>1292</v>
+      </c>
+      <c r="L170" t="s">
+        <v>1293</v>
+      </c>
+      <c r="M170" t="s">
+        <v>333</v>
+      </c>
+      <c r="N170" t="s">
         <v>1263</v>
       </c>
-      <c r="H170" t="s">
+      <c r="O170" t="s">
+        <v>1294</v>
+      </c>
+      <c r="P170" t="s">
         <v>939</v>
       </c>
-      <c r="I170" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R170" t="s">
-        <v>1269</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>1271</v>
+        <v>1295</v>
       </c>
       <c r="C171" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="D171" t="s">
-        <v>19</v>
+        <v>1278</v>
       </c>
       <c r="E171" t="s">
-        <v>19</v>
+        <v>1296</v>
       </c>
       <c r="F171" t="s">
-        <v>1272</v>
+        <v>1297</v>
       </c>
       <c r="G171" t="s">
-        <v>1273</v>
+        <v>1298</v>
       </c>
       <c r="H171" t="s">
-        <v>1274</v>
+        <v>1299</v>
       </c>
       <c r="I171" t="s">
-        <v>1274</v>
+        <v>1299</v>
       </c>
       <c r="J171" t="s">
-        <v>1275</v>
+        <v>546</v>
       </c>
       <c r="K171" t="s">
-        <v>162</v>
+        <v>1300</v>
       </c>
       <c r="L171" t="s">
-        <v>1276</v>
+        <v>548</v>
       </c>
       <c r="M171" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="N171" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="O171" t="s">
-        <v>77</v>
+        <v>132</v>
       </c>
       <c r="P171" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="R171" t="s">
-        <v>1269</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="172" spans="1:18">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>1277</v>
+        <v>1301</v>
       </c>
       <c r="C172" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="D172" t="s">
-        <v>19</v>
+        <v>1302</v>
       </c>
       <c r="E172" t="s">
-        <v>19</v>
+        <v>1303</v>
       </c>
       <c r="F172" t="s">
-        <v>1278</v>
+        <v>1304</v>
       </c>
       <c r="G172" t="s">
-        <v>1279</v>
+        <v>1305</v>
       </c>
       <c r="H172" t="s">
-        <v>1280</v>
+        <v>1306</v>
       </c>
       <c r="I172" t="s">
-        <v>1280</v>
+        <v>1306</v>
       </c>
       <c r="J172" t="s">
-        <v>1281</v>
+        <v>563</v>
       </c>
       <c r="K172" t="s">
-        <v>962</v>
+        <v>211</v>
       </c>
       <c r="L172" t="s">
-        <v>1282</v>
+        <v>564</v>
       </c>
       <c r="M172" t="s">
-        <v>116</v>
+        <v>333</v>
       </c>
       <c r="N172" t="s">
-        <v>145</v>
+        <v>1263</v>
       </c>
       <c r="O172" t="s">
-        <v>118</v>
+        <v>1294</v>
       </c>
       <c r="P172" t="s">
-        <v>964</v>
+        <v>213</v>
       </c>
       <c r="R172" t="s">
-        <v>935</v>
-[...115 lines deleted...]
-      <c r="D175" t="s">
         <v>1307</v>
-      </c>
-[...196 lines deleted...]
-        <v>1336</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>