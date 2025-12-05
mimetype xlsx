--- v1 (2025-11-14)
+++ v2 (2025-12-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1308">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1310">
   <si>
     <t>Lp.</t>
   </si>
   <si>
     <t>Tytuł projektu</t>
   </si>
   <si>
     <t>Instytucja finansująca</t>
   </si>
   <si>
     <t>Strona www instytucji</t>
   </si>
   <si>
     <t>Strona www projektu</t>
   </si>
   <si>
     <t>Okres realizacji - początek</t>
   </si>
   <si>
     <t>Okres realizacji - koniec</t>
   </si>
   <si>
     <t>Całkowita wartość projektu</t>
   </si>
   <si>
@@ -65,50 +65,182 @@
   <si>
     <t>Kierownik</t>
   </si>
   <si>
     <t>Telefon do Jednostki</t>
   </si>
   <si>
     <t>E-mail do kierownika</t>
   </si>
   <si>
     <t>Osoba do kontaktu</t>
   </si>
   <si>
     <t>Telefon osoby do kontaktu</t>
   </si>
   <si>
     <t>E-mail osoby do kontaktu</t>
   </si>
   <si>
     <t>Nazwa jednostki</t>
   </si>
   <si>
     <t>Konkurs</t>
   </si>
   <si>
+    <t>Od wiązania do działania: rola kinetyki wiązania ligandów receptora dopaminowego D2 w bezpiecznej farmakoterapii zaburzeń neuropsychiatrycznych</t>
+  </si>
+  <si>
+    <t>NCN</t>
+  </si>
+  <si>
+    <t>https://www.ncn.gov.pl/</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-12-04</t>
+  </si>
+  <si>
+    <t>Dr Oktawia Osiecka</t>
+  </si>
+  <si>
+    <t>12 62-05-701</t>
+  </si>
+  <si>
+    <t>oktawia.osiecka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Małgorzata Tondryk</t>
+  </si>
+  <si>
+    <t>12 433 27 92</t>
+  </si>
+  <si>
+    <t>malgorzata.tondryk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Farmakobiologii</t>
+  </si>
+  <si>
+    <t>MINIATURA 9</t>
+  </si>
+  <si>
+    <t>Mitochondria niedotlenionych komórek neuronalnych i astrocytów - nowe spojrzenie na niekorzystne zmiany w przebiegu niedokrwienia mózgu.</t>
+  </si>
+  <si>
+    <t>dr Alicja Skórkowska</t>
+  </si>
+  <si>
+    <t>alicja.skorkowska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Izabela Zawadzka</t>
+  </si>
+  <si>
+    <t>izabela.zawadzka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Centrum Rozwoju Terapii Chorób Cywilizacyjnych i Związanych z Wiekiem</t>
+  </si>
+  <si>
+    <t>Zaburzenia metabolizmu siarkowodoru w neurorozwojowym modelu schizofrenii wywołanym deficytem glutationu we wczesnym okresie rozwoju postnatalnego szczurów - potencjalny cel terapeutyczny.</t>
+  </si>
+  <si>
+    <t>Dr Magdalena Górny</t>
+  </si>
+  <si>
+    <t>12422-74-00</t>
+  </si>
+  <si>
+    <t>magdalena.gorny@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Biochemii i Chemii Medycznej</t>
+  </si>
+  <si>
+    <t>Ocena potencjału pochodnych imidazolidynonu do przełamywania antybiotykooporności szczepów Staphylococcus aureus przez modulację transporterów NorA i MsrA.</t>
+  </si>
+  <si>
+    <t>49 998,00</t>
+  </si>
+  <si>
+    <t>dr Karolina Witek</t>
+  </si>
+  <si>
+    <t>12 620-57-50</t>
+  </si>
+  <si>
+    <t>karolina.witek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Mikrobiologii Farmaceutycznej</t>
+  </si>
+  <si>
+    <t>Udział cząsteczek punktów kontrolnych w patogenezie postaci nielicznostawowej młodzieńczego idiopatycznego zapalenia stawów</t>
+  </si>
+  <si>
+    <t>49 995,00</t>
+  </si>
+  <si>
+    <t>dr Marta Olszewska</t>
+  </si>
+  <si>
+    <t>12 658-02-56</t>
+  </si>
+  <si>
+    <t>marta.olszewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Pediatrii</t>
+  </si>
+  <si>
+    <t>Zmienność profilu krótkołańcuchowych kwasów tłuszczowych oraz cytokin u pacjentów z nieswoistą chorobą zapalną jelit w trakcie leczenia infliksymabem.</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-11-11</t>
+  </si>
+  <si>
+    <t>48895,00</t>
+  </si>
+  <si>
+    <t>dr Olga Kaczmarczyk</t>
+  </si>
+  <si>
+    <t>12 400 3150</t>
+  </si>
+  <si>
+    <t>o.kaczmarczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Gastroenterologii i Hepatologii</t>
+  </si>
+  <si>
     <t>Wsparcie studentów SKN Epigenetyki i Nanotechnologii w medycynie w zakresie podniesienia ich kompetencji na arenie międzynarodowej poprzez udział w projektach naukowych oraz tutoring rówieśniczy</t>
   </si>
   <si>
     <t>Ministerstwo Nauki i Szkolnictwa Wyższego</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
     <t>2026-09-30</t>
   </si>
   <si>
     <t>244 152,00 zł</t>
   </si>
   <si>
     <t xml:space="preserve">Opiekun merytoryczny Projektu: dr Paulina Dudzik </t>
   </si>
   <si>
     <t>12 422-7400 w.33</t>
   </si>
   <si>
     <t>paulina.dudzik@uj.edu.pl</t>
@@ -170,122 +302,98 @@
   <si>
     <t>Opiekun merytoryczny Projektu: dr hab. Tomasz Mroczek prof. UJ</t>
   </si>
   <si>
     <t>12 658-10-23</t>
   </si>
   <si>
     <t>t.mroczek@uj.edu.pl</t>
   </si>
   <si>
     <t>Klinika Kardiochirurgii Dziecięcej</t>
   </si>
   <si>
     <t>Wsparcie studentki medycyny, aktywnie zaangażowanej w działalność onkologiczną, w celu podniesienia jej kompetencji oraz umiejętności w środowisku międzynarodowym.</t>
   </si>
   <si>
     <t>37 356,00 zł</t>
   </si>
   <si>
     <t>Zakład Biochemii Nowotworów, Katedra Biochemii Lekarskiej, WL</t>
   </si>
   <si>
     <t>Charakterystyka WGS izolatów Escherichia coli pochodzących od polskich pacjentów z bakteriemią, u których wystąpiła sepsa lub wstrząs septyczny.</t>
   </si>
   <si>
-    <t>NCN</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-05</t>
   </si>
   <si>
     <t>2026-09-05</t>
   </si>
   <si>
     <t>49500,00</t>
   </si>
   <si>
     <t>dr Estera Jachowicz-Matczak</t>
   </si>
   <si>
     <t>12 633-60-33</t>
   </si>
   <si>
     <t xml:space="preserve"> estera.jachowicz-matczak@uj.edu.pl</t>
   </si>
   <si>
-    <t>Izabela Zawadzka</t>
-[...1 lines deleted...]
-  <si>
     <t> 12 433 27 92</t>
   </si>
   <si>
-    <t>izabela.zawadzka@uj.edu.pl</t>
-[...1 lines deleted...]
-  <si>
     <t>Katedra Mikrobiologii</t>
   </si>
   <si>
-    <t>MINIATURA 9</t>
-[...1 lines deleted...]
-  <si>
     <t>Badanie właściwości polimerowych membran jako personalizowanych materiałów opatrunkowych na rany trudno gojące otrzymanych techniką druku 3d.</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2028-09-30</t>
   </si>
   <si>
     <t>1 690 260,00</t>
   </si>
   <si>
     <t>378 100,00</t>
   </si>
   <si>
     <t>dr Anna Górska</t>
   </si>
   <si>
     <t>12 620-56-00</t>
   </si>
   <si>
     <t>an.gorska@uj.edu.pl</t>
   </si>
   <si>
-    <t>Małgorzata Tondryk</t>
-[...7 lines deleted...]
-  <si>
     <t>Katedra Technologii Postaci Leku i Biofarmacji</t>
   </si>
   <si>
     <t>SONATA 20</t>
   </si>
   <si>
     <t>Kampus Bez Granic - Wzmocnienie Potencjału Umiędzynarodowienia Collegium Medicum</t>
   </si>
   <si>
     <t>NAWA</t>
   </si>
   <si>
     <t>https://nawa.gov.pl/</t>
   </si>
   <si>
     <t>2027-09-30</t>
   </si>
   <si>
     <t>495 556,00 PLN</t>
   </si>
   <si>
     <t>mgr Konrad Kuliński</t>
   </si>
   <si>
     <t>012 433 27 88</t>
@@ -1037,53 +1145,50 @@
   <si>
     <t>Agnieszka Musiał</t>
   </si>
   <si>
     <t>12 433 28 00</t>
   </si>
   <si>
     <t>aga.musial@uj.edu.pl</t>
   </si>
   <si>
     <t>I Klinika Kardiologii i Elektrokardiologii Interwencyjnej oraz Nadciśnienia Tętniczego</t>
   </si>
   <si>
     <t>Doskonała Nauka II - Wsparcie konferencji naukowych</t>
   </si>
   <si>
     <t>Poszukiwanie biomarkerów obliczeniowych oraz mechanizmów uszkodzenia mózgu u noworodków poprzez cyfrową analizę morfometryczną obrazowania metodą rezonansu magnetycznego ośrodkowego układu nerwowego</t>
   </si>
   <si>
     <t>2025-02-05</t>
   </si>
   <si>
     <t>Thomas Kuncewicz</t>
   </si>
   <si>
-    <t>12 658-02-56</t>
-[...1 lines deleted...]
-  <si>
     <t>thomas.kuncewicz@student.uj.edu.pl</t>
   </si>
   <si>
     <t>Klinika Chorób Dzieci Katedry Pedriatrii UJ CM</t>
   </si>
   <si>
     <t>Udoskonalanie opieki skoncentrowanej na pacjencie dla osób często korzystających ze szpitalnego oddziału ratunkowego poprzez lepsze zrozumienie ścieżki pacjenta</t>
   </si>
   <si>
     <t>2025-01-20</t>
   </si>
   <si>
     <t>2029-01-19</t>
   </si>
   <si>
     <t>2 090 238,00</t>
   </si>
   <si>
     <t>dr Iwona Bielska</t>
   </si>
   <si>
     <t>12 43-32-814</t>
   </si>
   <si>
     <t>iwona.bielska@uj.edu.pl</t>
@@ -1214,53 +1319,50 @@
   <si>
     <t>Zastosowanie łącznego podania saponin o potencjale przeciwczerniakowym z substancjami dermoprotekcyjnymi jako nowa strategia modyfikacji ich toksyczności i selektywności wobec komórek skóry w modelu in vitro</t>
   </si>
   <si>
     <t>dr Karolina Grabowska</t>
   </si>
   <si>
     <t>karolina1.grabowska@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Farmakognozji</t>
   </si>
   <si>
     <t>Technologia TRUPATH w badaniach nad selektywnością sygnalizacyjną „stronniczych agonistów&amp;amp;quot; receptora 5-HT1A: Rola podjednostek białka G</t>
   </si>
   <si>
     <t>dr Monika Głuch-Lutwin</t>
   </si>
   <si>
     <t>12 620-57-6</t>
   </si>
   <si>
     <t>monika.gluch-lutwin@uj.edu.pl</t>
   </si>
   <si>
-    <t>Katedra Farmakobiologii</t>
-[...1 lines deleted...]
-  <si>
     <t>Rola zanieczyszczeń powietrza w formowaniu zewnątrzkomórkowych sieci neutrofilowych (NETs).</t>
   </si>
   <si>
     <t>dr Adrianna Gałuszka-Bulaga</t>
   </si>
   <si>
     <t xml:space="preserve"> 658-24-86</t>
   </si>
   <si>
     <t>adrianna.galuszka@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Immunologii Klinicznej i Transplantologii</t>
   </si>
   <si>
     <t>Ocena aktywności różnych klas beta-laktamaz wytwarzanych przez pałeczki Enterobacterales izolowane z układu moczowego na pivmecyllinam z wykorzystaniem metod sekwencjonowania całego genomu</t>
   </si>
   <si>
     <t>dr Mateusz Gajda</t>
   </si>
   <si>
     <t>12 633 08 77</t>
   </si>
   <si>
     <t>mateusz14.gajda@uj.edu.pl</t>
@@ -1313,53 +1415,50 @@
   <si>
     <t>2024-12-06</t>
   </si>
   <si>
     <t>2029-12-05</t>
   </si>
   <si>
     <t xml:space="preserve"> 5 499 000,00</t>
   </si>
   <si>
     <t>prof. dr hab. Marcin Magierowski</t>
   </si>
   <si>
     <t>12 619-96-40</t>
   </si>
   <si>
     <t>m.magierowski@uj.edu.pl</t>
   </si>
   <si>
     <t>Ośrodek Biomedycyny i Nauk Interdyscyplinarnych</t>
   </si>
   <si>
     <t>Sonata BIS</t>
   </si>
   <si>
-    <t>Centrum Rozwoju Terapii Chorób Cywilizacyjnych i Związanych z Wiekiem</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">OPI </t>
   </si>
   <si>
     <t>https://opi.org.pl/</t>
   </si>
   <si>
     <t>https://cdt-card.cm-uj.krakow.pl/pl/strona-glowna/o-projektach-2/o-projekcie-feng/</t>
   </si>
   <si>
     <t>2028-06-30</t>
   </si>
   <si>
     <t>33 936 081,66</t>
   </si>
   <si>
     <t>23 483 119,8</t>
   </si>
   <si>
     <t>dr inż. Magdalena Łopuszańska-Rusek</t>
   </si>
   <si>
     <t>12 433 27 65</t>
   </si>
   <si>
     <t>magdalena.lopuszanska-rusek@uj.edu.pl.</t>
@@ -1736,179 +1835,149 @@
   <si>
     <t>2024-07-01</t>
   </si>
   <si>
     <t>Warstwy bioaktywne z przeznaczeniem do celów farmaceutycznych</t>
   </si>
   <si>
     <t>374 800,06 PLN</t>
   </si>
   <si>
     <t>Prof. dr hab. Przemysław Dorożyński</t>
   </si>
   <si>
     <t>przemyslaw.dorozynski@uj.edu.pl</t>
   </si>
   <si>
     <t>12 433 2798</t>
   </si>
   <si>
     <t>Zakład Chemii Nieorganicznej</t>
   </si>
   <si>
     <t>Doktorat wdrożeniowy 2024</t>
   </si>
   <si>
-    <t>Special Needs by Placebo: Programme to Advise, Normalize And Control its European Administration</t>
-[...20 lines deleted...]
-    <t>marek.oleszczyk@uj.edu.pl</t>
+    <t>Telemedycznie Zintegrowane Polsko-Niemieckie Centrum Onkologii Dziecięcej w Euroregionie Pomerania 2.0 - zastosowanie i zbadanie innowacyjnych technologii</t>
+  </si>
+  <si>
+    <t>Wspólny Sekretariat INTERREG VIA</t>
+  </si>
+  <si>
+    <t>https://www.interreg6a.net/pl/</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>2027-03-31</t>
+  </si>
+  <si>
+    <t>2 591 981,96 €</t>
+  </si>
+  <si>
+    <t>137 944,40 €</t>
+  </si>
+  <si>
+    <t>dr Aleksandra Wieczorek</t>
+  </si>
+  <si>
+    <t>12 333 92 21</t>
+  </si>
+  <si>
+    <t>a.wieczorek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Konrad Kuliński</t>
+  </si>
+  <si>
+    <t>Klinika Onkologii i Hematologii Dziecięcej</t>
+  </si>
+  <si>
+    <t>INTERREG VIA INT01/2023 – wszystkie priorytety</t>
+  </si>
+  <si>
+    <t>Utworzenie i wsparcie funkcjonowania branżowego centrum umiejętności (BCU) w dziedzinie opieki medycznej w Zespole Jednostek Edukacyjnych Województwa Małopolskiego w Krakowie</t>
+  </si>
+  <si>
+    <t>FRSE</t>
+  </si>
+  <si>
+    <t>https://www.zjewm.krakow.pl/projekty-unijne/branzowe-centrum-umiejetnosci/</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>11 620 487,23 zł</t>
+  </si>
+  <si>
+    <t>465 500,00 zł</t>
+  </si>
+  <si>
+    <t>Dr hab. Iwona Bodys-Cupak, prof. UJ</t>
+  </si>
+  <si>
+    <t>126 336 259</t>
+  </si>
+  <si>
+    <t>i.bodys-cupak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Iwona Wcisło</t>
+  </si>
+  <si>
+    <t>13 433 27 98</t>
+  </si>
+  <si>
+    <t>Pracownia Teorii i Podstaw Pielęgniarstwa Instytut Pielęgniarstwa i Położnictwa, Instytut Pielęgniarstwa i Położnictwa</t>
+  </si>
+  <si>
+    <t>konkurs&amp;quot; Utworzenie i wsparcie funkcjonowania 120 branżowych centrów umiejętności (BCU), realizujących koncepcję centrów doskonałości zawodowej (CoVEs)&amp;quot; nabór 2022. Krajowego Planu Odbudowy i Zwiększania Odporności</t>
+  </si>
+  <si>
+    <t>Nowa metoda przesiewowej diagnostyki tętniaka tętnicy środkowej mózgu - analiza sygnału przezczaszkowej ultrasonografii dopplerowskiej z zastosowaniem metod sztucznej inteligencji</t>
+  </si>
+  <si>
+    <t>2023-04-01</t>
+  </si>
+  <si>
+    <t>2026-04-01</t>
+  </si>
+  <si>
+    <t>1 215 875,00 zł</t>
+  </si>
+  <si>
+    <t>dr Roger Krzyżewski</t>
+  </si>
+  <si>
+    <t>roger.krzyzewski@uj.edu.pl</t>
   </si>
   <si>
     <t>Barbara Sporek</t>
   </si>
   <si>
-    <t>13 433 27 98</t>
-[...100 lines deleted...]
-  <si>
     <t>12 433 27 98</t>
   </si>
   <si>
     <t>LIDER XIII</t>
   </si>
   <si>
     <t>Zastosowanie farmakometrii do oceny nieliniowości farmakokinetyki i efektu autoinhibicji w procesie rozwoju leku</t>
   </si>
   <si>
     <t>MEiN</t>
   </si>
   <si>
     <t>2022-10-01</t>
   </si>
   <si>
     <t>324 077,36 zł</t>
   </si>
   <si>
     <t>dr hab. Maria Walczak, prof. UJ</t>
   </si>
   <si>
     <t>12 620-56-31</t>
   </si>
   <si>
     <t>maria.walczak@uj.edu.pl</t>
@@ -2000,737 +2069,719 @@
   <si>
     <t>Priorytetowy Obszar Badawczy qLIFE w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
   </si>
   <si>
     <t>https://qlife.cm-uj.krakow.pl/</t>
   </si>
   <si>
     <t>2023-03-01</t>
   </si>
   <si>
     <t>178 623,80 zł</t>
   </si>
   <si>
     <t>prof. dr hab. Magdalena Kostkiewicz</t>
   </si>
   <si>
     <t>magdalena.kostkiewicz@uj.edu.pl</t>
   </si>
   <si>
     <t>Klinika Chorób Serca i Naczyń</t>
   </si>
   <si>
     <t>Konkurs #14 - Dofinansowanie kosztów stypendium doktoranckiego dla doktorantów realizujących program doktorski w Szkole Doktorskiej Nauk Medycznych i Nauk o Zdrowiu UJ CM</t>
   </si>
   <si>
-    <t>Ligandy receptora H3 histaminowego jako nadzieja w terapii chorób neurodegeneracyjnych</t>
-[...2 lines deleted...]
-    <t>169 207,48 zł</t>
+    <t>Farmakologiczna modulacja autofagii w chorobie zapalnej serca</t>
+  </si>
+  <si>
+    <t>170 704,13 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Małgorzata Tyszka – Czochara</t>
+  </si>
+  <si>
+    <t>malgorzata.tyszka-czochara@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Bromatologii</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE (ID.UJ)</t>
+  </si>
+  <si>
+    <t>2020-01-01</t>
+  </si>
+  <si>
+    <t>468 504 720,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centrum Zarządzania Projektami UJ CM </t>
+  </si>
+  <si>
+    <t>Program „Inicjatywa doskonałości – uczelnia badawcza” (IDUB)</t>
+  </si>
+  <si>
+    <t>Opracowanie metodologii obrazowania oraz badania funkcji naczyń mózgowych w warunkach fizjologicznych oraz w przebiegu schorzeń neurologicznych</t>
+  </si>
+  <si>
+    <t>555 555,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dr Bartosz Pomierny </t>
+  </si>
+  <si>
+    <t>Zakład Biochemii Toksykologicznej</t>
+  </si>
+  <si>
+    <t>Konkurs #16 - Finansowanie projektów badawczych we współpracy międzynarodowej</t>
+  </si>
+  <si>
+    <t>Czy wirtualny trening równowagi może zastapić klasyczny? Wpływ systematycznych ćwiczeń równowagi na mikroarchitektonikę istoty białej mózgu i profil ekspresji genów u osób starszych</t>
+  </si>
+  <si>
+    <t>330 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr Jadwiga Kubica</t>
+  </si>
+  <si>
+    <t>jadwiga.kubica@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Fizjoterapii</t>
+  </si>
+  <si>
+    <t>Czy nowe ligandy receptora 1 związanego z aminami śladowymi (TAAR1) mogą być skuteczne w walce z cukrzycą i otyłością?</t>
+  </si>
+  <si>
+    <t>545 540,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Magdalena Kotańska</t>
+  </si>
+  <si>
+    <t>magda.dudek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Wstępnych Badań Farmakologicznych</t>
+  </si>
+  <si>
+    <t>Rola modyfikacji potranslacyjnej: cytrulinacji w regulacji różnicowania fibroblastów błony zewnętrznej tętnic (AFs) oraz mięśni gładkich naczyń (VSMCs) do miofibroblastów w miażdżycy</t>
+  </si>
+  <si>
+    <t>430 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Aneta Stachowicz</t>
+  </si>
+  <si>
+    <t>aneta.stachowicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Farmakologii</t>
+  </si>
+  <si>
+    <t>Program Strategiczny Inicjatywa Doskonałości na Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/web/nauka/program-inicjatywa-doskonalosci--uczelnia-badawcza</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Wojciech Macyk</t>
+  </si>
+  <si>
+    <t>biuro.id@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Aneta Łapczuk</t>
+  </si>
+  <si>
+    <t>(12) 663 30 24</t>
+  </si>
+  <si>
+    <t>Centrum Wsparcia Projektów UJ</t>
+  </si>
+  <si>
+    <t>Innowacje w edukacji i praktyce medycznej (InnoWMed) – Podnoszenie kompetencji kadr medycznych w zakresie edukacji, medycyny translacyjnej, technik obliczeniowych, technik wizualizacji 3D z elementami Sztucznej Inteligencji</t>
+  </si>
+  <si>
+    <t>Agencja Badań Medycznych ABM</t>
+  </si>
+  <si>
+    <t>https://abm.gov.pl/</t>
+  </si>
+  <si>
+    <t>https://www.mckp.uj.edu.pl/studiaabm/</t>
+  </si>
+  <si>
+    <t>4 351 254,64 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Barbara Gryglewska</t>
+  </si>
+  <si>
+    <t>12 400 29 00</t>
+  </si>
+  <si>
+    <t>barbara.gryglewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Agnieszka Widawska</t>
+  </si>
+  <si>
+    <t>12 433 27 93</t>
+  </si>
+  <si>
+    <t>a.widawska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika i Katedra Chorób Wewnętrznych i Geriatrii</t>
+  </si>
+  <si>
+    <t>Konkurs na opracowanie i realizację autorskiego programu studiów podyplomowych z zakresu nauk biomedycznych ABM/2023/6</t>
+  </si>
+  <si>
+    <t>Ocena skuteczności i bezpieczeństwa stosowania jodowych w środków kontrastowych w mammografii spektralnej w korelacji z badaniem rezonansu magnetycznego piersi u chorych z podejrzeniem raka piersi</t>
+  </si>
+  <si>
+    <t>2029-05-31</t>
+  </si>
+  <si>
+    <t>12 401 918,20 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Elżbieta Łuczyńska, prof. UJ</t>
+  </si>
+  <si>
+    <t>12 634 33 97 WEW.25</t>
+  </si>
+  <si>
+    <t>elzbieta.luczynska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Natalia Dziewońska</t>
+  </si>
+  <si>
+    <t>519 307 933</t>
+  </si>
+  <si>
+    <t>natalia.dziewonska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Elektroradiologii</t>
+  </si>
+  <si>
+    <t>Konkurs na badania head-to-head w zakresie niekomercyjnych badań klinicznych lub eksperymentów badawczych ABM/2022/3</t>
+  </si>
+  <si>
+    <t>The effect of noradrenaline infusion versus standard blood pressure management on perioperative HYPotension in NOncaRdiac surgery (HYP-NOR trial). The HYP-NOR randomised, controlled, parallel-group trial will address the following question: is per...</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>7 807 521,20 zł</t>
+  </si>
+  <si>
+    <t>Dominika Gryszówka</t>
+  </si>
+  <si>
+    <t>532 409 117</t>
+  </si>
+  <si>
+    <t>dominika.gryszowka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Wieloośrodkowe, kontrolowane, randomizowane badanie kliniczne porównujące skuteczność auto- i allogenicznych mezenchymalnych komórek stromalnych w gojeniu przetok odbytu powstałych w przebiegu choroby Leśniowskiego i Crohna</t>
+  </si>
+  <si>
+    <t>2022-08-01</t>
+  </si>
+  <si>
+    <t>2028-07-30</t>
+  </si>
+  <si>
+    <t>12 554 850,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Wałęga</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 257-83-21, 12 633-19-95</t>
+  </si>
+  <si>
+    <t>piotr.walega@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;amp;quot;Klinika Chirurgii Ogólnej, Onkologicznej i Geriatrycznej III Katedra Chirurgii Ogólnej&amp;amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Konkurs na niekomercyjne badania kliniczne ABM/2022/1</t>
+  </si>
+  <si>
+    <t>Zastosowanie terapii tandemowej LutaPol/ItraPol (177Lu/90Y-DOTATATE) jako skutecznego narzędzia w leczeniu nowotworów neuroendokrynnych</t>
+  </si>
+  <si>
+    <t>2020-06-15</t>
+  </si>
+  <si>
+    <t>2026-06-15</t>
+  </si>
+  <si>
+    <t>16 225.166,35 zł</t>
+  </si>
+  <si>
+    <t>458 562,96 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Alicja Hubalewska-Dydejczyk</t>
+  </si>
+  <si>
+    <t>572 337 659</t>
+  </si>
+  <si>
+    <t>Klinika i Katedra Endokrynologii</t>
+  </si>
+  <si>
+    <t>Konkurs na działalność badawczo – rozwojową w zakresie niekomercyjnych badań klinicznych ABM/2019/1</t>
+  </si>
+  <si>
+    <t>Immunoterapia z zastosowaniem dinutuksymabu beta skojarzona z chemioterapią w leczeniu pacjentów z neuroblastoma pierwotnie opornym na leczenie standardowe oraz ze wznową lub progresją choroby</t>
+  </si>
+  <si>
+    <t>Głównym celem badania jest ocena bezpieczeństwa podawania przeciwciał anty-GD2 w połączeniu z konwencjonalną chemioterapią oraz wstępna ocena skuteczności terapii.</t>
+  </si>
+  <si>
+    <t>2021-01-01</t>
+  </si>
+  <si>
+    <t>17 168 744,64 zł</t>
+  </si>
+  <si>
+    <t>958 435,04 zł</t>
+  </si>
+  <si>
+    <t>prof. dr. hab. Walentyna Balwierz</t>
+  </si>
+  <si>
+    <t>12 333 92 20, 12 333 92 21</t>
+  </si>
+  <si>
+    <t>walentyna.balwierz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Beata Michalak</t>
+  </si>
+  <si>
+    <t>512 749 452</t>
+  </si>
+  <si>
+    <t>beata.michalak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;amp;quot;Klinika Onkologii i Hematologii Dziecięcej Instytut Pediatrii&amp;amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Konkurs na działalność badawczo – rozwojową w zakresie niekomercyjnych badań klinicznych ABM/2020/1</t>
+  </si>
+  <si>
+    <t>Przedoperacyjna chemioterapia dootrzewnowa w hipertermii uzupełniająca leczenie skojarzone w zaawansowanym raku żołądka z wysokim ryzykiem nawrotu otrzewnowego – badanie wieloośrodkowe  z randomizacją</t>
+  </si>
+  <si>
+    <t>https://chimera.cm-uj.krakow.pl/</t>
+  </si>
+  <si>
+    <t>2020-07-01</t>
+  </si>
+  <si>
+    <t>9 640 999,72 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Richter</t>
+  </si>
+  <si>
+    <t>12 400 24 00</t>
+  </si>
+  <si>
+    <t>piotr.richter@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;quot;Klinika Chirurgii Ogólnej, Onkologicznej i Gastroenterologicznej I Katedra Chirurgii Ogólnej&amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Ivabradine for PREVENTion of Myocardial Injury after Noncardiac Surgery (MINS) – PREVENT-MINS Trial</t>
+  </si>
+  <si>
+    <t>16 968.518,00 zł</t>
+  </si>
+  <si>
+    <t>Innowacyjny model predykcyjny dla skuteczności leczenia atopowego zapalenia skóry dupilumabem</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.gov.pl/ </t>
+  </si>
+  <si>
+    <t>2023-08-28</t>
+  </si>
+  <si>
+    <t>2026-11-27</t>
+  </si>
+  <si>
+    <t>239 948,00 zł</t>
+  </si>
+  <si>
+    <t>Przemysław Hałubiec</t>
+  </si>
+  <si>
+    <t>12 424 86 62</t>
+  </si>
+  <si>
+    <t>przemyslaw.halubiec@student.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Dermatologii</t>
+  </si>
+  <si>
+    <t>Perły Nauki</t>
+  </si>
+  <si>
+    <t>Dysfunkcja naczyń krwionośnych po chemioterapii neoadjuwantowej raka gruczołu sutkowego. Znaczenie stanu menopauzalnego i estrogenów</t>
+  </si>
+  <si>
+    <t>2024-07-10</t>
+  </si>
+  <si>
+    <t>2027-10-09</t>
+  </si>
+  <si>
+    <t>1 996 246,00 zł</t>
+  </si>
+  <si>
+    <t>dr Piotr Szczepaniak</t>
+  </si>
+  <si>
+    <t>12 630 48 22</t>
+  </si>
+  <si>
+    <t>piotr.szczepaniak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chorób Wewnętrznych i Medycyny Wsi</t>
+  </si>
+  <si>
+    <t>Alfa-mannozydazy szlaku N-glikozylacji białek w komórkach nabłonkowych przewodu pokarmowego. Badania nad ich rolą w modulowaniu glikomu oraz przepuszczalności bariery jelitowej w warunkach fizjologicznych i pod presją stanu zapalnego</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>2029-04-17</t>
+  </si>
+  <si>
+    <t>4 064 186,00 zł</t>
+  </si>
+  <si>
+    <t>dr Paweł Link-Lenczowski</t>
+  </si>
+  <si>
+    <t>12 634 33 97 wew. 33</t>
+  </si>
+  <si>
+    <t>p.link-lenczowski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Fizjologii Medycznej</t>
+  </si>
+  <si>
+    <t>SONATA BIS 12</t>
+  </si>
+  <si>
+    <t>Czy nanocząstki metali wpływają na biosyntezę bioaktywnych metabolitów roślinnych? - badania na modelu kultur in vitro gatunków z rodziny Brassicaceae o działaniu prozdrowotnym</t>
+  </si>
+  <si>
+    <t>2024-01-19</t>
+  </si>
+  <si>
+    <t>2029-01-18</t>
+  </si>
+  <si>
+    <t>1 223 520,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Agnieszka Szopa</t>
+  </si>
+  <si>
+    <t>12 620 54 30</t>
+  </si>
+  <si>
+    <t>a.szopa@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 25</t>
+  </si>
+  <si>
+    <t>Identyfikacja kluczowych dysfunkcji morfologicznych,proteomicznych i genomicznych ludzkiego węzła przedsionkowo-komorowego w niewydolności serca</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>2028-10-29</t>
+  </si>
+  <si>
+    <t>3 554 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Mateusz Hołda</t>
+  </si>
+  <si>
+    <t>12 422-95-11</t>
+  </si>
+  <si>
+    <t>mk.holda@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Anatomii</t>
+  </si>
+  <si>
+    <t>Pierwsze w swojej klasie dualne modulatory kinaz nekroptozy i receptora 5-HT6 jako nowatorskie podejście w opracowaniu skutecznej terapii chorób neurodegeneracyjnych z defektem kognitywnym</t>
+  </si>
+  <si>
+    <t>2028-07-09</t>
+  </si>
+  <si>
+    <t>3 088 400,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Jadwiga Handzlik</t>
+  </si>
+  <si>
+    <t>j.handzlik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 26</t>
+  </si>
+  <si>
+    <t>Określenie wpływu czynnika transkrypcyjnego SNAIL1 na biologię nowotworowych komórek macierzystych w modelu mięsaka prążkowanokomórkowego</t>
+  </si>
+  <si>
+    <t>2023-06-27</t>
+  </si>
+  <si>
+    <t>2028-06-26</t>
+  </si>
+  <si>
+    <t>3 024 990,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Marcin Majka</t>
+  </si>
+  <si>
+    <t>marcin.majka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Modulacja N-glikozylacji jako narzędzie zwiększające skuteczność terapii CAR-T</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>2028-06-19</t>
+  </si>
+  <si>
+    <t>3 075 728,00 zł</t>
+  </si>
+  <si>
+    <t>278 404,00 zł</t>
+  </si>
+  <si>
+    <t>Nieokreślona rola białka Dickkopf-related protein 1 (DKK1) pochodzącego z płytek krwi w patomechanizmie spondyloartropatii osiowej (axSpA)</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>2028-01-31</t>
+  </si>
+  <si>
+    <t>1 815 340,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Maciej Siedlar</t>
+  </si>
+  <si>
+    <t>maciej.siedlar@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 23</t>
+  </si>
+  <si>
+    <t>Aminokwasy wśród biomarkerów ciśnienia krwi - wnioskowanie przyczynowe z użyciem metod genetycznych, epidemiologicznych i molekularnych</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NCN </t>
+  </si>
+  <si>
+    <t>2023-01-16</t>
+  </si>
+  <si>
+    <t>2028-01-15</t>
+  </si>
+  <si>
+    <t>1 423 740,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Mateusz Siedliński</t>
+  </si>
+  <si>
+    <t>mateusz.siedlinski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Rola komórek śródbłonka w rozwoju pozapalnej kardiomiopatii rozstrzeniowej</t>
+  </si>
+  <si>
+    <t>2023-10-01</t>
+  </si>
+  <si>
+    <t>688 080,00 zł</t>
+  </si>
+  <si>
+    <t>Prof.dr hab. Przemysław Błyszczuk, prof. UJ</t>
+  </si>
+  <si>
+    <t>PRELUDIUM BIS 3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Właściwości skrzepu fibrynowego u pacjentów z całkowitą lub częściową niewydolnością oddechową w trakcie kwalifikacji oraz po 3 miesiącach przewlekłej długotrwałej suplementacji tlenu lub nieinwazyjnej wentylacji mechanicznej w warunkach domowych </t>
+  </si>
+  <si>
+    <t>498 960,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Michał Ząbczyk</t>
+  </si>
+  <si>
+    <t>12 614-30-04</t>
+  </si>
+  <si>
+    <t>michal.zabczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Chorób Zatorowo-Zakrzepowych</t>
+  </si>
+  <si>
+    <t>PRELUDIUM BIS 5</t>
+  </si>
+  <si>
+    <t>Anatomia oponowych połączeń tętnic mózgowych w aspekcie krążenia obocznego w udarze niedokrwiennym</t>
+  </si>
+  <si>
+    <t>2023-08-29</t>
+  </si>
+  <si>
+    <t>2027-08-29</t>
+  </si>
+  <si>
+    <t>239 800,00 zł</t>
+  </si>
+  <si>
+    <t>Karolina Brzegowy-Solewska</t>
+  </si>
+  <si>
+    <t>karolina.brzegowy@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Mikrobiom zatok przynosowych - dynamika czasowa i zmiany spowodowane przez selektywną presję antybiotykową</t>
+  </si>
+  <si>
+    <t>2024-07-30</t>
+  </si>
+  <si>
+    <t>2027-07-29</t>
+  </si>
+  <si>
+    <t>1 901 858,00 zł</t>
+  </si>
+  <si>
+    <t>dr Joanna Szaleniec</t>
+  </si>
+  <si>
+    <t>12 400 27 50</t>
+  </si>
+  <si>
+    <t>joanna.szaleniec@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Otolaryngologii</t>
+  </si>
+  <si>
+    <t>Zastosowanie mikrosystemów Cell-on-a-chip do badań przebiegu oraz monitorowania leczenia obwodowych chorób demielinizacyjnych o podłożu autoimmunizacyjnym</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>2027-07-23</t>
+  </si>
+  <si>
+    <t>1 839 028,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 443 348,00 zł </t>
+  </si>
+  <si>
+    <t>dr Marzena Lenart</t>
+  </si>
+  <si>
+    <t>m.lenart@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Badania nad aktywnością przeciwzapalną ligandów GPR18 oraz ich udziałem w modulacji fenotypów mikrogleju - nowego celu terapii stanów zapalnych ośrodkowego układu nerwowego</t>
+  </si>
+  <si>
+    <t>2022-07-18</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>1 996 530,00 zł</t>
   </si>
   <si>
     <t>dr hab. Dorota Łażewska</t>
   </si>
   <si>
     <t>dorota.lazewska@uj.edu.pl</t>
   </si>
   <si>
-    <t>Zakład Technologii i Biotechnologii Środków Leczniczych</t>
-[...673 lines deleted...]
-  <si>
     <t>Katedra Technologii Chemicznej i Biotechnologii Leków</t>
   </si>
   <si>
     <t>OPUS 22</t>
   </si>
   <si>
     <t>Rozwój i różnicowanie populacji mieloidalnych komórek supresorowych „wczesnego stadium” (e-MDSCs) w raku jelita grubego – rola anemii</t>
   </si>
   <si>
     <t>2023-07-14</t>
   </si>
   <si>
     <t>2027-07-13</t>
   </si>
   <si>
     <t>2 080 100,00 zł</t>
   </si>
   <si>
     <t>1 520 120,00 zł</t>
   </si>
   <si>
     <t>dr hab. Jarosław Baran, prof. UJ</t>
   </si>
   <si>
     <t>jarek.baran@uj.edu.pl</t>
@@ -3302,71 +3353,50 @@
   <si>
     <t>https://kcpu.gov.pl/</t>
   </si>
   <si>
     <t>2022-05-01</t>
   </si>
   <si>
     <t>785 000,00 zł</t>
   </si>
   <si>
     <t>dr hab. Barbara Bętkowska-Korpała, prof. UJ</t>
   </si>
   <si>
     <t>12 400 12 36</t>
   </si>
   <si>
     <t>barbara.betkowska-korpala@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Psychiatrii</t>
   </si>
   <si>
     <t>Narodowy Program Zdrowia 2021-2025</t>
   </si>
   <si>
-    <t>Multimodalna analiza mikrostruktury ludzkich zastawek aortalnych na kolejnych etapach ich degeneracji wapniowej</t>
-[...19 lines deleted...]
-  <si>
     <t>Determinanty akceptacji i gotowości wykorzystania aplikacji e-zdrowia i technologii Zdrowia 4.0 w polskim społeczeństwie</t>
   </si>
   <si>
     <t>2022-11-02</t>
   </si>
   <si>
     <t>2026-11-01</t>
   </si>
   <si>
     <t>698 450,00 zł</t>
   </si>
   <si>
     <t>Rola wysiłku fizycznego i osi mięśnie szkieletowe-tkanka tłuszczowa w rozwoju przełyku Barretta i raka gruczołowego przełyku</t>
   </si>
   <si>
     <t>2021-02-15</t>
   </si>
   <si>
     <t>2026-02-14</t>
   </si>
   <si>
     <t>2 181 600,00 zł</t>
   </si>
   <si>
     <t>prof. dr hab. Tomasz Brzozowski</t>
@@ -3623,120 +3653,96 @@
   <si>
     <t>Ocena wpływu dysfunkcji mikrokrążenia na zmiany przepływu w miokardium w przebiegu pomostowania aortalno-wieńcowego oraz przepływ w pomoście wieńcowym u pacjentów z cukrzycą</t>
   </si>
   <si>
     <t>2024-07-11</t>
   </si>
   <si>
     <t>2026-01-10</t>
   </si>
   <si>
     <t>44 000,00 zł</t>
   </si>
   <si>
     <t>dr hab. Jacek Piątek</t>
   </si>
   <si>
     <t>12 614-32-03</t>
   </si>
   <si>
     <t xml:space="preserve">jacek.piatek@uj.edu.pl </t>
   </si>
   <si>
     <t>Klinika Chirurgii Serca, Naczyń i Transplantologii</t>
   </si>
   <si>
-    <t>Kompleksowa identyfikacja gatunków dermatofitów innych niż Trichophyton rubrum</t>
-[...19 lines deleted...]
-  <si>
     <t>Ligandy wielofunkcyjne szansą na zatrzymanie błędnego koła tauopatii i procesów neurozapalnych w chorobie Alzheimera: poszukiwanie dualnych inhibitorw kinaz GSK-3 beta i IKK beta</t>
   </si>
   <si>
     <t>2020-04-10</t>
   </si>
   <si>
     <t>2026-04-09</t>
   </si>
   <si>
     <t>2 414 780,00 zł</t>
   </si>
   <si>
     <t>dr hab. Anna Więckowska, prof. UJ</t>
   </si>
   <si>
     <t>Modulacja szlaków molekularnych przez farmakologiczny mitochondrialny donor siarkowodoru w procesie gojenia przewlekłych wrzodów błony śluzowej żołądka</t>
   </si>
   <si>
     <t>2021-02-11</t>
   </si>
   <si>
     <t>2026-02-10</t>
   </si>
   <si>
     <t>dr Dagmara Wójcik-Grzybek</t>
   </si>
   <si>
     <t>dagmara1.wojcik@uj.edu.pl</t>
   </si>
   <si>
     <t>Preludium 19</t>
   </si>
   <si>
     <t>Częstość występowania otyłości monogenowej wśród polskich dzieci i młodzieży z otyłością olbrzymią. Polsko-Niemieckie badanie kliniczne i genetyczne</t>
   </si>
   <si>
     <t>1 842 280,00 zł</t>
   </si>
   <si>
     <t xml:space="preserve">1 305 920,00 zł </t>
   </si>
   <si>
     <t>dr hab. Małgorzata Wójcik, prof. UJ (konsorcjum)</t>
   </si>
   <si>
     <t>malgorzata.wojcik@uj.edu.pl</t>
-  </si>
-[...1 lines deleted...]
-    <t>Katedra Pediatrii</t>
   </si>
   <si>
     <t xml:space="preserve"> Badania metabolomiczne i proteomiczne w połączeniu z nowoczesnymi technikami obrazowania rezonansem magnetycznym w poszukiwaniu mechanizmów uszkodzenia mózgu u noworodków urodzonych przedwcześnie i w fizjologicznym terminie porodu</t>
   </si>
   <si>
     <t>1 268 460,00 zł</t>
   </si>
   <si>
     <t xml:space="preserve">prof. dr hab. Przemko Kwinta </t>
   </si>
   <si>
     <t>przemko.kwinta@uj.edu.pl</t>
   </si>
   <si>
     <t>Wpływ i mechanizm działania układu laktoperaksydazowego zmodyfikowanego przez zastosowanie niefizjologicznych substratów na biofilmy kariogenne</t>
   </si>
   <si>
     <t>2022-01-26</t>
   </si>
   <si>
     <t>2026-01-25</t>
   </si>
   <si>
     <t>209 990,00 zł</t>
   </si>
@@ -4293,51 +4299,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R172"/>
+  <dimension ref="A1:R174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -4368,8930 +4374,9036 @@
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1"/>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
-      <c r="H2" t="s">
+      <c r="H2">
+        <v>49999</v>
+      </c>
+      <c r="I2">
+        <v>49999</v>
+      </c>
+      <c r="J2" t="s">
         <v>22</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>23</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>24</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>25</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>26</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>27</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>28</v>
       </c>
-      <c r="P2" t="s">
+      <c r="R2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
       </c>
       <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3">
+        <v>49999</v>
+      </c>
+      <c r="I3">
+        <v>49999</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3" t="s">
         <v>32</v>
       </c>
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>33</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
         <v>34</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="P3" t="s">
         <v>35</v>
       </c>
-      <c r="K3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R3" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4">
+        <v>49544</v>
+      </c>
+      <c r="I4">
+        <v>49544</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
         <v>33</v>
       </c>
-      <c r="H4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="O4" t="s">
+        <v>34</v>
+      </c>
+      <c r="P4" t="s">
         <v>40</v>
       </c>
-      <c r="P4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R4" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="I5" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="N5" t="s">
+      <c r="O5" t="s">
         <v>27</v>
       </c>
-      <c r="O5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="R5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+      <c r="I6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L6" t="s">
         <v>51</v>
       </c>
-      <c r="C6" t="s">
+      <c r="M6" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P6" t="s">
         <v>52</v>
       </c>
-      <c r="D6" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="R6" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:18">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F7" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="G7" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="H7" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="I7" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="J7" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="K7" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="N7" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P7" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="R7" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="D8" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" t="s">
+        <v>65</v>
+      </c>
+      <c r="H8" t="s">
         <v>66</v>
       </c>
-      <c r="G8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I8" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="J8" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="M8" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="O8" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="R8" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="D9" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="G9" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="H9" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="J9" t="s">
-        <v>97</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="L9" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="M9" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="O9" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="R9" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>102</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="G10" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="H10" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="I10" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="J10" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="K10" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="L10" t="s">
-        <v>107</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="O10" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="R10" t="s">
-        <v>110</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D11" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F11" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="G11" t="s">
-        <v>113</v>
+        <v>65</v>
       </c>
       <c r="H11" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="I11" t="s">
-        <v>115</v>
+        <v>93</v>
       </c>
       <c r="J11" t="s">
-        <v>116</v>
+        <v>67</v>
       </c>
       <c r="K11" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="L11" t="s">
-        <v>118</v>
+        <v>69</v>
       </c>
       <c r="M11" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="N11" t="s">
+        <v>71</v>
+      </c>
+      <c r="O11" t="s">
+        <v>72</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+      <c r="R11" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="C12" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>121</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="F12" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="G12" t="s">
-        <v>124</v>
+        <v>97</v>
       </c>
       <c r="H12" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="I12" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="J12" t="s">
-        <v>127</v>
+        <v>99</v>
       </c>
       <c r="K12" t="s">
-        <v>128</v>
+        <v>100</v>
       </c>
       <c r="L12" t="s">
-        <v>129</v>
+        <v>101</v>
       </c>
       <c r="M12" t="s">
-        <v>130</v>
+        <v>33</v>
       </c>
       <c r="N12" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="O12" t="s">
-        <v>132</v>
+        <v>34</v>
       </c>
       <c r="P12" t="s">
-        <v>133</v>
+        <v>103</v>
       </c>
       <c r="R12" t="s">
-        <v>134</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>135</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>137</v>
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
       </c>
       <c r="F13" t="s">
-        <v>138</v>
+        <v>105</v>
       </c>
       <c r="G13" t="s">
-        <v>139</v>
+        <v>106</v>
       </c>
       <c r="H13" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="I13" t="s">
-        <v>141</v>
+        <v>108</v>
       </c>
       <c r="J13" t="s">
-        <v>142</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
-        <v>143</v>
+        <v>110</v>
       </c>
       <c r="L13" t="s">
-        <v>144</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
-        <v>145</v>
+        <v>25</v>
       </c>
       <c r="N13" t="s">
-        <v>146</v>
+        <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>85</v>
+        <v>27</v>
       </c>
       <c r="P13" t="s">
-        <v>147</v>
+        <v>112</v>
       </c>
       <c r="R13" t="s">
-        <v>148</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>149</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>52</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>116</v>
       </c>
       <c r="F14" t="s">
-        <v>150</v>
+        <v>105</v>
       </c>
       <c r="G14" t="s">
-        <v>151</v>
+        <v>117</v>
       </c>
       <c r="H14" t="s">
-        <v>152</v>
+        <v>118</v>
       </c>
       <c r="I14" t="s">
-        <v>152</v>
+        <v>118</v>
       </c>
       <c r="J14" t="s">
-        <v>153</v>
+        <v>119</v>
       </c>
       <c r="K14" t="s">
-        <v>154</v>
+        <v>120</v>
       </c>
       <c r="L14" t="s">
-        <v>155</v>
+        <v>121</v>
       </c>
       <c r="M14" t="s">
-        <v>156</v>
+        <v>122</v>
       </c>
       <c r="N14" t="s">
-        <v>157</v>
+        <v>123</v>
       </c>
       <c r="O14" t="s">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="P14" t="s">
-        <v>159</v>
+        <v>125</v>
       </c>
       <c r="R14" t="s">
-        <v>77</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>160</v>
+        <v>127</v>
       </c>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>128</v>
       </c>
       <c r="D15" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>129</v>
       </c>
       <c r="F15" t="s">
-        <v>161</v>
+        <v>105</v>
       </c>
       <c r="G15" t="s">
-        <v>162</v>
+        <v>130</v>
       </c>
       <c r="H15" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="I15" t="s">
-        <v>163</v>
+        <v>132</v>
       </c>
       <c r="J15" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="K15" t="s">
-        <v>164</v>
+        <v>134</v>
       </c>
       <c r="L15" t="s">
-        <v>165</v>
+        <v>135</v>
       </c>
       <c r="M15" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
-        <v>166</v>
+        <v>123</v>
       </c>
       <c r="O15" t="s">
-        <v>75</v>
+        <v>124</v>
       </c>
       <c r="P15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="R15" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>168</v>
+        <v>138</v>
       </c>
       <c r="C16" t="s">
-        <v>52</v>
+        <v>128</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>129</v>
       </c>
       <c r="F16" t="s">
-        <v>169</v>
+        <v>64</v>
       </c>
       <c r="G16" t="s">
-        <v>170</v>
+        <v>139</v>
       </c>
       <c r="H16" t="s">
-        <v>171</v>
+        <v>140</v>
       </c>
       <c r="I16" t="s">
-        <v>171</v>
+        <v>141</v>
       </c>
       <c r="J16" t="s">
-        <v>172</v>
+        <v>142</v>
       </c>
       <c r="K16" t="s">
-        <v>173</v>
+        <v>134</v>
       </c>
       <c r="L16" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="M16" t="s">
-        <v>73</v>
+        <v>144</v>
       </c>
       <c r="N16" t="s">
-        <v>175</v>
+        <v>71</v>
       </c>
       <c r="O16" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="P16" t="s">
-        <v>176</v>
+        <v>145</v>
       </c>
       <c r="R16" t="s">
-        <v>177</v>
+        <v>146</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>178</v>
+        <v>147</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E17" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F17" t="s">
-        <v>179</v>
+        <v>148</v>
       </c>
       <c r="G17" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="H17" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="I17" t="s">
-        <v>181</v>
+        <v>151</v>
       </c>
       <c r="J17" t="s">
-        <v>182</v>
+        <v>152</v>
       </c>
       <c r="K17" t="s">
-        <v>183</v>
+        <v>153</v>
       </c>
       <c r="L17" t="s">
-        <v>184</v>
+        <v>154</v>
       </c>
       <c r="M17" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N17" t="s">
-        <v>185</v>
+        <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P17" t="s">
-        <v>186</v>
+        <v>103</v>
       </c>
       <c r="R17" t="s">
-        <v>177</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>156</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>157</v>
       </c>
       <c r="E18" t="s">
-        <v>53</v>
+        <v>158</v>
       </c>
       <c r="F18" t="s">
-        <v>188</v>
+        <v>159</v>
       </c>
       <c r="G18" t="s">
-        <v>189</v>
+        <v>160</v>
       </c>
       <c r="H18" t="s">
-        <v>190</v>
+        <v>161</v>
       </c>
       <c r="I18" t="s">
-        <v>190</v>
+        <v>162</v>
       </c>
       <c r="J18" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="K18" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="L18" t="s">
-        <v>193</v>
+        <v>165</v>
       </c>
       <c r="M18" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="N18" t="s">
-        <v>185</v>
+        <v>167</v>
       </c>
       <c r="O18" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="P18" t="s">
-        <v>194</v>
+        <v>169</v>
       </c>
       <c r="R18" t="s">
-        <v>64</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>195</v>
+        <v>171</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>172</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>173</v>
       </c>
       <c r="F19" t="s">
-        <v>196</v>
+        <v>174</v>
       </c>
       <c r="G19" t="s">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="H19" t="s">
-        <v>198</v>
+        <v>176</v>
       </c>
       <c r="I19" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="J19" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="K19" t="s">
-        <v>201</v>
+        <v>179</v>
       </c>
       <c r="L19" t="s">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="M19" t="s">
-        <v>156</v>
+        <v>181</v>
       </c>
       <c r="N19" t="s">
-        <v>203</v>
+        <v>182</v>
       </c>
       <c r="O19" t="s">
-        <v>158</v>
+        <v>121</v>
       </c>
       <c r="P19" t="s">
-        <v>204</v>
+        <v>183</v>
       </c>
       <c r="R19" t="s">
-        <v>205</v>
+        <v>184</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>206</v>
+        <v>185</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F20" t="s">
-        <v>207</v>
+        <v>186</v>
       </c>
       <c r="G20" t="s">
-        <v>208</v>
+        <v>187</v>
       </c>
       <c r="H20" t="s">
-        <v>209</v>
+        <v>188</v>
       </c>
       <c r="I20" t="s">
-        <v>209</v>
+        <v>188</v>
       </c>
       <c r="J20" t="s">
-        <v>210</v>
+        <v>189</v>
       </c>
       <c r="K20" t="s">
-        <v>211</v>
+        <v>190</v>
       </c>
       <c r="L20" t="s">
-        <v>212</v>
+        <v>191</v>
       </c>
       <c r="M20" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="N20" t="s">
-        <v>74</v>
+        <v>193</v>
       </c>
       <c r="O20" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="P20" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="R20" t="s">
-        <v>205</v>
+        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F21" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="G21" t="s">
-        <v>215</v>
-[...5 lines deleted...]
-        <v>49500</v>
+        <v>198</v>
+      </c>
+      <c r="H21" t="s">
+        <v>199</v>
+      </c>
+      <c r="I21" t="s">
+        <v>199</v>
       </c>
       <c r="J21" t="s">
-        <v>216</v>
+        <v>163</v>
       </c>
       <c r="K21" t="s">
-        <v>217</v>
+        <v>200</v>
       </c>
       <c r="L21" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="M21" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N21" t="s">
-        <v>74</v>
+        <v>202</v>
       </c>
       <c r="O21" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P21" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="R21" t="s">
-        <v>64</v>
+        <v>203</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>219</v>
+        <v>204</v>
       </c>
       <c r="C22" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F22" t="s">
-        <v>188</v>
+        <v>205</v>
       </c>
       <c r="G22" t="s">
-        <v>215</v>
-[...5 lines deleted...]
-        <v>46750</v>
+        <v>206</v>
+      </c>
+      <c r="H22" t="s">
+        <v>207</v>
+      </c>
+      <c r="I22" t="s">
+        <v>207</v>
       </c>
       <c r="J22" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
       <c r="K22" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="L22" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="M22" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N22" t="s">
-        <v>74</v>
+        <v>211</v>
       </c>
       <c r="O22" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P22" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="R22" t="s">
-        <v>64</v>
+        <v>213</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E23" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F23" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="G23" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="H23" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="I23" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="J23" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="K23" t="s">
-        <v>201</v>
+        <v>219</v>
       </c>
       <c r="L23" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="M23" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="N23" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="O23" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="P23" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="R23" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="C24" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F24" t="s">
+        <v>224</v>
+      </c>
+      <c r="G24" t="s">
         <v>225</v>
       </c>
-      <c r="G24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H24" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="I24" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="J24" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="K24" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="L24" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="M24" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="N24" t="s">
-        <v>74</v>
+        <v>221</v>
       </c>
       <c r="O24" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="P24" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="R24" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>231</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>232</v>
+      </c>
+      <c r="G25" t="s">
+        <v>233</v>
+      </c>
+      <c r="H25" t="s">
+        <v>234</v>
+      </c>
+      <c r="I25" t="s">
+        <v>235</v>
+      </c>
+      <c r="J25" t="s">
+        <v>236</v>
+      </c>
+      <c r="K25" t="s">
+        <v>237</v>
+      </c>
+      <c r="L25" t="s">
+        <v>238</v>
+      </c>
+      <c r="M25" t="s">
+        <v>192</v>
+      </c>
+      <c r="N25" t="s">
         <v>239</v>
       </c>
-      <c r="C25" t="s">
+      <c r="O25" t="s">
+        <v>194</v>
+      </c>
+      <c r="P25" t="s">
         <v>240</v>
       </c>
-      <c r="D25" t="s">
+      <c r="R25" t="s">
         <v>241</v>
-      </c>
-[...34 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="C26" t="s">
-        <v>240</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F26" t="s">
+        <v>243</v>
+      </c>
+      <c r="G26" t="s">
+        <v>244</v>
+      </c>
+      <c r="H26" t="s">
+        <v>245</v>
+      </c>
+      <c r="I26" t="s">
+        <v>245</v>
+      </c>
+      <c r="J26" t="s">
+        <v>246</v>
+      </c>
+      <c r="K26" t="s">
+        <v>247</v>
+      </c>
+      <c r="L26" t="s">
+        <v>248</v>
+      </c>
+      <c r="M26" t="s">
+        <v>33</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>34</v>
+      </c>
+      <c r="P26" t="s">
+        <v>249</v>
+      </c>
+      <c r="R26" t="s">
         <v>241</v>
-      </c>
-[...34 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
       <c r="F27" t="s">
-        <v>262</v>
+        <v>224</v>
       </c>
       <c r="G27" t="s">
-        <v>263</v>
-[...5 lines deleted...]
-        <v>264</v>
+        <v>251</v>
+      </c>
+      <c r="H27">
+        <v>49500</v>
+      </c>
+      <c r="I27">
+        <v>49500</v>
       </c>
       <c r="J27" t="s">
-        <v>35</v>
+        <v>252</v>
       </c>
       <c r="K27" t="s">
-        <v>36</v>
+        <v>253</v>
       </c>
       <c r="L27" t="s">
-        <v>37</v>
+        <v>254</v>
       </c>
       <c r="M27" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>124332798</v>
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="P27" t="s">
-        <v>41</v>
+        <v>212</v>
       </c>
       <c r="R27" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="C28" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E28" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F28" t="s">
-        <v>266</v>
+        <v>224</v>
       </c>
       <c r="G28" t="s">
-        <v>267</v>
-[...5 lines deleted...]
-        <v>268</v>
+        <v>251</v>
+      </c>
+      <c r="H28">
+        <v>46750</v>
+      </c>
+      <c r="I28">
+        <v>46750</v>
       </c>
       <c r="J28" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>126205436</v>
+        <v>256</v>
+      </c>
+      <c r="K28" t="s">
+        <v>257</v>
       </c>
       <c r="L28" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
       <c r="M28" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="N28" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P28" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="R28" t="s">
-        <v>272</v>
+        <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>273</v>
+        <v>260</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>274</v>
+        <v>19</v>
       </c>
       <c r="E29" t="s">
-        <v>275</v>
+        <v>19</v>
       </c>
       <c r="F29" t="s">
-        <v>276</v>
+        <v>261</v>
       </c>
       <c r="G29" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="H29" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="I29" t="s">
-        <v>279</v>
+        <v>264</v>
       </c>
       <c r="J29" t="s">
-        <v>280</v>
+        <v>265</v>
       </c>
       <c r="K29" t="s">
-        <v>281</v>
+        <v>237</v>
       </c>
       <c r="L29" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="M29" t="s">
-        <v>283</v>
+        <v>192</v>
       </c>
       <c r="N29" t="s">
-        <v>284</v>
+        <v>267</v>
       </c>
       <c r="O29" t="s">
-        <v>285</v>
+        <v>194</v>
       </c>
       <c r="P29" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="R29" t="s">
-        <v>286</v>
+        <v>241</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="C30" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F30" t="s">
-        <v>288</v>
+        <v>261</v>
       </c>
       <c r="G30" t="s">
-        <v>289</v>
-[...5 lines deleted...]
-        <v>4524980</v>
+        <v>269</v>
+      </c>
+      <c r="H30" t="s">
+        <v>270</v>
+      </c>
+      <c r="I30" t="s">
+        <v>270</v>
       </c>
       <c r="J30" t="s">
-        <v>290</v>
+        <v>271</v>
       </c>
       <c r="K30" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
       <c r="L30" t="s">
-        <v>292</v>
+        <v>273</v>
       </c>
       <c r="M30" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="N30" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="P30" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
       <c r="R30" t="s">
-        <v>294</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>295</v>
+        <v>275</v>
       </c>
       <c r="C31" t="s">
-        <v>296</v>
+        <v>276</v>
+      </c>
+      <c r="D31" t="s">
+        <v>277</v>
       </c>
       <c r="F31" t="s">
-        <v>297</v>
+        <v>278</v>
       </c>
       <c r="G31" t="s">
-        <v>139</v>
+        <v>279</v>
       </c>
       <c r="H31" t="s">
-        <v>298</v>
+        <v>280</v>
       </c>
       <c r="I31" t="s">
-        <v>298</v>
+        <v>281</v>
       </c>
       <c r="J31" t="s">
-        <v>299</v>
+        <v>282</v>
       </c>
       <c r="K31" t="s">
-        <v>300</v>
+        <v>283</v>
       </c>
       <c r="L31" t="s">
-        <v>301</v>
+        <v>284</v>
       </c>
       <c r="M31" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>124332798</v>
+        <v>119</v>
+      </c>
+      <c r="N31" t="s">
+        <v>285</v>
       </c>
       <c r="O31" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="P31" t="s">
-        <v>303</v>
+        <v>286</v>
       </c>
       <c r="R31" t="s">
-        <v>304</v>
+        <v>287</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>305</v>
+        <v>288</v>
       </c>
       <c r="C32" t="s">
+        <v>276</v>
+      </c>
+      <c r="D32" t="s">
+        <v>277</v>
+      </c>
+      <c r="F32" t="s">
+        <v>289</v>
+      </c>
+      <c r="G32" t="s">
+        <v>290</v>
+      </c>
+      <c r="H32" t="s">
+        <v>291</v>
+      </c>
+      <c r="I32" t="s">
+        <v>292</v>
+      </c>
+      <c r="J32" t="s">
+        <v>293</v>
+      </c>
+      <c r="K32" t="s">
+        <v>294</v>
+      </c>
+      <c r="L32" t="s">
+        <v>295</v>
+      </c>
+      <c r="M32" t="s">
+        <v>119</v>
+      </c>
+      <c r="N32" t="s">
+        <v>285</v>
+      </c>
+      <c r="O32" t="s">
+        <v>121</v>
+      </c>
+      <c r="P32" t="s">
         <v>296</v>
       </c>
-      <c r="F32" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R32" t="s">
-        <v>304</v>
+        <v>287</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>312</v>
+        <v>297</v>
       </c>
       <c r="C33" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>314</v>
+        <v>62</v>
       </c>
       <c r="F33" t="s">
-        <v>262</v>
+        <v>298</v>
       </c>
       <c r="G33" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="H33" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="I33" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="J33" t="s">
-        <v>318</v>
+        <v>79</v>
       </c>
       <c r="K33" t="s">
-        <v>319</v>
+        <v>80</v>
       </c>
       <c r="L33" t="s">
-        <v>320</v>
+        <v>81</v>
       </c>
       <c r="M33" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>82</v>
+      </c>
+      <c r="N33">
+        <v>124332798</v>
       </c>
       <c r="O33" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="P33" t="s">
-        <v>322</v>
+        <v>85</v>
       </c>
       <c r="R33" t="s">
-        <v>323</v>
+        <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>324</v>
+        <v>301</v>
       </c>
       <c r="C34" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>325</v>
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>19</v>
       </c>
       <c r="F34" t="s">
-        <v>326</v>
+        <v>302</v>
       </c>
       <c r="G34" t="s">
-        <v>327</v>
+        <v>303</v>
       </c>
       <c r="H34" t="s">
-        <v>328</v>
+        <v>304</v>
       </c>
       <c r="I34" t="s">
-        <v>329</v>
+        <v>304</v>
       </c>
       <c r="J34" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>305</v>
+      </c>
+      <c r="K34">
+        <v>126205436</v>
       </c>
       <c r="L34" t="s">
-        <v>332</v>
+        <v>306</v>
       </c>
       <c r="M34" t="s">
-        <v>333</v>
+        <v>25</v>
       </c>
       <c r="N34" t="s">
-        <v>334</v>
+        <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>335</v>
+        <v>27</v>
       </c>
       <c r="P34" t="s">
-        <v>336</v>
+        <v>307</v>
       </c>
       <c r="R34" t="s">
-        <v>337</v>
+        <v>308</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>338</v>
+        <v>309</v>
       </c>
       <c r="C35" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D35" t="s">
-        <v>53</v>
+        <v>310</v>
       </c>
       <c r="E35" t="s">
-        <v>53</v>
+        <v>311</v>
       </c>
       <c r="F35" t="s">
-        <v>339</v>
+        <v>312</v>
       </c>
       <c r="G35" t="s">
-        <v>267</v>
-[...5 lines deleted...]
-        <v>209023</v>
+        <v>313</v>
+      </c>
+      <c r="H35" t="s">
+        <v>314</v>
+      </c>
+      <c r="I35" t="s">
+        <v>315</v>
       </c>
       <c r="J35" t="s">
-        <v>340</v>
+        <v>316</v>
       </c>
       <c r="K35" t="s">
-        <v>341</v>
+        <v>317</v>
       </c>
       <c r="L35" t="s">
-        <v>342</v>
+        <v>318</v>
       </c>
       <c r="M35" t="s">
-        <v>60</v>
+        <v>319</v>
       </c>
       <c r="N35" t="s">
-        <v>74</v>
+        <v>320</v>
       </c>
       <c r="O35" t="s">
-        <v>62</v>
+        <v>321</v>
       </c>
       <c r="P35" t="s">
-        <v>343</v>
+        <v>259</v>
       </c>
       <c r="R35" t="s">
-        <v>272</v>
+        <v>322</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>344</v>
+        <v>323</v>
       </c>
       <c r="C36" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E36" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F36" t="s">
-        <v>345</v>
+        <v>324</v>
       </c>
       <c r="G36" t="s">
-        <v>346</v>
-[...5 lines deleted...]
-        <v>347</v>
+        <v>325</v>
+      </c>
+      <c r="H36">
+        <v>4524980</v>
+      </c>
+      <c r="I36">
+        <v>4524980</v>
       </c>
       <c r="J36" t="s">
-        <v>348</v>
+        <v>326</v>
       </c>
       <c r="K36" t="s">
-        <v>349</v>
+        <v>327</v>
       </c>
       <c r="L36" t="s">
-        <v>350</v>
+        <v>328</v>
       </c>
       <c r="M36" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N36" t="s">
-        <v>185</v>
+        <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P36" t="s">
-        <v>351</v>
+        <v>329</v>
       </c>
       <c r="R36" t="s">
-        <v>177</v>
+        <v>330</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>352</v>
+        <v>331</v>
       </c>
       <c r="C37" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>53</v>
+        <v>332</v>
       </c>
       <c r="F37" t="s">
-        <v>353</v>
+        <v>333</v>
       </c>
       <c r="G37" t="s">
-        <v>354</v>
-[...5 lines deleted...]
-        <v>2932800</v>
+        <v>175</v>
+      </c>
+      <c r="H37" t="s">
+        <v>334</v>
+      </c>
+      <c r="I37" t="s">
+        <v>334</v>
       </c>
       <c r="J37" t="s">
-        <v>355</v>
+        <v>335</v>
       </c>
       <c r="K37" t="s">
-        <v>356</v>
+        <v>336</v>
       </c>
       <c r="L37" t="s">
-        <v>357</v>
+        <v>337</v>
       </c>
       <c r="M37" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>338</v>
+      </c>
+      <c r="N37">
+        <v>124332798</v>
       </c>
       <c r="O37" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="P37" t="s">
-        <v>358</v>
+        <v>339</v>
       </c>
       <c r="R37" t="s">
-        <v>359</v>
+        <v>340</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>360</v>
+        <v>341</v>
       </c>
       <c r="C38" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>53</v>
+        <v>332</v>
       </c>
       <c r="F38" t="s">
-        <v>353</v>
+        <v>333</v>
       </c>
       <c r="G38" t="s">
-        <v>361</v>
+        <v>175</v>
       </c>
       <c r="H38" t="s">
-        <v>362</v>
+        <v>342</v>
       </c>
       <c r="I38" t="s">
-        <v>362</v>
+        <v>342</v>
       </c>
       <c r="J38" t="s">
-        <v>363</v>
+        <v>343</v>
       </c>
       <c r="K38" t="s">
-        <v>364</v>
+        <v>344</v>
       </c>
       <c r="L38" t="s">
-        <v>365</v>
+        <v>345</v>
       </c>
       <c r="M38" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="N38" t="s">
-        <v>175</v>
+        <v>346</v>
       </c>
       <c r="O38" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="P38" t="s">
-        <v>366</v>
+        <v>347</v>
       </c>
       <c r="R38" t="s">
-        <v>367</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>368</v>
+        <v>348</v>
       </c>
       <c r="C39" t="s">
-        <v>52</v>
+        <v>156</v>
       </c>
       <c r="D39" t="s">
-        <v>53</v>
+        <v>349</v>
       </c>
       <c r="E39" t="s">
-        <v>53</v>
+        <v>350</v>
       </c>
       <c r="F39" t="s">
+        <v>298</v>
+      </c>
+      <c r="G39" t="s">
+        <v>351</v>
+      </c>
+      <c r="H39" t="s">
+        <v>352</v>
+      </c>
+      <c r="I39" t="s">
         <v>353</v>
       </c>
-      <c r="G39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>369</v>
+        <v>354</v>
       </c>
       <c r="K39" t="s">
-        <v>370</v>
+        <v>355</v>
       </c>
       <c r="L39" t="s">
-        <v>371</v>
+        <v>356</v>
       </c>
       <c r="M39" t="s">
-        <v>73</v>
+        <v>166</v>
       </c>
       <c r="N39" t="s">
-        <v>175</v>
+        <v>357</v>
       </c>
       <c r="O39" t="s">
-        <v>75</v>
+        <v>168</v>
       </c>
       <c r="P39" t="s">
-        <v>372</v>
+        <v>358</v>
       </c>
       <c r="R39" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>360</v>
+      </c>
+      <c r="C40" t="s">
+        <v>156</v>
+      </c>
+      <c r="D40" t="s">
+        <v>361</v>
+      </c>
+      <c r="F40" t="s">
+        <v>362</v>
+      </c>
+      <c r="G40" t="s">
+        <v>363</v>
+      </c>
+      <c r="H40" t="s">
+        <v>364</v>
+      </c>
+      <c r="I40" t="s">
+        <v>365</v>
+      </c>
+      <c r="J40" t="s">
+        <v>366</v>
+      </c>
+      <c r="K40" t="s">
+        <v>367</v>
+      </c>
+      <c r="L40" t="s">
+        <v>368</v>
+      </c>
+      <c r="M40" t="s">
+        <v>369</v>
+      </c>
+      <c r="N40" t="s">
+        <v>370</v>
+      </c>
+      <c r="O40" t="s">
+        <v>371</v>
+      </c>
+      <c r="P40" t="s">
+        <v>372</v>
+      </c>
+      <c r="R40" t="s">
         <v>373</v>
-      </c>
-[...43 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="C41" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E41" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F41" t="s">
-        <v>353</v>
+        <v>375</v>
       </c>
       <c r="G41" t="s">
-        <v>380</v>
-[...5 lines deleted...]
-        <v>381</v>
+        <v>303</v>
+      </c>
+      <c r="H41">
+        <v>209023</v>
+      </c>
+      <c r="I41">
+        <v>209023</v>
       </c>
       <c r="J41" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="K41" t="s">
-        <v>383</v>
+        <v>50</v>
       </c>
       <c r="L41" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="M41" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="N41" t="s">
-        <v>175</v>
+        <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P41" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="R41" t="s">
-        <v>367</v>
+        <v>308</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>379</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>19</v>
+      </c>
+      <c r="F42" t="s">
+        <v>380</v>
+      </c>
+      <c r="G42" t="s">
+        <v>381</v>
+      </c>
+      <c r="H42" t="s">
+        <v>382</v>
+      </c>
+      <c r="I42" t="s">
+        <v>382</v>
+      </c>
+      <c r="J42" t="s">
+        <v>383</v>
+      </c>
+      <c r="K42" t="s">
+        <v>384</v>
+      </c>
+      <c r="L42" t="s">
+        <v>385</v>
+      </c>
+      <c r="M42" t="s">
+        <v>192</v>
+      </c>
+      <c r="N42" t="s">
+        <v>221</v>
+      </c>
+      <c r="O42" t="s">
+        <v>194</v>
+      </c>
+      <c r="P42" t="s">
         <v>386</v>
       </c>
-      <c r="C42" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="R42" t="s">
-        <v>367</v>
+        <v>213</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>387</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" t="s">
+        <v>19</v>
+      </c>
+      <c r="F43" t="s">
+        <v>388</v>
+      </c>
+      <c r="G43" t="s">
+        <v>389</v>
+      </c>
+      <c r="H43">
+        <v>2932800</v>
+      </c>
+      <c r="I43">
+        <v>2932800</v>
+      </c>
+      <c r="J43" t="s">
+        <v>390</v>
+      </c>
+      <c r="K43" t="s">
+        <v>391</v>
+      </c>
+      <c r="L43" t="s">
         <v>392</v>
       </c>
-      <c r="C43" t="s">
-[...20 lines deleted...]
-      <c r="J43" t="s">
+      <c r="M43" t="s">
+        <v>25</v>
+      </c>
+      <c r="N43" t="s">
+        <v>211</v>
+      </c>
+      <c r="O43" t="s">
+        <v>27</v>
+      </c>
+      <c r="P43" t="s">
         <v>393</v>
       </c>
-      <c r="K43" t="s">
-[...2 lines deleted...]
-      <c r="L43" t="s">
+      <c r="R43" t="s">
         <v>394</v>
-      </c>
-[...13 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>395</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>19</v>
+      </c>
+      <c r="F44" t="s">
+        <v>388</v>
+      </c>
+      <c r="G44" t="s">
         <v>396</v>
       </c>
-      <c r="C44" t="s">
-[...18 lines deleted...]
-        <v>49500</v>
+      <c r="H44" t="s">
+        <v>397</v>
+      </c>
+      <c r="I44" t="s">
+        <v>397</v>
       </c>
       <c r="J44" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="K44" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="L44" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="M44" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N44" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O44" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P44" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="R44" t="s">
-        <v>367</v>
+        <v>402</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C45" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E45" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F45" t="s">
-        <v>353</v>
+        <v>388</v>
       </c>
       <c r="G45" t="s">
-        <v>361</v>
+        <v>396</v>
       </c>
       <c r="H45">
         <v>49500</v>
       </c>
       <c r="I45">
         <v>49500</v>
       </c>
       <c r="J45" t="s">
+        <v>404</v>
+      </c>
+      <c r="K45" t="s">
+        <v>405</v>
+      </c>
+      <c r="L45" t="s">
+        <v>406</v>
+      </c>
+      <c r="M45" t="s">
+        <v>25</v>
+      </c>
+      <c r="N45" t="s">
+        <v>211</v>
+      </c>
+      <c r="O45" t="s">
+        <v>27</v>
+      </c>
+      <c r="P45" t="s">
+        <v>407</v>
+      </c>
+      <c r="R45" t="s">
         <v>402</v>
-      </c>
-[...19 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C46" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E46" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F46" t="s">
-        <v>353</v>
+        <v>388</v>
       </c>
       <c r="G46" t="s">
-        <v>361</v>
-[...5 lines deleted...]
-        <v>49830</v>
+        <v>396</v>
+      </c>
+      <c r="H46" t="s">
+        <v>409</v>
+      </c>
+      <c r="I46" t="s">
+        <v>409</v>
       </c>
       <c r="J46" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="K46" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="L46" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="M46" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N46" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O46" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P46" t="s">
-        <v>63</v>
+        <v>413</v>
       </c>
       <c r="R46" t="s">
-        <v>367</v>
+        <v>402</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C47" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E47" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F47" t="s">
-        <v>353</v>
+        <v>388</v>
       </c>
       <c r="G47" t="s">
-        <v>361</v>
+        <v>415</v>
       </c>
       <c r="H47" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="I47" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="J47" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="K47" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="L47" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="M47" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
       <c r="N47" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O47" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
       <c r="P47" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="R47" t="s">
-        <v>367</v>
+        <v>402</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C48" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E48" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F48" t="s">
-        <v>161</v>
+        <v>388</v>
       </c>
       <c r="G48" t="s">
-        <v>417</v>
+        <v>396</v>
       </c>
       <c r="H48" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="I48" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="J48" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="K48" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="L48" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="M48" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="N48" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O48" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P48" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="R48" t="s">
-        <v>423</v>
+        <v>402</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C49" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E49" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F49" t="s">
-        <v>425</v>
+        <v>388</v>
       </c>
       <c r="G49" t="s">
-        <v>426</v>
-[...5 lines deleted...]
-        <v>427</v>
+        <v>396</v>
+      </c>
+      <c r="H49">
+        <v>49634</v>
+      </c>
+      <c r="I49">
+        <v>49634</v>
       </c>
       <c r="J49" t="s">
         <v>428</v>
       </c>
       <c r="K49" t="s">
+        <v>411</v>
+      </c>
+      <c r="L49" t="s">
         <v>429</v>
       </c>
-      <c r="L49" t="s">
+      <c r="M49" t="s">
+        <v>25</v>
+      </c>
+      <c r="N49" t="s">
+        <v>211</v>
+      </c>
+      <c r="O49" t="s">
+        <v>27</v>
+      </c>
+      <c r="P49" t="s">
         <v>430</v>
       </c>
-      <c r="M49" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R49" t="s">
-        <v>432</v>
+        <v>402</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>431</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>19</v>
+      </c>
+      <c r="E50" t="s">
+        <v>19</v>
+      </c>
+      <c r="F50" t="s">
+        <v>388</v>
+      </c>
+      <c r="G50" t="s">
+        <v>396</v>
+      </c>
+      <c r="H50">
+        <v>49500</v>
+      </c>
+      <c r="I50">
+        <v>49500</v>
+      </c>
+      <c r="J50" t="s">
+        <v>432</v>
+      </c>
+      <c r="K50" t="s">
         <v>433</v>
       </c>
-      <c r="C50" t="s">
+      <c r="L50" t="s">
         <v>434</v>
       </c>
-      <c r="D50" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M50" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
       <c r="N50" t="s">
-        <v>87</v>
+        <v>211</v>
       </c>
       <c r="O50" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="P50" t="s">
-        <v>443</v>
+        <v>28</v>
       </c>
       <c r="R50" t="s">
-        <v>444</v>
+        <v>402</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="C51" t="s">
-        <v>446</v>
+        <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>447</v>
+        <v>19</v>
+      </c>
+      <c r="E51" t="s">
+        <v>19</v>
       </c>
       <c r="F51" t="s">
-        <v>448</v>
+        <v>388</v>
       </c>
       <c r="G51" t="s">
-        <v>449</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>396</v>
+      </c>
+      <c r="H51">
+        <v>49500</v>
+      </c>
+      <c r="I51">
+        <v>49500</v>
       </c>
       <c r="J51" t="s">
-        <v>451</v>
+        <v>436</v>
       </c>
       <c r="K51" t="s">
-        <v>183</v>
+        <v>437</v>
       </c>
       <c r="L51" t="s">
-        <v>452</v>
+        <v>438</v>
       </c>
       <c r="M51" t="s">
-        <v>283</v>
+        <v>33</v>
       </c>
       <c r="N51" t="s">
-        <v>284</v>
+        <v>211</v>
       </c>
       <c r="O51" t="s">
-        <v>285</v>
+        <v>34</v>
       </c>
       <c r="P51" t="s">
-        <v>453</v>
+        <v>439</v>
       </c>
       <c r="R51" t="s">
-        <v>454</v>
+        <v>402</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>273</v>
+        <v>440</v>
       </c>
       <c r="C52" t="s">
-        <v>455</v>
+        <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>447</v>
+        <v>19</v>
       </c>
       <c r="E52" t="s">
-        <v>275</v>
+        <v>19</v>
       </c>
       <c r="F52" t="s">
-        <v>276</v>
+        <v>388</v>
       </c>
       <c r="G52" t="s">
-        <v>277</v>
-[...5 lines deleted...]
-        <v>457</v>
+        <v>396</v>
+      </c>
+      <c r="H52">
+        <v>49830</v>
+      </c>
+      <c r="I52">
+        <v>49830</v>
       </c>
       <c r="J52" t="s">
-        <v>280</v>
+        <v>441</v>
       </c>
       <c r="K52" t="s">
-        <v>281</v>
+        <v>442</v>
       </c>
       <c r="L52" t="s">
-        <v>282</v>
+        <v>443</v>
       </c>
       <c r="M52" t="s">
-        <v>283</v>
+        <v>33</v>
       </c>
       <c r="N52" t="s">
-        <v>284</v>
+        <v>211</v>
       </c>
       <c r="O52" t="s">
-        <v>285</v>
+        <v>34</v>
       </c>
       <c r="P52" t="s">
-        <v>458</v>
+        <v>103</v>
       </c>
       <c r="R52" t="s">
-        <v>459</v>
+        <v>402</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>460</v>
+        <v>444</v>
       </c>
       <c r="C53" t="s">
-        <v>455</v>
+        <v>18</v>
       </c>
       <c r="D53" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" t="s">
+        <v>19</v>
+      </c>
+      <c r="F53" t="s">
+        <v>388</v>
+      </c>
+      <c r="G53" t="s">
+        <v>396</v>
+      </c>
+      <c r="H53" t="s">
+        <v>445</v>
+      </c>
+      <c r="I53" t="s">
+        <v>445</v>
+      </c>
+      <c r="J53" t="s">
+        <v>446</v>
+      </c>
+      <c r="K53" t="s">
         <v>447</v>
       </c>
-      <c r="E53" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L53" t="s">
-        <v>467</v>
+        <v>448</v>
       </c>
       <c r="M53" t="s">
-        <v>283</v>
+        <v>192</v>
       </c>
       <c r="N53" t="s">
-        <v>284</v>
+        <v>221</v>
       </c>
       <c r="O53" t="s">
-        <v>285</v>
+        <v>194</v>
       </c>
       <c r="P53" t="s">
-        <v>468</v>
+        <v>449</v>
       </c>
       <c r="R53" t="s">
-        <v>469</v>
+        <v>402</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>470</v>
+        <v>450</v>
       </c>
       <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>19</v>
+      </c>
+      <c r="F54" t="s">
+        <v>197</v>
+      </c>
+      <c r="G54" t="s">
+        <v>451</v>
+      </c>
+      <c r="H54" t="s">
+        <v>452</v>
+      </c>
+      <c r="I54" t="s">
+        <v>452</v>
+      </c>
+      <c r="J54" t="s">
+        <v>453</v>
+      </c>
+      <c r="K54" t="s">
+        <v>454</v>
+      </c>
+      <c r="L54" t="s">
         <v>455</v>
       </c>
-      <c r="D54" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M54" t="s">
-        <v>283</v>
+        <v>25</v>
       </c>
       <c r="N54" t="s">
-        <v>477</v>
+        <v>211</v>
       </c>
       <c r="O54" t="s">
-        <v>285</v>
+        <v>27</v>
       </c>
       <c r="P54" t="s">
-        <v>76</v>
+        <v>456</v>
       </c>
       <c r="R54" t="s">
-        <v>469</v>
+        <v>457</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>478</v>
+        <v>458</v>
       </c>
       <c r="C55" t="s">
-        <v>455</v>
+        <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>447</v>
+        <v>19</v>
       </c>
       <c r="E55" t="s">
-        <v>479</v>
+        <v>19</v>
       </c>
       <c r="F55" t="s">
-        <v>480</v>
+        <v>459</v>
       </c>
       <c r="G55" t="s">
-        <v>254</v>
+        <v>460</v>
       </c>
       <c r="H55" t="s">
-        <v>481</v>
+        <v>461</v>
       </c>
       <c r="I55" t="s">
-        <v>482</v>
+        <v>461</v>
       </c>
       <c r="J55" t="s">
-        <v>483</v>
+        <v>462</v>
       </c>
       <c r="K55" t="s">
-        <v>484</v>
+        <v>463</v>
       </c>
       <c r="L55" t="s">
-        <v>485</v>
+        <v>464</v>
       </c>
       <c r="M55" t="s">
-        <v>283</v>
+        <v>192</v>
       </c>
       <c r="N55" t="s">
-        <v>284</v>
+        <v>221</v>
       </c>
       <c r="O55" t="s">
-        <v>285</v>
+        <v>194</v>
       </c>
       <c r="P55" t="s">
-        <v>486</v>
+        <v>465</v>
       </c>
       <c r="R55" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>487</v>
+        <v>35</v>
       </c>
       <c r="C56" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="D56" t="s">
-        <v>447</v>
+        <v>468</v>
       </c>
       <c r="E56" t="s">
-        <v>488</v>
+        <v>469</v>
       </c>
       <c r="F56" t="s">
-        <v>489</v>
+        <v>64</v>
       </c>
       <c r="G56" t="s">
-        <v>490</v>
+        <v>470</v>
       </c>
       <c r="H56" t="s">
-        <v>491</v>
+        <v>471</v>
       </c>
       <c r="I56" t="s">
-        <v>492</v>
+        <v>472</v>
       </c>
       <c r="J56" t="s">
-        <v>493</v>
+        <v>473</v>
       </c>
       <c r="K56" t="s">
-        <v>494</v>
+        <v>474</v>
       </c>
       <c r="L56" t="s">
-        <v>495</v>
+        <v>475</v>
       </c>
       <c r="M56" t="s">
-        <v>283</v>
+        <v>122</v>
       </c>
       <c r="N56" t="s">
-        <v>284</v>
+        <v>123</v>
       </c>
       <c r="O56" t="s">
-        <v>285</v>
+        <v>124</v>
       </c>
       <c r="P56" t="s">
-        <v>496</v>
+        <v>476</v>
       </c>
       <c r="R56" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>497</v>
+        <v>478</v>
       </c>
       <c r="C57" t="s">
-        <v>455</v>
+        <v>479</v>
       </c>
       <c r="D57" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>480</v>
       </c>
       <c r="F57" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="G57" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="H57" t="s">
-        <v>499</v>
+        <v>483</v>
       </c>
       <c r="I57" t="s">
-        <v>500</v>
+        <v>483</v>
       </c>
       <c r="J57" t="s">
-        <v>465</v>
+        <v>484</v>
       </c>
       <c r="K57" t="s">
-        <v>466</v>
+        <v>219</v>
       </c>
       <c r="L57" t="s">
-        <v>467</v>
+        <v>485</v>
       </c>
       <c r="M57" t="s">
-        <v>283</v>
+        <v>319</v>
       </c>
       <c r="N57" t="s">
-        <v>284</v>
+        <v>320</v>
       </c>
       <c r="O57" t="s">
-        <v>285</v>
+        <v>321</v>
       </c>
       <c r="P57" t="s">
-        <v>468</v>
+        <v>486</v>
       </c>
       <c r="R57" t="s">
-        <v>469</v>
+        <v>487</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>501</v>
+        <v>309</v>
       </c>
       <c r="C58" t="s">
-        <v>455</v>
+        <v>488</v>
       </c>
       <c r="D58" t="s">
-        <v>447</v>
+        <v>480</v>
       </c>
       <c r="E58" t="s">
-        <v>502</v>
+        <v>311</v>
       </c>
       <c r="F58" t="s">
-        <v>503</v>
+        <v>312</v>
       </c>
       <c r="G58" t="s">
-        <v>504</v>
+        <v>313</v>
       </c>
       <c r="H58" t="s">
-        <v>505</v>
+        <v>489</v>
       </c>
       <c r="I58" t="s">
-        <v>506</v>
+        <v>490</v>
       </c>
       <c r="J58" t="s">
-        <v>507</v>
+        <v>316</v>
       </c>
       <c r="K58" t="s">
-        <v>508</v>
+        <v>317</v>
       </c>
       <c r="L58" t="s">
-        <v>509</v>
+        <v>318</v>
       </c>
       <c r="M58" t="s">
-        <v>283</v>
+        <v>319</v>
       </c>
       <c r="N58" t="s">
-        <v>284</v>
+        <v>320</v>
       </c>
       <c r="O58" t="s">
-        <v>285</v>
+        <v>321</v>
       </c>
       <c r="P58" t="s">
-        <v>510</v>
+        <v>491</v>
       </c>
       <c r="R58" t="s">
-        <v>469</v>
+        <v>492</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>511</v>
+        <v>493</v>
       </c>
       <c r="C59" t="s">
-        <v>455</v>
+        <v>488</v>
       </c>
       <c r="D59" t="s">
-        <v>447</v>
+        <v>480</v>
       </c>
       <c r="E59" t="s">
-        <v>512</v>
+        <v>494</v>
       </c>
       <c r="F59" t="s">
-        <v>513</v>
+        <v>312</v>
       </c>
       <c r="G59" t="s">
-        <v>263</v>
+        <v>495</v>
       </c>
       <c r="H59" t="s">
-        <v>514</v>
+        <v>496</v>
       </c>
       <c r="I59" t="s">
-        <v>515</v>
+        <v>497</v>
       </c>
       <c r="J59" t="s">
-        <v>451</v>
+        <v>498</v>
       </c>
       <c r="K59" t="s">
-        <v>183</v>
+        <v>499</v>
       </c>
       <c r="L59" t="s">
-        <v>452</v>
+        <v>500</v>
       </c>
       <c r="M59" t="s">
-        <v>283</v>
+        <v>319</v>
       </c>
       <c r="N59" t="s">
-        <v>284</v>
+        <v>320</v>
       </c>
       <c r="O59" t="s">
-        <v>285</v>
+        <v>321</v>
       </c>
       <c r="P59" t="s">
-        <v>453</v>
+        <v>501</v>
       </c>
       <c r="R59" t="s">
-        <v>516</v>
+        <v>502</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>517</v>
+        <v>503</v>
       </c>
       <c r="C60" t="s">
-        <v>455</v>
+        <v>488</v>
+      </c>
+      <c r="D60" t="s">
+        <v>480</v>
+      </c>
+      <c r="E60" t="s">
+        <v>504</v>
       </c>
       <c r="F60" t="s">
-        <v>242</v>
+        <v>312</v>
       </c>
       <c r="G60" t="s">
-        <v>518</v>
+        <v>495</v>
       </c>
       <c r="H60" t="s">
-        <v>519</v>
+        <v>505</v>
+      </c>
+      <c r="I60" t="s">
+        <v>506</v>
       </c>
       <c r="J60" t="s">
-        <v>520</v>
+        <v>507</v>
       </c>
       <c r="K60" t="s">
-        <v>521</v>
+        <v>508</v>
       </c>
       <c r="L60" t="s">
-        <v>522</v>
+        <v>509</v>
       </c>
       <c r="M60" t="s">
-        <v>523</v>
+        <v>319</v>
+      </c>
+      <c r="N60" t="s">
+        <v>510</v>
       </c>
       <c r="O60" t="s">
-        <v>524</v>
+        <v>321</v>
       </c>
       <c r="P60" t="s">
-        <v>415</v>
+        <v>112</v>
       </c>
       <c r="R60" t="s">
-        <v>525</v>
+        <v>502</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>526</v>
+        <v>511</v>
       </c>
       <c r="C61" t="s">
-        <v>527</v>
+        <v>488</v>
+      </c>
+      <c r="D61" t="s">
+        <v>480</v>
+      </c>
+      <c r="E61" t="s">
+        <v>512</v>
       </c>
       <c r="F61" t="s">
-        <v>242</v>
+        <v>513</v>
       </c>
       <c r="G61" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>290</v>
+      </c>
+      <c r="H61" t="s">
+        <v>514</v>
+      </c>
+      <c r="I61" t="s">
+        <v>515</v>
       </c>
       <c r="J61" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
       <c r="K61" t="s">
-        <v>529</v>
+        <v>517</v>
       </c>
       <c r="L61" t="s">
-        <v>530</v>
+        <v>518</v>
       </c>
       <c r="M61" t="s">
-        <v>523</v>
+        <v>319</v>
+      </c>
+      <c r="N61" t="s">
+        <v>320</v>
       </c>
       <c r="O61" t="s">
-        <v>524</v>
+        <v>321</v>
       </c>
       <c r="P61" t="s">
-        <v>510</v>
+        <v>519</v>
+      </c>
+      <c r="R61" t="s">
+        <v>502</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>531</v>
+        <v>520</v>
       </c>
       <c r="C62" t="s">
-        <v>532</v>
+        <v>488</v>
       </c>
       <c r="D62" t="s">
-        <v>533</v>
+        <v>480</v>
+      </c>
+      <c r="E62" t="s">
+        <v>521</v>
       </c>
       <c r="F62" t="s">
-        <v>242</v>
+        <v>522</v>
       </c>
       <c r="G62" t="s">
-        <v>124</v>
+        <v>523</v>
       </c>
       <c r="H62" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="I62" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="J62" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="K62" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="L62" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="M62" t="s">
-        <v>523</v>
+        <v>319</v>
+      </c>
+      <c r="N62" t="s">
+        <v>320</v>
       </c>
       <c r="O62" t="s">
-        <v>524</v>
+        <v>321</v>
       </c>
       <c r="P62" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="R62" t="s">
-        <v>525</v>
+        <v>502</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C63" t="s">
-        <v>455</v>
+        <v>488</v>
+      </c>
+      <c r="D63" t="s">
+        <v>480</v>
+      </c>
+      <c r="E63" t="s">
+        <v>531</v>
       </c>
       <c r="F63" t="s">
-        <v>242</v>
+        <v>522</v>
       </c>
       <c r="G63" t="s">
-        <v>490</v>
+        <v>523</v>
       </c>
       <c r="H63" t="s">
-        <v>541</v>
+        <v>532</v>
+      </c>
+      <c r="I63" t="s">
+        <v>533</v>
       </c>
       <c r="J63" t="s">
-        <v>536</v>
+        <v>498</v>
       </c>
       <c r="K63" t="s">
-        <v>537</v>
+        <v>499</v>
       </c>
       <c r="L63" t="s">
-        <v>538</v>
+        <v>500</v>
       </c>
       <c r="M63" t="s">
-        <v>523</v>
+        <v>319</v>
+      </c>
+      <c r="N63" t="s">
+        <v>320</v>
       </c>
       <c r="O63" t="s">
-        <v>524</v>
+        <v>321</v>
       </c>
       <c r="P63" t="s">
-        <v>539</v>
+        <v>501</v>
       </c>
       <c r="R63" t="s">
-        <v>525</v>
+        <v>502</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>534</v>
+      </c>
+      <c r="C64" t="s">
+        <v>488</v>
+      </c>
+      <c r="D64" t="s">
+        <v>480</v>
+      </c>
+      <c r="E64" t="s">
+        <v>535</v>
+      </c>
+      <c r="F64" t="s">
+        <v>536</v>
+      </c>
+      <c r="G64" t="s">
+        <v>537</v>
+      </c>
+      <c r="H64" t="s">
+        <v>538</v>
+      </c>
+      <c r="I64" t="s">
+        <v>539</v>
+      </c>
+      <c r="J64" t="s">
+        <v>540</v>
+      </c>
+      <c r="K64" t="s">
+        <v>541</v>
+      </c>
+      <c r="L64" t="s">
         <v>542</v>
       </c>
-      <c r="C64" t="s">
-[...2 lines deleted...]
-      <c r="D64" t="s">
+      <c r="M64" t="s">
+        <v>319</v>
+      </c>
+      <c r="N64" t="s">
+        <v>320</v>
+      </c>
+      <c r="O64" t="s">
+        <v>321</v>
+      </c>
+      <c r="P64" t="s">
         <v>543</v>
       </c>
-      <c r="F64" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R64" t="s">
-        <v>549</v>
+        <v>502</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="C65" t="s">
-        <v>52</v>
+        <v>488</v>
       </c>
       <c r="D65" t="s">
-        <v>53</v>
+        <v>480</v>
+      </c>
+      <c r="E65" t="s">
+        <v>545</v>
       </c>
       <c r="F65" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="G65" t="s">
-        <v>552</v>
+        <v>299</v>
       </c>
       <c r="H65" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="I65" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="J65" t="s">
-        <v>554</v>
+        <v>484</v>
       </c>
       <c r="K65" t="s">
-        <v>555</v>
+        <v>219</v>
       </c>
       <c r="L65" t="s">
-        <v>556</v>
+        <v>485</v>
       </c>
       <c r="M65" t="s">
-        <v>523</v>
+        <v>319</v>
+      </c>
+      <c r="N65" t="s">
+        <v>320</v>
       </c>
       <c r="O65" t="s">
-        <v>524</v>
+        <v>321</v>
       </c>
       <c r="P65" t="s">
-        <v>557</v>
+        <v>486</v>
       </c>
       <c r="R65" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="C66" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>488</v>
       </c>
       <c r="F66" t="s">
-        <v>560</v>
+        <v>278</v>
       </c>
       <c r="G66" t="s">
-        <v>490</v>
+        <v>551</v>
       </c>
       <c r="H66" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="J66" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="K66" t="s">
-        <v>211</v>
+        <v>554</v>
       </c>
       <c r="L66" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="M66" t="s">
-        <v>523</v>
+        <v>556</v>
       </c>
       <c r="O66" t="s">
-        <v>524</v>
+        <v>557</v>
       </c>
       <c r="P66" t="s">
-        <v>213</v>
+        <v>449</v>
       </c>
       <c r="R66" t="s">
-        <v>525</v>
+        <v>558</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="C67" t="s">
-        <v>527</v>
+        <v>560</v>
       </c>
       <c r="F67" t="s">
-        <v>566</v>
+        <v>278</v>
       </c>
       <c r="G67" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67">
         <v>0</v>
       </c>
       <c r="J67" t="s">
-        <v>528</v>
+        <v>561</v>
       </c>
       <c r="K67" t="s">
-        <v>529</v>
+        <v>562</v>
       </c>
       <c r="L67" t="s">
-        <v>530</v>
+        <v>563</v>
       </c>
       <c r="M67" t="s">
-        <v>523</v>
+        <v>556</v>
       </c>
       <c r="O67" t="s">
-        <v>524</v>
+        <v>557</v>
       </c>
       <c r="P67" t="s">
-        <v>510</v>
+        <v>543</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>564</v>
+      </c>
+      <c r="C68" t="s">
+        <v>565</v>
+      </c>
+      <c r="D68" t="s">
+        <v>566</v>
+      </c>
+      <c r="F68" t="s">
+        <v>278</v>
+      </c>
+      <c r="G68" t="s">
+        <v>160</v>
+      </c>
+      <c r="H68" t="s">
         <v>567</v>
-      </c>
-[...13 lines deleted...]
-        <v>568</v>
       </c>
       <c r="I68" t="s">
         <v>568</v>
       </c>
       <c r="J68" t="s">
         <v>569</v>
       </c>
       <c r="K68" t="s">
-        <v>364</v>
+        <v>570</v>
       </c>
       <c r="L68" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="M68" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="O68" t="s">
-        <v>40</v>
+        <v>557</v>
       </c>
       <c r="P68" t="s">
         <v>572</v>
       </c>
       <c r="R68" t="s">
-        <v>573</v>
+        <v>558</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>573</v>
+      </c>
+      <c r="C69" t="s">
+        <v>488</v>
+      </c>
+      <c r="F69" t="s">
+        <v>278</v>
+      </c>
+      <c r="G69" t="s">
+        <v>523</v>
+      </c>
+      <c r="H69" t="s">
         <v>574</v>
       </c>
-      <c r="C69" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="K69" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="L69" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="M69" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>556</v>
       </c>
       <c r="O69" t="s">
-        <v>28</v>
+        <v>557</v>
       </c>
       <c r="P69" t="s">
-        <v>584</v>
+        <v>572</v>
       </c>
       <c r="R69" t="s">
-        <v>585</v>
+        <v>558</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>586</v>
+        <v>575</v>
       </c>
       <c r="C70" t="s">
-        <v>587</v>
+        <v>115</v>
       </c>
       <c r="D70" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="F70" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
       <c r="G70" t="s">
-        <v>590</v>
+        <v>299</v>
       </c>
       <c r="H70" t="s">
-        <v>591</v>
+        <v>578</v>
       </c>
       <c r="I70" t="s">
-        <v>592</v>
+        <v>578</v>
       </c>
       <c r="J70" t="s">
-        <v>593</v>
+        <v>579</v>
       </c>
       <c r="K70" t="s">
-        <v>594</v>
+        <v>580</v>
       </c>
       <c r="L70" t="s">
-        <v>595</v>
+        <v>581</v>
       </c>
       <c r="M70" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>512749598</v>
+        <v>556</v>
       </c>
       <c r="O70" t="s">
-        <v>85</v>
+        <v>557</v>
       </c>
       <c r="P70" t="s">
-        <v>597</v>
+        <v>407</v>
       </c>
       <c r="R70" t="s">
-        <v>598</v>
+        <v>582</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>599</v>
+        <v>583</v>
       </c>
       <c r="C71" t="s">
-        <v>600</v>
+        <v>18</v>
       </c>
       <c r="D71" t="s">
-        <v>601</v>
+        <v>19</v>
       </c>
       <c r="F71" t="s">
-        <v>602</v>
+        <v>584</v>
       </c>
       <c r="G71" t="s">
-        <v>277</v>
+        <v>585</v>
       </c>
       <c r="H71" t="s">
-        <v>603</v>
+        <v>586</v>
       </c>
       <c r="I71" t="s">
-        <v>604</v>
+        <v>586</v>
       </c>
       <c r="J71" t="s">
-        <v>605</v>
+        <v>587</v>
       </c>
       <c r="K71" t="s">
-        <v>606</v>
+        <v>588</v>
       </c>
       <c r="L71" t="s">
-        <v>607</v>
+        <v>589</v>
       </c>
       <c r="M71" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>556</v>
       </c>
       <c r="O71" t="s">
-        <v>40</v>
+        <v>557</v>
       </c>
       <c r="P71" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="R71" t="s">
-        <v>610</v>
+        <v>591</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>611</v>
+        <v>592</v>
       </c>
       <c r="C72" t="s">
-        <v>92</v>
+        <v>565</v>
       </c>
       <c r="D72" t="s">
-        <v>93</v>
+        <v>566</v>
       </c>
       <c r="F72" t="s">
-        <v>612</v>
+        <v>593</v>
       </c>
       <c r="G72" t="s">
-        <v>613</v>
+        <v>523</v>
       </c>
       <c r="H72" t="s">
-        <v>614</v>
+        <v>594</v>
       </c>
       <c r="I72" t="s">
-        <v>614</v>
+        <v>595</v>
       </c>
       <c r="J72" t="s">
-        <v>615</v>
+        <v>596</v>
       </c>
       <c r="K72" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="L72" t="s">
-        <v>616</v>
+        <v>597</v>
       </c>
       <c r="M72" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>556</v>
       </c>
       <c r="O72" t="s">
-        <v>28</v>
+        <v>557</v>
       </c>
       <c r="P72" t="s">
-        <v>159</v>
+        <v>249</v>
       </c>
       <c r="R72" t="s">
-        <v>618</v>
+        <v>558</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>619</v>
+        <v>598</v>
       </c>
       <c r="C73" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>560</v>
       </c>
       <c r="F73" t="s">
-        <v>621</v>
+        <v>599</v>
       </c>
       <c r="G73" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>622</v>
+        <v>117</v>
+      </c>
+      <c r="H73">
+        <v>0</v>
+      </c>
+      <c r="I73">
+        <v>0</v>
       </c>
       <c r="J73" t="s">
-        <v>623</v>
+        <v>561</v>
       </c>
       <c r="K73" t="s">
-        <v>624</v>
+        <v>562</v>
       </c>
       <c r="L73" t="s">
-        <v>625</v>
+        <v>563</v>
       </c>
       <c r="M73" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>556</v>
       </c>
       <c r="O73" t="s">
-        <v>40</v>
+        <v>557</v>
       </c>
       <c r="P73" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>543</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>627</v>
+        <v>600</v>
       </c>
       <c r="C74" t="s">
-        <v>620</v>
+        <v>62</v>
       </c>
       <c r="D74" t="s">
-        <v>274</v>
+        <v>310</v>
       </c>
       <c r="F74" t="s">
-        <v>621</v>
+        <v>333</v>
       </c>
       <c r="G74" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="H74" t="s">
-        <v>622</v>
+        <v>601</v>
       </c>
       <c r="I74" t="s">
-        <v>622</v>
+        <v>601</v>
       </c>
       <c r="J74" t="s">
-        <v>628</v>
+        <v>602</v>
       </c>
       <c r="K74" t="s">
-        <v>629</v>
+        <v>399</v>
       </c>
       <c r="L74" t="s">
-        <v>630</v>
+        <v>603</v>
       </c>
       <c r="M74" t="s">
-        <v>608</v>
+        <v>82</v>
       </c>
       <c r="N74" t="s">
-        <v>583</v>
+        <v>604</v>
       </c>
       <c r="O74" t="s">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="P74" t="s">
-        <v>631</v>
+        <v>605</v>
       </c>
       <c r="R74" t="s">
-        <v>626</v>
+        <v>606</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>632</v>
+        <v>607</v>
       </c>
       <c r="C75" t="s">
-        <v>633</v>
+        <v>608</v>
       </c>
       <c r="D75" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="F75" t="s">
-        <v>503</v>
+        <v>610</v>
       </c>
       <c r="G75" t="s">
-        <v>504</v>
+        <v>611</v>
       </c>
       <c r="H75" t="s">
-        <v>636</v>
+        <v>612</v>
       </c>
       <c r="I75" t="s">
-        <v>637</v>
+        <v>613</v>
       </c>
       <c r="J75" t="s">
-        <v>638</v>
+        <v>614</v>
       </c>
       <c r="K75" t="s">
-        <v>639</v>
+        <v>615</v>
       </c>
       <c r="L75" t="s">
-        <v>640</v>
+        <v>616</v>
       </c>
       <c r="M75" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>617</v>
+      </c>
+      <c r="N75">
+        <v>512749598</v>
       </c>
       <c r="O75" t="s">
-        <v>643</v>
+        <v>121</v>
       </c>
       <c r="P75" t="s">
-        <v>644</v>
+        <v>618</v>
       </c>
       <c r="R75" t="s">
-        <v>639</v>
+        <v>619</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>645</v>
+        <v>620</v>
       </c>
       <c r="C76" t="s">
-        <v>646</v>
+        <v>621</v>
       </c>
       <c r="D76" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>647</v>
+        <v>622</v>
       </c>
       <c r="F76" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="G76" t="s">
-        <v>504</v>
+        <v>313</v>
       </c>
       <c r="H76" t="s">
-        <v>648</v>
+        <v>624</v>
       </c>
       <c r="I76" t="s">
-        <v>649</v>
+        <v>625</v>
       </c>
       <c r="J76" t="s">
-        <v>650</v>
+        <v>626</v>
       </c>
       <c r="K76" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="L76" t="s">
-        <v>651</v>
+        <v>628</v>
       </c>
       <c r="M76" t="s">
-        <v>641</v>
+        <v>629</v>
       </c>
       <c r="N76" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="O76" t="s">
-        <v>643</v>
+        <v>84</v>
       </c>
       <c r="P76" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
       <c r="R76" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>653</v>
+        <v>633</v>
       </c>
       <c r="C77" t="s">
-        <v>654</v>
+        <v>128</v>
       </c>
       <c r="D77" t="s">
+        <v>129</v>
+      </c>
+      <c r="F77" t="s">
         <v>634</v>
       </c>
-      <c r="E77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G77" t="s">
-        <v>327</v>
+        <v>635</v>
       </c>
       <c r="H77" t="s">
-        <v>657</v>
+        <v>636</v>
       </c>
       <c r="I77" t="s">
-        <v>657</v>
+        <v>636</v>
       </c>
       <c r="J77" t="s">
-        <v>658</v>
+        <v>637</v>
       </c>
       <c r="K77" t="s">
+        <v>190</v>
+      </c>
+      <c r="L77" t="s">
+        <v>638</v>
+      </c>
+      <c r="M77" t="s">
         <v>639</v>
       </c>
-      <c r="L77" t="s">
-[...2 lines deleted...]
-      <c r="M77" t="s">
+      <c r="N77" t="s">
+        <v>640</v>
+      </c>
+      <c r="O77" t="s">
+        <v>72</v>
+      </c>
+      <c r="P77" t="s">
+        <v>195</v>
+      </c>
+      <c r="R77" t="s">
         <v>641</v>
-      </c>
-[...10 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>662</v>
+        <v>642</v>
       </c>
       <c r="C78" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="D78" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>310</v>
       </c>
       <c r="F78" t="s">
-        <v>297</v>
+        <v>644</v>
       </c>
       <c r="G78" t="s">
-        <v>577</v>
+        <v>65</v>
       </c>
       <c r="H78" t="s">
-        <v>663</v>
+        <v>645</v>
       </c>
       <c r="I78" t="s">
-        <v>663</v>
+        <v>645</v>
       </c>
       <c r="J78" t="s">
-        <v>664</v>
+        <v>646</v>
       </c>
       <c r="K78" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="L78" t="s">
-        <v>665</v>
+        <v>648</v>
       </c>
       <c r="M78" t="s">
-        <v>641</v>
+        <v>629</v>
       </c>
       <c r="N78" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="O78" t="s">
-        <v>643</v>
+        <v>84</v>
       </c>
       <c r="P78" t="s">
-        <v>666</v>
+        <v>169</v>
       </c>
       <c r="R78" t="s">
-        <v>667</v>
+        <v>649</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>668</v>
+        <v>650</v>
       </c>
       <c r="C79" t="s">
-        <v>669</v>
+        <v>643</v>
       </c>
       <c r="D79" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>310</v>
       </c>
       <c r="F79" t="s">
-        <v>670</v>
+        <v>644</v>
       </c>
       <c r="G79" t="s">
-        <v>504</v>
+        <v>65</v>
       </c>
       <c r="H79" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>645</v>
+      </c>
+      <c r="I79" t="s">
+        <v>645</v>
       </c>
       <c r="J79" t="s">
-        <v>474</v>
+        <v>651</v>
       </c>
       <c r="K79" t="s">
-        <v>639</v>
+        <v>652</v>
       </c>
       <c r="L79" t="s">
-        <v>476</v>
+        <v>653</v>
       </c>
       <c r="M79" t="s">
-        <v>641</v>
+        <v>629</v>
       </c>
       <c r="N79" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="O79" t="s">
-        <v>643</v>
+        <v>84</v>
       </c>
       <c r="P79" t="s">
-        <v>672</v>
+        <v>654</v>
       </c>
       <c r="R79" t="s">
-        <v>673</v>
+        <v>649</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>674</v>
+        <v>655</v>
       </c>
       <c r="C80" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D80" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="E80" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="F80" t="s">
-        <v>276</v>
+        <v>536</v>
       </c>
       <c r="G80" t="s">
-        <v>263</v>
+        <v>537</v>
       </c>
       <c r="H80" t="s">
-        <v>675</v>
+        <v>659</v>
       </c>
       <c r="I80" t="s">
-        <v>675</v>
+        <v>660</v>
       </c>
       <c r="J80" t="s">
-        <v>676</v>
+        <v>661</v>
       </c>
       <c r="K80" t="s">
-        <v>639</v>
+        <v>662</v>
       </c>
       <c r="L80" t="s">
-        <v>129</v>
+        <v>663</v>
       </c>
       <c r="M80" t="s">
-        <v>641</v>
+        <v>664</v>
       </c>
       <c r="N80" t="s">
-        <v>642</v>
+        <v>665</v>
       </c>
       <c r="O80" t="s">
-        <v>643</v>
+        <v>666</v>
       </c>
       <c r="P80" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
       <c r="R80" t="s">
-        <v>678</v>
+        <v>662</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>679</v>
+        <v>668</v>
       </c>
       <c r="C81" t="s">
-        <v>654</v>
+        <v>669</v>
       </c>
       <c r="D81" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="E81" t="s">
-        <v>655</v>
+        <v>670</v>
       </c>
       <c r="F81" t="s">
-        <v>276</v>
+        <v>536</v>
       </c>
       <c r="G81" t="s">
-        <v>263</v>
+        <v>537</v>
       </c>
       <c r="H81" t="s">
-        <v>680</v>
+        <v>671</v>
       </c>
       <c r="I81" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
       <c r="J81" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="K81" t="s">
-        <v>639</v>
+        <v>662</v>
       </c>
       <c r="L81" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="M81" t="s">
-        <v>641</v>
+        <v>664</v>
       </c>
       <c r="N81" t="s">
-        <v>642</v>
+        <v>665</v>
       </c>
       <c r="O81" t="s">
-        <v>643</v>
+        <v>666</v>
       </c>
       <c r="P81" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
       <c r="R81" t="s">
-        <v>678</v>
+        <v>662</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>676</v>
+      </c>
+      <c r="C82" t="s">
+        <v>677</v>
+      </c>
+      <c r="D82" t="s">
+        <v>657</v>
+      </c>
+      <c r="E82" t="s">
+        <v>678</v>
+      </c>
+      <c r="F82" t="s">
+        <v>679</v>
+      </c>
+      <c r="G82" t="s">
+        <v>363</v>
+      </c>
+      <c r="H82" t="s">
+        <v>680</v>
+      </c>
+      <c r="I82" t="s">
+        <v>680</v>
+      </c>
+      <c r="J82" t="s">
+        <v>681</v>
+      </c>
+      <c r="K82" t="s">
+        <v>662</v>
+      </c>
+      <c r="L82" t="s">
+        <v>682</v>
+      </c>
+      <c r="M82" t="s">
+        <v>664</v>
+      </c>
+      <c r="N82" t="s">
+        <v>665</v>
+      </c>
+      <c r="O82" t="s">
+        <v>666</v>
+      </c>
+      <c r="P82" t="s">
+        <v>683</v>
+      </c>
+      <c r="R82" t="s">
         <v>684</v>
-      </c>
-[...43 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>685</v>
+      </c>
+      <c r="C83" t="s">
+        <v>677</v>
+      </c>
+      <c r="D83" t="s">
+        <v>657</v>
+      </c>
+      <c r="E83" t="s">
+        <v>678</v>
+      </c>
+      <c r="F83" t="s">
+        <v>644</v>
+      </c>
+      <c r="G83" t="s">
+        <v>299</v>
+      </c>
+      <c r="H83" t="s">
+        <v>686</v>
+      </c>
+      <c r="I83" t="s">
+        <v>686</v>
+      </c>
+      <c r="J83" t="s">
+        <v>687</v>
+      </c>
+      <c r="K83" t="s">
+        <v>662</v>
+      </c>
+      <c r="L83" t="s">
+        <v>688</v>
+      </c>
+      <c r="M83" t="s">
+        <v>664</v>
+      </c>
+      <c r="N83" t="s">
+        <v>665</v>
+      </c>
+      <c r="O83" t="s">
+        <v>666</v>
+      </c>
+      <c r="P83" t="s">
         <v>689</v>
       </c>
-      <c r="C83" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="R83" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
+        <v>690</v>
+      </c>
+      <c r="C84" t="s">
+        <v>62</v>
+      </c>
+      <c r="D84" t="s">
+        <v>657</v>
+      </c>
+      <c r="E84" t="s">
+        <v>678</v>
+      </c>
+      <c r="F84" t="s">
+        <v>691</v>
+      </c>
+      <c r="G84" t="s">
+        <v>537</v>
+      </c>
+      <c r="H84" t="s">
+        <v>692</v>
+      </c>
+      <c r="I84">
+        <v>0.0</v>
+      </c>
+      <c r="J84" t="s">
+        <v>507</v>
+      </c>
+      <c r="K84" t="s">
+        <v>662</v>
+      </c>
+      <c r="L84" t="s">
+        <v>509</v>
+      </c>
+      <c r="M84" t="s">
+        <v>664</v>
+      </c>
+      <c r="N84" t="s">
+        <v>665</v>
+      </c>
+      <c r="O84" t="s">
+        <v>666</v>
+      </c>
+      <c r="P84" t="s">
+        <v>693</v>
+      </c>
+      <c r="R84" t="s">
         <v>694</v>
-      </c>
-[...43 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="C85" t="s">
-        <v>120</v>
+        <v>677</v>
       </c>
       <c r="D85" t="s">
-        <v>701</v>
+        <v>657</v>
       </c>
       <c r="E85" t="s">
-        <v>634</v>
+        <v>678</v>
       </c>
       <c r="F85" t="s">
-        <v>670</v>
+        <v>312</v>
       </c>
       <c r="G85" t="s">
-        <v>504</v>
+        <v>299</v>
       </c>
       <c r="H85" t="s">
-        <v>671</v>
+        <v>696</v>
       </c>
       <c r="I85" t="s">
-        <v>639</v>
+        <v>696</v>
       </c>
       <c r="J85" t="s">
-        <v>702</v>
+        <v>697</v>
+      </c>
+      <c r="K85" t="s">
+        <v>662</v>
       </c>
       <c r="L85" t="s">
-        <v>703</v>
+        <v>165</v>
       </c>
       <c r="M85" t="s">
-        <v>704</v>
+        <v>664</v>
       </c>
       <c r="N85" t="s">
-        <v>705</v>
+        <v>665</v>
       </c>
       <c r="O85" t="s">
-        <v>703</v>
+        <v>666</v>
       </c>
       <c r="P85" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="R85" t="s">
-        <v>673</v>
+        <v>699</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="C86" t="s">
-        <v>708</v>
+        <v>677</v>
       </c>
       <c r="D86" t="s">
-        <v>709</v>
+        <v>657</v>
       </c>
       <c r="E86" t="s">
-        <v>710</v>
+        <v>678</v>
       </c>
       <c r="F86" t="s">
-        <v>276</v>
+        <v>312</v>
       </c>
       <c r="G86" t="s">
-        <v>124</v>
+        <v>299</v>
       </c>
       <c r="H86" t="s">
-        <v>711</v>
+        <v>701</v>
       </c>
       <c r="I86" t="s">
-        <v>711</v>
+        <v>701</v>
       </c>
       <c r="J86" t="s">
-        <v>712</v>
+        <v>702</v>
       </c>
       <c r="K86" t="s">
-        <v>713</v>
+        <v>662</v>
       </c>
       <c r="L86" t="s">
-        <v>714</v>
+        <v>703</v>
       </c>
       <c r="M86" t="s">
-        <v>715</v>
+        <v>664</v>
       </c>
       <c r="N86" t="s">
-        <v>716</v>
+        <v>665</v>
       </c>
       <c r="O86" t="s">
-        <v>717</v>
+        <v>666</v>
       </c>
       <c r="P86" t="s">
-        <v>718</v>
+        <v>704</v>
       </c>
       <c r="R86" t="s">
-        <v>719</v>
+        <v>699</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>720</v>
+        <v>705</v>
       </c>
       <c r="C87" t="s">
+        <v>677</v>
+      </c>
+      <c r="D87" t="s">
+        <v>657</v>
+      </c>
+      <c r="E87" t="s">
+        <v>678</v>
+      </c>
+      <c r="F87" t="s">
+        <v>312</v>
+      </c>
+      <c r="G87" t="s">
+        <v>299</v>
+      </c>
+      <c r="H87" t="s">
+        <v>706</v>
+      </c>
+      <c r="I87" t="s">
+        <v>706</v>
+      </c>
+      <c r="J87" t="s">
+        <v>707</v>
+      </c>
+      <c r="K87" t="s">
+        <v>662</v>
+      </c>
+      <c r="L87" t="s">
         <v>708</v>
       </c>
-      <c r="D87" t="s">
+      <c r="M87" t="s">
+        <v>664</v>
+      </c>
+      <c r="N87" t="s">
+        <v>665</v>
+      </c>
+      <c r="O87" t="s">
+        <v>666</v>
+      </c>
+      <c r="P87" t="s">
         <v>709</v>
       </c>
-      <c r="F87" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R87" t="s">
-        <v>730</v>
+        <v>699</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>731</v>
+        <v>710</v>
       </c>
       <c r="C88" t="s">
-        <v>708</v>
+        <v>677</v>
       </c>
       <c r="D88" t="s">
-        <v>709</v>
+        <v>657</v>
+      </c>
+      <c r="E88" t="s">
+        <v>678</v>
       </c>
       <c r="F88" t="s">
-        <v>732</v>
+        <v>312</v>
       </c>
       <c r="G88" t="s">
-        <v>733</v>
+        <v>299</v>
       </c>
       <c r="H88" t="s">
-        <v>734</v>
+        <v>711</v>
       </c>
       <c r="I88" t="s">
-        <v>734</v>
+        <v>711</v>
       </c>
       <c r="J88" t="s">
-        <v>493</v>
+        <v>712</v>
       </c>
       <c r="K88" t="s">
-        <v>494</v>
+        <v>662</v>
       </c>
       <c r="L88" t="s">
-        <v>495</v>
+        <v>713</v>
       </c>
       <c r="M88" t="s">
-        <v>735</v>
+        <v>664</v>
       </c>
       <c r="N88" t="s">
-        <v>736</v>
+        <v>665</v>
       </c>
       <c r="O88" t="s">
-        <v>737</v>
+        <v>666</v>
       </c>
       <c r="P88" t="s">
-        <v>496</v>
+        <v>714</v>
       </c>
       <c r="R88" t="s">
-        <v>730</v>
+        <v>699</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>738</v>
+        <v>715</v>
       </c>
       <c r="C89" t="s">
-        <v>708</v>
+        <v>62</v>
       </c>
       <c r="D89" t="s">
-        <v>709</v>
+        <v>716</v>
+      </c>
+      <c r="E89" t="s">
+        <v>657</v>
       </c>
       <c r="F89" t="s">
-        <v>739</v>
+        <v>691</v>
       </c>
       <c r="G89" t="s">
-        <v>740</v>
+        <v>537</v>
       </c>
       <c r="H89" t="s">
-        <v>741</v>
+        <v>692</v>
       </c>
       <c r="I89" t="s">
-        <v>741</v>
+        <v>662</v>
       </c>
       <c r="J89" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>717</v>
       </c>
       <c r="L89" t="s">
-        <v>744</v>
+        <v>718</v>
       </c>
       <c r="M89" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
       <c r="N89" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
       <c r="O89" t="s">
-        <v>728</v>
+        <v>718</v>
       </c>
       <c r="P89" t="s">
-        <v>745</v>
+        <v>721</v>
       </c>
       <c r="R89" t="s">
-        <v>746</v>
+        <v>694</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>747</v>
+        <v>722</v>
       </c>
       <c r="C90" t="s">
-        <v>708</v>
+        <v>723</v>
       </c>
       <c r="D90" t="s">
-        <v>709</v>
+        <v>724</v>
+      </c>
+      <c r="E90" t="s">
+        <v>725</v>
       </c>
       <c r="F90" t="s">
-        <v>748</v>
+        <v>312</v>
       </c>
       <c r="G90" t="s">
-        <v>749</v>
+        <v>160</v>
       </c>
       <c r="H90" t="s">
-        <v>750</v>
+        <v>726</v>
       </c>
       <c r="I90" t="s">
-        <v>751</v>
+        <v>726</v>
       </c>
       <c r="J90" t="s">
-        <v>752</v>
+        <v>727</v>
       </c>
       <c r="K90" t="s">
-        <v>508</v>
+        <v>728</v>
       </c>
       <c r="L90" t="s">
-        <v>509</v>
+        <v>729</v>
       </c>
       <c r="M90" t="s">
-        <v>715</v>
+        <v>730</v>
       </c>
       <c r="N90" t="s">
-        <v>753</v>
+        <v>731</v>
       </c>
       <c r="O90" t="s">
-        <v>717</v>
+        <v>732</v>
       </c>
       <c r="P90" t="s">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c r="R90" t="s">
-        <v>755</v>
+        <v>734</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>756</v>
+        <v>735</v>
       </c>
       <c r="C91" t="s">
-        <v>708</v>
+        <v>723</v>
       </c>
       <c r="D91" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>757</v>
+        <v>724</v>
       </c>
       <c r="F91" t="s">
-        <v>758</v>
+        <v>481</v>
       </c>
       <c r="G91" t="s">
-        <v>504</v>
+        <v>736</v>
       </c>
       <c r="H91" t="s">
-        <v>759</v>
+        <v>737</v>
       </c>
       <c r="I91" t="s">
-        <v>760</v>
+        <v>737</v>
       </c>
       <c r="J91" t="s">
-        <v>761</v>
+        <v>738</v>
       </c>
       <c r="K91" t="s">
-        <v>762</v>
+        <v>739</v>
       </c>
       <c r="L91" t="s">
-        <v>763</v>
+        <v>740</v>
       </c>
       <c r="M91" t="s">
-        <v>764</v>
+        <v>741</v>
       </c>
       <c r="N91" t="s">
-        <v>765</v>
+        <v>742</v>
       </c>
       <c r="O91" t="s">
-        <v>766</v>
+        <v>743</v>
       </c>
       <c r="P91" t="s">
-        <v>767</v>
+        <v>744</v>
       </c>
       <c r="R91" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>769</v>
+        <v>746</v>
       </c>
       <c r="C92" t="s">
-        <v>708</v>
+        <v>723</v>
       </c>
       <c r="D92" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>770</v>
+        <v>724</v>
       </c>
       <c r="F92" t="s">
-        <v>771</v>
+        <v>747</v>
       </c>
       <c r="G92" t="s">
-        <v>277</v>
+        <v>748</v>
       </c>
       <c r="H92" t="s">
-        <v>772</v>
+        <v>749</v>
       </c>
       <c r="I92" t="s">
-        <v>772</v>
+        <v>749</v>
       </c>
       <c r="J92" t="s">
-        <v>773</v>
+        <v>526</v>
       </c>
       <c r="K92" t="s">
-        <v>774</v>
+        <v>527</v>
       </c>
       <c r="L92" t="s">
-        <v>775</v>
+        <v>528</v>
       </c>
       <c r="M92" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-        <v>519307933</v>
+        <v>750</v>
+      </c>
+      <c r="N92" t="s">
+        <v>751</v>
       </c>
       <c r="O92" t="s">
-        <v>728</v>
+        <v>752</v>
       </c>
       <c r="P92" t="s">
-        <v>776</v>
+        <v>529</v>
       </c>
       <c r="R92" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>777</v>
+        <v>753</v>
       </c>
       <c r="C93" t="s">
-        <v>708</v>
+        <v>723</v>
       </c>
       <c r="D93" t="s">
-        <v>709</v>
+        <v>724</v>
       </c>
       <c r="F93" t="s">
-        <v>771</v>
+        <v>754</v>
       </c>
       <c r="G93" t="s">
-        <v>504</v>
+        <v>755</v>
       </c>
       <c r="H93" t="s">
-        <v>778</v>
+        <v>756</v>
       </c>
       <c r="I93" t="s">
-        <v>778</v>
+        <v>756</v>
       </c>
       <c r="J93" t="s">
-        <v>493</v>
+        <v>757</v>
       </c>
       <c r="K93" t="s">
-        <v>494</v>
+        <v>758</v>
       </c>
       <c r="L93" t="s">
-        <v>495</v>
+        <v>759</v>
       </c>
       <c r="M93" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="N93" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="O93" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="P93" t="s">
-        <v>496</v>
+        <v>760</v>
       </c>
       <c r="R93" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>779</v>
+        <v>762</v>
       </c>
       <c r="C94" t="s">
-        <v>620</v>
+        <v>723</v>
       </c>
       <c r="D94" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>724</v>
       </c>
       <c r="F94" t="s">
-        <v>782</v>
+        <v>763</v>
       </c>
       <c r="G94" t="s">
-        <v>783</v>
+        <v>764</v>
       </c>
       <c r="H94" t="s">
-        <v>784</v>
+        <v>765</v>
       </c>
       <c r="I94" t="s">
-        <v>784</v>
+        <v>766</v>
       </c>
       <c r="J94" t="s">
-        <v>785</v>
+        <v>767</v>
       </c>
       <c r="K94" t="s">
-        <v>786</v>
+        <v>541</v>
       </c>
       <c r="L94" t="s">
-        <v>787</v>
+        <v>542</v>
       </c>
       <c r="M94" t="s">
-        <v>60</v>
+        <v>730</v>
       </c>
       <c r="N94" t="s">
-        <v>175</v>
+        <v>768</v>
       </c>
       <c r="O94" t="s">
-        <v>62</v>
+        <v>732</v>
       </c>
       <c r="P94" t="s">
-        <v>788</v>
+        <v>769</v>
       </c>
       <c r="R94" t="s">
-        <v>789</v>
+        <v>770</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>790</v>
+        <v>771</v>
       </c>
       <c r="C95" t="s">
-        <v>52</v>
+        <v>723</v>
       </c>
       <c r="D95" t="s">
-        <v>53</v>
+        <v>724</v>
       </c>
       <c r="E95" t="s">
-        <v>53</v>
+        <v>772</v>
       </c>
       <c r="F95" t="s">
-        <v>791</v>
+        <v>773</v>
       </c>
       <c r="G95" t="s">
-        <v>792</v>
+        <v>537</v>
       </c>
       <c r="H95" t="s">
-        <v>793</v>
+        <v>774</v>
       </c>
       <c r="I95" t="s">
-        <v>793</v>
+        <v>775</v>
       </c>
       <c r="J95" t="s">
-        <v>794</v>
+        <v>776</v>
       </c>
       <c r="K95" t="s">
-        <v>795</v>
+        <v>777</v>
       </c>
       <c r="L95" t="s">
-        <v>796</v>
+        <v>778</v>
       </c>
       <c r="M95" t="s">
-        <v>60</v>
+        <v>779</v>
       </c>
       <c r="N95" t="s">
-        <v>175</v>
+        <v>780</v>
       </c>
       <c r="O95" t="s">
-        <v>62</v>
+        <v>781</v>
       </c>
       <c r="P95" t="s">
-        <v>797</v>
+        <v>782</v>
       </c>
       <c r="R95" t="s">
-        <v>359</v>
+        <v>783</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>798</v>
+        <v>784</v>
       </c>
       <c r="C96" t="s">
-        <v>52</v>
+        <v>723</v>
       </c>
       <c r="D96" t="s">
-        <v>53</v>
+        <v>724</v>
       </c>
       <c r="E96" t="s">
-        <v>53</v>
+        <v>785</v>
       </c>
       <c r="F96" t="s">
-        <v>799</v>
+        <v>786</v>
       </c>
       <c r="G96" t="s">
-        <v>800</v>
+        <v>313</v>
       </c>
       <c r="H96" t="s">
-        <v>801</v>
+        <v>787</v>
       </c>
       <c r="I96" t="s">
-        <v>801</v>
+        <v>787</v>
       </c>
       <c r="J96" t="s">
-        <v>802</v>
+        <v>788</v>
       </c>
       <c r="K96" t="s">
-        <v>803</v>
+        <v>789</v>
       </c>
       <c r="L96" t="s">
-        <v>804</v>
+        <v>790</v>
       </c>
       <c r="M96" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>741</v>
+      </c>
+      <c r="N96">
+        <v>519307933</v>
       </c>
       <c r="O96" t="s">
-        <v>158</v>
+        <v>743</v>
       </c>
       <c r="P96" t="s">
-        <v>805</v>
+        <v>791</v>
       </c>
       <c r="R96" t="s">
-        <v>806</v>
+        <v>770</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>807</v>
+        <v>792</v>
       </c>
       <c r="C97" t="s">
-        <v>52</v>
+        <v>723</v>
       </c>
       <c r="D97" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>724</v>
       </c>
       <c r="F97" t="s">
-        <v>808</v>
+        <v>786</v>
       </c>
       <c r="G97" t="s">
-        <v>809</v>
+        <v>537</v>
       </c>
       <c r="H97" t="s">
-        <v>810</v>
+        <v>793</v>
       </c>
       <c r="I97" t="s">
-        <v>810</v>
+        <v>793</v>
       </c>
       <c r="J97" t="s">
-        <v>811</v>
+        <v>526</v>
       </c>
       <c r="K97" t="s">
-        <v>812</v>
+        <v>527</v>
       </c>
       <c r="L97" t="s">
-        <v>813</v>
+        <v>528</v>
       </c>
       <c r="M97" t="s">
-        <v>73</v>
+        <v>750</v>
       </c>
       <c r="N97" t="s">
-        <v>175</v>
+        <v>751</v>
       </c>
       <c r="O97" t="s">
-        <v>75</v>
+        <v>752</v>
       </c>
       <c r="P97" t="s">
-        <v>271</v>
+        <v>529</v>
       </c>
       <c r="R97" t="s">
-        <v>814</v>
+        <v>770</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>815</v>
+        <v>794</v>
       </c>
       <c r="C98" t="s">
-        <v>52</v>
+        <v>643</v>
       </c>
       <c r="D98" t="s">
-        <v>53</v>
+        <v>795</v>
       </c>
       <c r="E98" t="s">
-        <v>53</v>
+        <v>796</v>
       </c>
       <c r="F98" t="s">
-        <v>816</v>
+        <v>797</v>
       </c>
       <c r="G98" t="s">
-        <v>817</v>
+        <v>798</v>
       </c>
       <c r="H98" t="s">
-        <v>818</v>
+        <v>799</v>
       </c>
       <c r="I98" t="s">
-        <v>818</v>
+        <v>799</v>
       </c>
       <c r="J98" t="s">
-        <v>819</v>
+        <v>800</v>
       </c>
       <c r="K98" t="s">
-        <v>820</v>
+        <v>801</v>
       </c>
       <c r="L98" t="s">
-        <v>821</v>
+        <v>802</v>
       </c>
       <c r="M98" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N98" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O98" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P98" t="s">
-        <v>822</v>
+        <v>803</v>
       </c>
       <c r="R98" t="s">
-        <v>814</v>
+        <v>804</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>823</v>
+        <v>805</v>
       </c>
       <c r="C99" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D99" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E99" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F99" t="s">
-        <v>791</v>
+        <v>806</v>
       </c>
       <c r="G99" t="s">
-        <v>824</v>
+        <v>807</v>
       </c>
       <c r="H99" t="s">
-        <v>825</v>
+        <v>808</v>
       </c>
       <c r="I99" t="s">
-        <v>825</v>
+        <v>808</v>
       </c>
       <c r="J99" t="s">
-        <v>826</v>
+        <v>809</v>
       </c>
       <c r="K99" t="s">
-        <v>629</v>
+        <v>810</v>
       </c>
       <c r="L99" t="s">
-        <v>827</v>
+        <v>811</v>
       </c>
       <c r="M99" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="N99" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O99" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P99" t="s">
-        <v>631</v>
+        <v>812</v>
       </c>
       <c r="R99" t="s">
-        <v>828</v>
+        <v>394</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>829</v>
+        <v>813</v>
       </c>
       <c r="C100" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D100" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E100" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F100" t="s">
-        <v>830</v>
+        <v>814</v>
       </c>
       <c r="G100" t="s">
-        <v>831</v>
+        <v>815</v>
       </c>
       <c r="H100" t="s">
-        <v>832</v>
+        <v>816</v>
       </c>
       <c r="I100" t="s">
-        <v>832</v>
+        <v>816</v>
       </c>
       <c r="J100" t="s">
-        <v>833</v>
+        <v>817</v>
       </c>
       <c r="K100" t="s">
-        <v>201</v>
+        <v>818</v>
       </c>
       <c r="L100" t="s">
-        <v>834</v>
+        <v>819</v>
       </c>
       <c r="M100" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="N100" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O100" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="P100" t="s">
-        <v>405</v>
+        <v>820</v>
       </c>
       <c r="R100" t="s">
-        <v>558</v>
+        <v>821</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>835</v>
+        <v>822</v>
       </c>
       <c r="C101" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D101" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E101" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F101" t="s">
-        <v>836</v>
+        <v>823</v>
       </c>
       <c r="G101" t="s">
-        <v>837</v>
+        <v>824</v>
       </c>
       <c r="H101" t="s">
-        <v>838</v>
+        <v>825</v>
       </c>
       <c r="I101" t="s">
-        <v>839</v>
+        <v>825</v>
       </c>
       <c r="J101" t="s">
-        <v>802</v>
+        <v>826</v>
       </c>
       <c r="K101" t="s">
-        <v>803</v>
+        <v>827</v>
       </c>
       <c r="L101" t="s">
-        <v>804</v>
+        <v>828</v>
       </c>
       <c r="M101" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
       <c r="N101" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O101" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
       <c r="P101" t="s">
-        <v>805</v>
+        <v>307</v>
       </c>
       <c r="R101" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>840</v>
+        <v>830</v>
       </c>
       <c r="C102" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D102" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E102" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F102" t="s">
-        <v>841</v>
+        <v>831</v>
       </c>
       <c r="G102" t="s">
-        <v>842</v>
+        <v>832</v>
       </c>
       <c r="H102" t="s">
-        <v>843</v>
+        <v>833</v>
       </c>
       <c r="I102" t="s">
-        <v>843</v>
+        <v>833</v>
       </c>
       <c r="J102" t="s">
-        <v>844</v>
+        <v>834</v>
       </c>
       <c r="K102" t="s">
-        <v>201</v>
+        <v>835</v>
       </c>
       <c r="L102" t="s">
-        <v>845</v>
+        <v>836</v>
       </c>
       <c r="M102" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="N102" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O102" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="P102" t="s">
-        <v>405</v>
+        <v>837</v>
       </c>
       <c r="R102" t="s">
-        <v>846</v>
+        <v>829</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>847</v>
+        <v>838</v>
       </c>
       <c r="C103" t="s">
-        <v>848</v>
+        <v>18</v>
       </c>
       <c r="D103" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E103" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F103" t="s">
-        <v>849</v>
+        <v>806</v>
       </c>
       <c r="G103" t="s">
-        <v>850</v>
+        <v>839</v>
       </c>
       <c r="H103" t="s">
-        <v>851</v>
+        <v>840</v>
       </c>
       <c r="I103" t="s">
-        <v>851</v>
+        <v>840</v>
       </c>
       <c r="J103" t="s">
-        <v>852</v>
+        <v>841</v>
       </c>
       <c r="K103" t="s">
-        <v>795</v>
+        <v>652</v>
       </c>
       <c r="L103" t="s">
-        <v>853</v>
+        <v>842</v>
       </c>
       <c r="M103" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N103" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O103" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P103" t="s">
-        <v>797</v>
+        <v>654</v>
       </c>
       <c r="R103" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>854</v>
+        <v>844</v>
       </c>
       <c r="C104" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D104" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E104" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F104" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="G104" t="s">
-        <v>81</v>
+        <v>846</v>
       </c>
       <c r="H104" t="s">
-        <v>856</v>
+        <v>847</v>
       </c>
       <c r="I104" t="s">
-        <v>856</v>
+        <v>847</v>
       </c>
       <c r="J104" t="s">
-        <v>857</v>
+        <v>848</v>
       </c>
       <c r="K104" t="s">
-        <v>201</v>
+        <v>237</v>
       </c>
       <c r="L104" t="s">
-        <v>230</v>
+        <v>849</v>
       </c>
       <c r="M104" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N104" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O104" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P104" t="s">
-        <v>405</v>
+        <v>439</v>
       </c>
       <c r="R104" t="s">
-        <v>858</v>
+        <v>591</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>859</v>
+        <v>850</v>
       </c>
       <c r="C105" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D105" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E105" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F105" t="s">
-        <v>297</v>
+        <v>851</v>
       </c>
       <c r="G105" t="s">
-        <v>81</v>
+        <v>852</v>
       </c>
       <c r="H105" t="s">
-        <v>860</v>
+        <v>853</v>
       </c>
       <c r="I105" t="s">
-        <v>860</v>
+        <v>854</v>
       </c>
       <c r="J105" t="s">
-        <v>861</v>
+        <v>817</v>
       </c>
       <c r="K105" t="s">
-        <v>862</v>
+        <v>818</v>
       </c>
       <c r="L105" t="s">
-        <v>863</v>
+        <v>819</v>
       </c>
       <c r="M105" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="N105" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="O105" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="P105" t="s">
-        <v>864</v>
+        <v>820</v>
       </c>
       <c r="R105" t="s">
-        <v>865</v>
+        <v>843</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>866</v>
+        <v>855</v>
       </c>
       <c r="C106" t="s">
-        <v>620</v>
+        <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>780</v>
+        <v>19</v>
       </c>
       <c r="E106" t="s">
-        <v>780</v>
+        <v>19</v>
       </c>
       <c r="F106" t="s">
-        <v>867</v>
+        <v>856</v>
       </c>
       <c r="G106" t="s">
-        <v>868</v>
+        <v>857</v>
       </c>
       <c r="H106" t="s">
-        <v>869</v>
+        <v>858</v>
       </c>
       <c r="I106" t="s">
-        <v>869</v>
+        <v>858</v>
       </c>
       <c r="J106" t="s">
-        <v>870</v>
+        <v>859</v>
       </c>
       <c r="K106" t="s">
-        <v>820</v>
+        <v>237</v>
       </c>
       <c r="L106" t="s">
-        <v>871</v>
+        <v>860</v>
       </c>
       <c r="M106" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N106" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O106" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P106" t="s">
-        <v>822</v>
+        <v>439</v>
       </c>
       <c r="R106" t="s">
-        <v>789</v>
+        <v>861</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>872</v>
+        <v>862</v>
       </c>
       <c r="C107" t="s">
-        <v>52</v>
+        <v>863</v>
       </c>
       <c r="D107" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E107" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F107" t="s">
-        <v>873</v>
+        <v>864</v>
       </c>
       <c r="G107" t="s">
-        <v>874</v>
+        <v>865</v>
       </c>
       <c r="H107" t="s">
-        <v>875</v>
+        <v>866</v>
       </c>
       <c r="I107" t="s">
-        <v>875</v>
+        <v>866</v>
       </c>
       <c r="J107" t="s">
-        <v>876</v>
+        <v>867</v>
       </c>
       <c r="K107" t="s">
-        <v>877</v>
+        <v>810</v>
       </c>
       <c r="L107" t="s">
-        <v>878</v>
+        <v>868</v>
       </c>
       <c r="M107" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="N107" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O107" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P107" t="s">
-        <v>879</v>
+        <v>812</v>
       </c>
       <c r="R107" t="s">
-        <v>359</v>
+        <v>861</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>880</v>
+        <v>869</v>
       </c>
       <c r="C108" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D108" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E108" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F108" t="s">
-        <v>881</v>
+        <v>870</v>
       </c>
       <c r="G108" t="s">
-        <v>882</v>
+        <v>117</v>
       </c>
       <c r="H108" t="s">
-        <v>883</v>
+        <v>871</v>
       </c>
       <c r="I108" t="s">
-        <v>884</v>
+        <v>871</v>
       </c>
       <c r="J108" t="s">
-        <v>885</v>
+        <v>872</v>
       </c>
       <c r="K108" t="s">
-        <v>201</v>
+        <v>237</v>
       </c>
       <c r="L108" t="s">
-        <v>886</v>
+        <v>266</v>
       </c>
       <c r="M108" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="N108" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O108" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="P108" t="s">
-        <v>405</v>
+        <v>439</v>
       </c>
       <c r="R108" t="s">
-        <v>359</v>
+        <v>873</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>887</v>
+        <v>874</v>
       </c>
       <c r="C109" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D109" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E109" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F109" t="s">
-        <v>888</v>
+        <v>333</v>
       </c>
       <c r="G109" t="s">
-        <v>889</v>
+        <v>117</v>
       </c>
       <c r="H109" t="s">
-        <v>890</v>
+        <v>875</v>
       </c>
       <c r="I109" t="s">
-        <v>890</v>
+        <v>875</v>
       </c>
       <c r="J109" t="s">
-        <v>664</v>
+        <v>876</v>
       </c>
       <c r="K109" t="s">
-        <v>629</v>
+        <v>877</v>
       </c>
       <c r="L109" t="s">
-        <v>665</v>
+        <v>878</v>
       </c>
       <c r="M109" t="s">
-        <v>73</v>
+        <v>192</v>
       </c>
       <c r="N109" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O109" t="s">
-        <v>75</v>
+        <v>194</v>
       </c>
       <c r="P109" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="R109" t="s">
-        <v>892</v>
+        <v>880</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="C110" t="s">
-        <v>848</v>
+        <v>643</v>
       </c>
       <c r="D110" t="s">
-        <v>53</v>
+        <v>795</v>
       </c>
       <c r="E110" t="s">
-        <v>53</v>
+        <v>795</v>
       </c>
       <c r="F110" t="s">
-        <v>894</v>
+        <v>882</v>
       </c>
       <c r="G110" t="s">
-        <v>895</v>
+        <v>883</v>
       </c>
       <c r="H110" t="s">
-        <v>896</v>
+        <v>884</v>
       </c>
       <c r="I110" t="s">
-        <v>897</v>
+        <v>884</v>
       </c>
       <c r="J110" t="s">
-        <v>898</v>
+        <v>885</v>
       </c>
       <c r="K110" t="s">
-        <v>201</v>
+        <v>835</v>
       </c>
       <c r="L110" t="s">
-        <v>899</v>
+        <v>886</v>
       </c>
       <c r="M110" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="N110" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="O110" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="P110" t="s">
-        <v>405</v>
+        <v>837</v>
       </c>
       <c r="R110" t="s">
-        <v>558</v>
+        <v>804</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>900</v>
+        <v>887</v>
       </c>
       <c r="C111" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E111" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F111" t="s">
-        <v>901</v>
+        <v>888</v>
       </c>
       <c r="G111" t="s">
-        <v>902</v>
+        <v>889</v>
       </c>
       <c r="H111" t="s">
-        <v>903</v>
+        <v>890</v>
       </c>
       <c r="I111" t="s">
-        <v>903</v>
+        <v>890</v>
       </c>
       <c r="J111" t="s">
-        <v>904</v>
+        <v>891</v>
       </c>
       <c r="K111" t="s">
-        <v>905</v>
+        <v>892</v>
       </c>
       <c r="L111" t="s">
-        <v>421</v>
+        <v>893</v>
       </c>
       <c r="M111" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N111" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O111" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P111" t="s">
-        <v>422</v>
+        <v>894</v>
       </c>
       <c r="R111" t="s">
-        <v>359</v>
+        <v>394</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>906</v>
+        <v>895</v>
       </c>
       <c r="C112" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E112" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F112" t="s">
-        <v>907</v>
+        <v>896</v>
       </c>
       <c r="G112" t="s">
-        <v>908</v>
+        <v>897</v>
       </c>
       <c r="H112" t="s">
-        <v>909</v>
+        <v>898</v>
       </c>
       <c r="I112" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="J112" t="s">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="K112" t="s">
-        <v>862</v>
+        <v>237</v>
       </c>
       <c r="L112" t="s">
-        <v>911</v>
+        <v>901</v>
       </c>
       <c r="M112" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N112" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O112" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P112" t="s">
-        <v>864</v>
+        <v>439</v>
       </c>
       <c r="R112" t="s">
-        <v>828</v>
+        <v>394</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>912</v>
+        <v>902</v>
       </c>
       <c r="C113" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E113" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F113" t="s">
-        <v>913</v>
+        <v>903</v>
       </c>
       <c r="G113" t="s">
-        <v>914</v>
+        <v>904</v>
       </c>
       <c r="H113" t="s">
-        <v>915</v>
+        <v>905</v>
       </c>
       <c r="I113" t="s">
-        <v>915</v>
+        <v>905</v>
       </c>
       <c r="J113" t="s">
-        <v>916</v>
+        <v>906</v>
       </c>
       <c r="K113" t="s">
-        <v>917</v>
+        <v>652</v>
       </c>
       <c r="L113" t="s">
-        <v>918</v>
+        <v>907</v>
       </c>
       <c r="M113" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N113" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O113" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P113" t="s">
-        <v>919</v>
+        <v>908</v>
       </c>
       <c r="R113" t="s">
-        <v>359</v>
+        <v>909</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="C114" t="s">
-        <v>52</v>
+        <v>863</v>
       </c>
       <c r="D114" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E114" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F114" t="s">
-        <v>921</v>
+        <v>911</v>
       </c>
       <c r="G114" t="s">
-        <v>922</v>
+        <v>912</v>
       </c>
       <c r="H114" t="s">
-        <v>923</v>
+        <v>913</v>
       </c>
       <c r="I114" t="s">
-        <v>923</v>
+        <v>914</v>
       </c>
       <c r="J114" t="s">
-        <v>924</v>
+        <v>915</v>
       </c>
       <c r="K114" t="s">
-        <v>629</v>
+        <v>237</v>
       </c>
       <c r="L114" t="s">
-        <v>925</v>
+        <v>916</v>
       </c>
       <c r="M114" t="s">
-        <v>73</v>
+        <v>192</v>
       </c>
       <c r="N114" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O114" t="s">
-        <v>75</v>
+        <v>194</v>
       </c>
       <c r="P114" t="s">
-        <v>631</v>
+        <v>439</v>
       </c>
       <c r="R114" t="s">
-        <v>926</v>
+        <v>591</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>927</v>
+        <v>917</v>
       </c>
       <c r="C115" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D115" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E115" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F115" t="s">
-        <v>928</v>
+        <v>918</v>
       </c>
       <c r="G115" t="s">
-        <v>929</v>
+        <v>919</v>
       </c>
       <c r="H115" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="I115" t="s">
-        <v>931</v>
+        <v>920</v>
       </c>
       <c r="J115" t="s">
-        <v>106</v>
+        <v>921</v>
       </c>
       <c r="K115" t="s">
-        <v>98</v>
+        <v>922</v>
       </c>
       <c r="L115" t="s">
-        <v>107</v>
+        <v>455</v>
       </c>
       <c r="M115" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N115" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O115" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P115" t="s">
-        <v>557</v>
+        <v>456</v>
       </c>
       <c r="R115" t="s">
-        <v>846</v>
+        <v>394</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>932</v>
+        <v>923</v>
       </c>
       <c r="C116" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D116" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E116" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F116" t="s">
-        <v>933</v>
+        <v>924</v>
       </c>
       <c r="G116" t="s">
-        <v>934</v>
+        <v>925</v>
       </c>
       <c r="H116" t="s">
-        <v>935</v>
+        <v>926</v>
       </c>
       <c r="I116" t="s">
-        <v>935</v>
+        <v>926</v>
       </c>
       <c r="J116" t="s">
-        <v>936</v>
+        <v>927</v>
       </c>
       <c r="K116" t="s">
-        <v>937</v>
+        <v>877</v>
       </c>
       <c r="L116" t="s">
-        <v>938</v>
+        <v>928</v>
       </c>
       <c r="M116" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="N116" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="O116" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="P116" t="s">
-        <v>939</v>
+        <v>879</v>
       </c>
       <c r="R116" t="s">
-        <v>940</v>
+        <v>843</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>941</v>
+        <v>929</v>
       </c>
       <c r="C117" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D117" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E117" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F117" t="s">
-        <v>942</v>
+        <v>930</v>
       </c>
       <c r="G117" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="H117" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="I117" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="J117" t="s">
-        <v>945</v>
+        <v>933</v>
       </c>
       <c r="K117" t="s">
-        <v>98</v>
+        <v>934</v>
       </c>
       <c r="L117" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="M117" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N117" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O117" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P117" t="s">
-        <v>557</v>
+        <v>936</v>
       </c>
       <c r="R117" t="s">
-        <v>947</v>
+        <v>394</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>948</v>
+        <v>937</v>
       </c>
       <c r="C118" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E118" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F118" t="s">
-        <v>949</v>
+        <v>938</v>
       </c>
       <c r="G118" t="s">
-        <v>950</v>
+        <v>939</v>
       </c>
       <c r="H118" t="s">
-        <v>951</v>
+        <v>940</v>
       </c>
       <c r="I118" t="s">
-        <v>951</v>
+        <v>940</v>
       </c>
       <c r="J118" t="s">
-        <v>952</v>
+        <v>941</v>
       </c>
       <c r="K118" t="s">
-        <v>629</v>
+        <v>652</v>
       </c>
       <c r="L118" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
       <c r="M118" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N118" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O118" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P118" t="s">
-        <v>631</v>
+        <v>654</v>
       </c>
       <c r="R118" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>954</v>
+        <v>944</v>
       </c>
       <c r="C119" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D119" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E119" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F119" t="s">
-        <v>955</v>
+        <v>945</v>
       </c>
       <c r="G119" t="s">
-        <v>956</v>
+        <v>946</v>
       </c>
       <c r="H119" t="s">
-        <v>957</v>
+        <v>947</v>
       </c>
       <c r="I119" t="s">
-        <v>957</v>
+        <v>948</v>
       </c>
       <c r="J119" t="s">
-        <v>958</v>
+        <v>142</v>
       </c>
       <c r="K119" t="s">
-        <v>959</v>
+        <v>134</v>
       </c>
       <c r="L119" t="s">
-        <v>960</v>
+        <v>143</v>
       </c>
       <c r="M119" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N119" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O119" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P119" t="s">
-        <v>961</v>
+        <v>590</v>
       </c>
       <c r="R119" t="s">
-        <v>947</v>
+        <v>861</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>962</v>
+        <v>949</v>
       </c>
       <c r="C120" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D120" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E120" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F120" t="s">
-        <v>963</v>
+        <v>950</v>
       </c>
       <c r="G120" t="s">
-        <v>964</v>
+        <v>951</v>
       </c>
       <c r="H120" t="s">
-        <v>965</v>
+        <v>952</v>
       </c>
       <c r="I120" t="s">
-        <v>965</v>
+        <v>952</v>
       </c>
       <c r="J120" t="s">
-        <v>966</v>
+        <v>953</v>
       </c>
       <c r="K120" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
       <c r="L120" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
       <c r="M120" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="N120" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="O120" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="P120" t="s">
-        <v>969</v>
+        <v>956</v>
       </c>
       <c r="R120" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>970</v>
+        <v>958</v>
       </c>
       <c r="C121" t="s">
-        <v>620</v>
+        <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>780</v>
+        <v>19</v>
       </c>
       <c r="E121" t="s">
-        <v>780</v>
+        <v>19</v>
       </c>
       <c r="F121" t="s">
-        <v>971</v>
+        <v>959</v>
       </c>
       <c r="G121" t="s">
-        <v>972</v>
+        <v>960</v>
       </c>
       <c r="H121" t="s">
-        <v>973</v>
+        <v>961</v>
       </c>
       <c r="I121" t="s">
-        <v>973</v>
+        <v>961</v>
       </c>
       <c r="J121" t="s">
-        <v>974</v>
+        <v>962</v>
       </c>
       <c r="K121" t="s">
-        <v>429</v>
+        <v>134</v>
       </c>
       <c r="L121" t="s">
-        <v>975</v>
+        <v>963</v>
       </c>
       <c r="M121" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N121" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O121" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P121" t="s">
-        <v>431</v>
+        <v>590</v>
       </c>
       <c r="R121" t="s">
-        <v>789</v>
+        <v>964</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>976</v>
+        <v>965</v>
       </c>
       <c r="C122" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E122" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F122" t="s">
-        <v>977</v>
+        <v>966</v>
       </c>
       <c r="G122" t="s">
-        <v>978</v>
+        <v>967</v>
       </c>
       <c r="H122" t="s">
-        <v>979</v>
+        <v>968</v>
       </c>
       <c r="I122" t="s">
-        <v>979</v>
+        <v>968</v>
       </c>
       <c r="J122" t="s">
-        <v>980</v>
+        <v>969</v>
       </c>
       <c r="K122" t="s">
-        <v>356</v>
+        <v>652</v>
       </c>
       <c r="L122" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="M122" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N122" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O122" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P122" t="s">
-        <v>76</v>
+        <v>654</v>
       </c>
       <c r="R122" t="s">
-        <v>982</v>
+        <v>964</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="C123" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D123" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E123" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F123" t="s">
-        <v>984</v>
+        <v>972</v>
       </c>
       <c r="G123" t="s">
-        <v>21</v>
+        <v>973</v>
       </c>
       <c r="H123" t="s">
-        <v>985</v>
+        <v>974</v>
       </c>
       <c r="I123" t="s">
-        <v>985</v>
+        <v>974</v>
       </c>
       <c r="J123" t="s">
-        <v>986</v>
+        <v>975</v>
       </c>
       <c r="K123" t="s">
-        <v>221</v>
+        <v>976</v>
       </c>
       <c r="L123" t="s">
-        <v>282</v>
+        <v>977</v>
       </c>
       <c r="M123" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N123" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O123" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P123" t="s">
-        <v>223</v>
+        <v>978</v>
       </c>
       <c r="R123" t="s">
-        <v>940</v>
+        <v>964</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
       <c r="C124" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E124" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F124" t="s">
-        <v>888</v>
+        <v>980</v>
       </c>
       <c r="G124" t="s">
-        <v>988</v>
+        <v>981</v>
       </c>
       <c r="H124" t="s">
-        <v>989</v>
+        <v>982</v>
       </c>
       <c r="I124" t="s">
-        <v>990</v>
+        <v>982</v>
       </c>
       <c r="J124" t="s">
-        <v>991</v>
+        <v>983</v>
       </c>
       <c r="K124" t="s">
-        <v>547</v>
+        <v>984</v>
       </c>
       <c r="L124" t="s">
-        <v>992</v>
+        <v>985</v>
       </c>
       <c r="M124" t="s">
-        <v>73</v>
+        <v>192</v>
       </c>
       <c r="N124" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O124" t="s">
-        <v>75</v>
+        <v>194</v>
       </c>
       <c r="P124" t="s">
-        <v>372</v>
+        <v>986</v>
       </c>
       <c r="R124" t="s">
-        <v>892</v>
+        <v>964</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>993</v>
+        <v>987</v>
       </c>
       <c r="C125" t="s">
-        <v>52</v>
+        <v>643</v>
       </c>
       <c r="D125" t="s">
-        <v>53</v>
+        <v>795</v>
       </c>
       <c r="E125" t="s">
-        <v>53</v>
+        <v>795</v>
       </c>
       <c r="F125" t="s">
-        <v>994</v>
+        <v>988</v>
       </c>
       <c r="G125" t="s">
-        <v>995</v>
+        <v>989</v>
       </c>
       <c r="H125" t="s">
-        <v>996</v>
+        <v>990</v>
       </c>
       <c r="I125" t="s">
-        <v>996</v>
+        <v>990</v>
       </c>
       <c r="J125" t="s">
-        <v>997</v>
+        <v>991</v>
       </c>
       <c r="K125" t="s">
-        <v>629</v>
+        <v>463</v>
       </c>
       <c r="L125" t="s">
-        <v>998</v>
+        <v>992</v>
       </c>
       <c r="M125" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N125" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O125" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P125" t="s">
-        <v>631</v>
+        <v>465</v>
       </c>
       <c r="R125" t="s">
-        <v>999</v>
+        <v>804</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c r="C126" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D126" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E126" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F126" t="s">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c r="G126" t="s">
         <v>995</v>
       </c>
       <c r="H126" t="s">
-        <v>1002</v>
+        <v>996</v>
       </c>
       <c r="I126" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="J126" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="K126" t="s">
-        <v>58</v>
+        <v>391</v>
       </c>
       <c r="L126" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="M126" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N126" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O126" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P126" t="s">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="R126" t="s">
-        <v>1006</v>
+        <v>999</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>1007</v>
+        <v>1000</v>
       </c>
       <c r="C127" t="s">
-        <v>848</v>
+        <v>18</v>
       </c>
       <c r="D127" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E127" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F127" t="s">
-        <v>1008</v>
+        <v>1001</v>
       </c>
       <c r="G127" t="s">
-        <v>1009</v>
+        <v>65</v>
       </c>
       <c r="H127" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="I127" t="s">
-        <v>1011</v>
+        <v>1002</v>
       </c>
       <c r="J127" t="s">
-        <v>1012</v>
+        <v>1003</v>
       </c>
       <c r="K127" t="s">
-        <v>58</v>
+        <v>257</v>
       </c>
       <c r="L127" t="s">
-        <v>1013</v>
+        <v>318</v>
       </c>
       <c r="M127" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="N127" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O127" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="P127" t="s">
-        <v>63</v>
+        <v>259</v>
       </c>
       <c r="R127" t="s">
-        <v>846</v>
+        <v>957</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="C128" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D128" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E128" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F128" t="s">
-        <v>1015</v>
+        <v>903</v>
       </c>
       <c r="G128" t="s">
-        <v>1016</v>
+        <v>1005</v>
       </c>
       <c r="H128" t="s">
-        <v>1017</v>
+        <v>1006</v>
       </c>
       <c r="I128" t="s">
-        <v>1017</v>
+        <v>1007</v>
       </c>
       <c r="J128" t="s">
-        <v>172</v>
+        <v>1008</v>
       </c>
       <c r="K128" t="s">
-        <v>1018</v>
+        <v>580</v>
       </c>
       <c r="L128" t="s">
-        <v>174</v>
+        <v>1009</v>
       </c>
       <c r="M128" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N128" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O128" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P128" t="s">
-        <v>176</v>
+        <v>407</v>
       </c>
       <c r="R128" t="s">
-        <v>982</v>
+        <v>909</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>1019</v>
+        <v>1010</v>
       </c>
       <c r="C129" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D129" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E129" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F129" t="s">
-        <v>1020</v>
+        <v>1011</v>
       </c>
       <c r="G129" t="s">
-        <v>1021</v>
+        <v>1012</v>
       </c>
       <c r="H129" t="s">
-        <v>1022</v>
+        <v>1013</v>
       </c>
       <c r="I129" t="s">
-        <v>1022</v>
+        <v>1013</v>
       </c>
       <c r="J129" t="s">
-        <v>428</v>
+        <v>1014</v>
       </c>
       <c r="K129" t="s">
-        <v>429</v>
+        <v>652</v>
       </c>
       <c r="L129" t="s">
-        <v>430</v>
+        <v>1015</v>
       </c>
       <c r="M129" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
       <c r="N129" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O129" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
       <c r="P129" t="s">
-        <v>431</v>
+        <v>654</v>
       </c>
       <c r="R129" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="C130" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D130" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E130" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F130" t="s">
-        <v>1025</v>
+        <v>1018</v>
       </c>
       <c r="G130" t="s">
-        <v>1026</v>
+        <v>1012</v>
       </c>
       <c r="H130" t="s">
-        <v>1027</v>
+        <v>1019</v>
       </c>
       <c r="I130" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
       <c r="J130" t="s">
-        <v>257</v>
+        <v>1021</v>
       </c>
       <c r="K130" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="L130" t="s">
-        <v>1028</v>
+        <v>1022</v>
       </c>
       <c r="M130" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="N130" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O130" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P130" t="s">
-        <v>557</v>
+        <v>103</v>
       </c>
       <c r="R130" t="s">
-        <v>940</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
       <c r="C131" t="s">
-        <v>52</v>
+        <v>863</v>
       </c>
       <c r="D131" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E131" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F131" t="s">
         <v>1025</v>
       </c>
       <c r="G131" t="s">
-        <v>929</v>
+        <v>1026</v>
       </c>
       <c r="H131" t="s">
+        <v>1027</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1028</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1029</v>
+      </c>
+      <c r="K131" t="s">
+        <v>100</v>
+      </c>
+      <c r="L131" t="s">
         <v>1030</v>
       </c>
-      <c r="I131" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M131" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="N131" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O131" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P131" t="s">
-        <v>557</v>
+        <v>103</v>
       </c>
       <c r="R131" t="s">
-        <v>940</v>
+        <v>861</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
         <v>1031</v>
       </c>
       <c r="C132" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E132" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F132" t="s">
         <v>1032</v>
       </c>
       <c r="G132" t="s">
         <v>1033</v>
       </c>
       <c r="H132" t="s">
         <v>1034</v>
       </c>
       <c r="I132" t="s">
         <v>1034</v>
       </c>
       <c r="J132" t="s">
+        <v>208</v>
+      </c>
+      <c r="K132" t="s">
         <v>1035</v>
       </c>
-      <c r="K132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L132" t="s">
-        <v>1037</v>
+        <v>210</v>
       </c>
       <c r="M132" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N132" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O132" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P132" t="s">
-        <v>1038</v>
+        <v>212</v>
       </c>
       <c r="R132" t="s">
-        <v>1023</v>
+        <v>999</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C133" t="s">
+        <v>18</v>
+      </c>
+      <c r="D133" t="s">
+        <v>19</v>
+      </c>
+      <c r="E133" t="s">
+        <v>19</v>
+      </c>
+      <c r="F133" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H133" t="s">
         <v>1039</v>
       </c>
-      <c r="C133" t="s">
-[...8 lines deleted...]
-      <c r="F133" t="s">
+      <c r="I133" t="s">
+        <v>1039</v>
+      </c>
+      <c r="J133" t="s">
+        <v>462</v>
+      </c>
+      <c r="K133" t="s">
+        <v>463</v>
+      </c>
+      <c r="L133" t="s">
+        <v>464</v>
+      </c>
+      <c r="M133" t="s">
+        <v>192</v>
+      </c>
+      <c r="N133" t="s">
+        <v>221</v>
+      </c>
+      <c r="O133" t="s">
+        <v>194</v>
+      </c>
+      <c r="P133" t="s">
+        <v>465</v>
+      </c>
+      <c r="R133" t="s">
         <v>1040</v>
-      </c>
-[...31 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>1046</v>
+        <v>1041</v>
       </c>
       <c r="C134" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D134" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E134" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F134" t="s">
-        <v>1047</v>
+        <v>1042</v>
       </c>
       <c r="G134" t="s">
-        <v>1048</v>
+        <v>1043</v>
       </c>
       <c r="H134" t="s">
-        <v>1049</v>
+        <v>1044</v>
       </c>
       <c r="I134" t="s">
-        <v>1049</v>
+        <v>1044</v>
       </c>
       <c r="J134" t="s">
-        <v>1050</v>
+        <v>293</v>
       </c>
       <c r="K134" t="s">
-        <v>1051</v>
+        <v>134</v>
       </c>
       <c r="L134" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="M134" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N134" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O134" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P134" t="s">
-        <v>1053</v>
+        <v>590</v>
       </c>
       <c r="R134" t="s">
-        <v>1054</v>
+        <v>957</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="C135" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D135" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E135" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F135" t="s">
-        <v>1056</v>
+        <v>1042</v>
       </c>
       <c r="G135" t="s">
-        <v>1057</v>
+        <v>946</v>
       </c>
       <c r="H135" t="s">
-        <v>1058</v>
+        <v>1047</v>
       </c>
       <c r="I135" t="s">
-        <v>1058</v>
+        <v>1047</v>
       </c>
       <c r="J135" t="s">
-        <v>1059</v>
+        <v>133</v>
       </c>
       <c r="K135" t="s">
-        <v>820</v>
+        <v>134</v>
       </c>
       <c r="L135" t="s">
-        <v>1060</v>
+        <v>135</v>
       </c>
       <c r="M135" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
       <c r="N135" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O135" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
       <c r="P135" t="s">
-        <v>822</v>
+        <v>590</v>
       </c>
       <c r="R135" t="s">
-        <v>1006</v>
+        <v>957</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>1061</v>
+        <v>1048</v>
       </c>
       <c r="C136" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D136" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E136" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F136" t="s">
-        <v>841</v>
+        <v>1049</v>
       </c>
       <c r="G136" t="s">
-        <v>1062</v>
+        <v>1050</v>
       </c>
       <c r="H136" t="s">
-        <v>1063</v>
+        <v>1051</v>
       </c>
       <c r="I136" t="s">
-        <v>1063</v>
+        <v>1051</v>
       </c>
       <c r="J136" t="s">
-        <v>1064</v>
+        <v>1052</v>
       </c>
       <c r="K136" t="s">
-        <v>1065</v>
+        <v>1053</v>
       </c>
       <c r="L136" t="s">
-        <v>1066</v>
+        <v>1054</v>
       </c>
       <c r="M136" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N136" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O136" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P136" t="s">
-        <v>468</v>
+        <v>1055</v>
       </c>
       <c r="R136" t="s">
-        <v>846</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>1067</v>
+        <v>1056</v>
       </c>
       <c r="C137" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D137" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E137" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F137" t="s">
-        <v>1068</v>
+        <v>1057</v>
       </c>
       <c r="G137" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
       <c r="H137" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
       <c r="I137" t="s">
-        <v>1071</v>
+        <v>1059</v>
       </c>
       <c r="J137" t="s">
-        <v>1072</v>
+        <v>1060</v>
       </c>
       <c r="K137" t="s">
-        <v>58</v>
+        <v>1061</v>
       </c>
       <c r="L137" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
       <c r="M137" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="N137" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O137" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="P137" t="s">
-        <v>63</v>
+        <v>501</v>
       </c>
       <c r="R137" t="s">
-        <v>940</v>
+        <v>861</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>1074</v>
+        <v>1063</v>
       </c>
       <c r="C138" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D138" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E138" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F138" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1066</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1066</v>
+      </c>
+      <c r="J138" t="s">
+        <v>1067</v>
+      </c>
+      <c r="K138" t="s">
         <v>1068</v>
       </c>
-      <c r="G138" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L138" t="s">
-        <v>1079</v>
+        <v>1069</v>
       </c>
       <c r="M138" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N138" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O138" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P138" t="s">
-        <v>63</v>
+        <v>1070</v>
       </c>
       <c r="R138" t="s">
-        <v>940</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>1080</v>
+        <v>1072</v>
       </c>
       <c r="C139" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D139" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E139" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F139" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="G139" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H139" t="s">
         <v>1075</v>
       </c>
-      <c r="H139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I139" t="s">
-        <v>1081</v>
+        <v>1075</v>
       </c>
       <c r="J139" t="s">
-        <v>1082</v>
+        <v>1076</v>
       </c>
       <c r="K139" t="s">
-        <v>1083</v>
+        <v>835</v>
       </c>
       <c r="L139" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="M139" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="N139" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O139" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="P139" t="s">
-        <v>1085</v>
+        <v>837</v>
       </c>
       <c r="R139" t="s">
-        <v>940</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>1086</v>
+        <v>1078</v>
       </c>
       <c r="C140" t="s">
-        <v>1087</v>
+        <v>18</v>
       </c>
       <c r="D140" t="s">
-        <v>1088</v>
+        <v>19</v>
       </c>
       <c r="E140" t="s">
-        <v>1088</v>
+        <v>19</v>
       </c>
       <c r="F140" t="s">
-        <v>1089</v>
+        <v>856</v>
       </c>
       <c r="G140" t="s">
-        <v>263</v>
+        <v>1079</v>
       </c>
       <c r="H140" t="s">
-        <v>1090</v>
+        <v>1080</v>
       </c>
       <c r="I140" t="s">
-        <v>1090</v>
+        <v>1080</v>
       </c>
       <c r="J140" t="s">
-        <v>1091</v>
+        <v>1081</v>
       </c>
       <c r="K140" t="s">
-        <v>1092</v>
+        <v>1082</v>
       </c>
       <c r="L140" t="s">
-        <v>1093</v>
+        <v>1083</v>
       </c>
       <c r="M140" t="s">
-        <v>73</v>
+        <v>192</v>
       </c>
       <c r="N140" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O140" t="s">
-        <v>75</v>
+        <v>194</v>
       </c>
       <c r="P140" t="s">
-        <v>1094</v>
+        <v>501</v>
       </c>
       <c r="R140" t="s">
-        <v>1095</v>
+        <v>861</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>1096</v>
+        <v>1084</v>
       </c>
       <c r="C141" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="D141" t="s">
-        <v>780</v>
+        <v>19</v>
       </c>
       <c r="E141" t="s">
-        <v>780</v>
+        <v>19</v>
       </c>
       <c r="F141" t="s">
-        <v>1097</v>
+        <v>1085</v>
       </c>
       <c r="G141" t="s">
-        <v>1098</v>
+        <v>1086</v>
       </c>
       <c r="H141" t="s">
-        <v>1099</v>
+        <v>1087</v>
       </c>
       <c r="I141" t="s">
-        <v>1099</v>
+        <v>1088</v>
       </c>
       <c r="J141" t="s">
-        <v>1100</v>
+        <v>1089</v>
       </c>
       <c r="K141" t="s">
-        <v>820</v>
+        <v>100</v>
       </c>
       <c r="L141" t="s">
-        <v>1101</v>
+        <v>1090</v>
       </c>
       <c r="M141" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N141" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O141" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P141" t="s">
-        <v>822</v>
+        <v>103</v>
       </c>
       <c r="R141" t="s">
-        <v>1102</v>
+        <v>957</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>1103</v>
+        <v>1091</v>
       </c>
       <c r="C142" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E142" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F142" t="s">
-        <v>1104</v>
+        <v>1085</v>
       </c>
       <c r="G142" t="s">
-        <v>1105</v>
+        <v>1092</v>
       </c>
       <c r="H142" t="s">
-        <v>1106</v>
+        <v>1093</v>
       </c>
       <c r="I142" t="s">
-        <v>1106</v>
+        <v>1094</v>
       </c>
       <c r="J142" t="s">
-        <v>986</v>
+        <v>1095</v>
       </c>
       <c r="K142" t="s">
-        <v>221</v>
+        <v>100</v>
       </c>
       <c r="L142" t="s">
-        <v>282</v>
+        <v>1096</v>
       </c>
       <c r="M142" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="N142" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O142" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="P142" t="s">
-        <v>223</v>
+        <v>103</v>
       </c>
       <c r="R142" t="s">
-        <v>892</v>
+        <v>957</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>1107</v>
+        <v>1097</v>
       </c>
       <c r="C143" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E143" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F143" t="s">
-        <v>1108</v>
+        <v>1085</v>
       </c>
       <c r="G143" t="s">
-        <v>1109</v>
+        <v>1092</v>
       </c>
       <c r="H143" t="s">
-        <v>1110</v>
+        <v>1098</v>
       </c>
       <c r="I143" t="s">
-        <v>1110</v>
+        <v>1098</v>
       </c>
       <c r="J143" t="s">
-        <v>1111</v>
+        <v>1099</v>
       </c>
       <c r="K143" t="s">
-        <v>429</v>
+        <v>1100</v>
       </c>
       <c r="L143" t="s">
-        <v>1112</v>
+        <v>1101</v>
       </c>
       <c r="M143" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N143" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O143" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P143" t="s">
-        <v>431</v>
+        <v>1102</v>
       </c>
       <c r="R143" t="s">
-        <v>1113</v>
+        <v>957</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>1114</v>
+        <v>1103</v>
       </c>
       <c r="C144" t="s">
-        <v>52</v>
+        <v>1104</v>
       </c>
       <c r="D144" t="s">
-        <v>53</v>
+        <v>1105</v>
       </c>
       <c r="E144" t="s">
-        <v>53</v>
+        <v>1105</v>
       </c>
       <c r="F144" t="s">
-        <v>1115</v>
+        <v>1106</v>
       </c>
       <c r="G144" t="s">
-        <v>1116</v>
+        <v>299</v>
       </c>
       <c r="H144" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="I144" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="J144" t="s">
-        <v>1118</v>
+        <v>1108</v>
       </c>
       <c r="K144" t="s">
-        <v>1119</v>
+        <v>1109</v>
       </c>
       <c r="L144" t="s">
-        <v>1120</v>
+        <v>1110</v>
       </c>
       <c r="M144" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N144" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O144" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P144" t="s">
-        <v>1121</v>
+        <v>1111</v>
       </c>
       <c r="R144" t="s">
-        <v>367</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>1122</v>
+        <v>1113</v>
       </c>
       <c r="C145" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D145" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E145" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F145" t="s">
-        <v>1123</v>
+        <v>1114</v>
       </c>
       <c r="G145" t="s">
-        <v>21</v>
+        <v>1115</v>
       </c>
       <c r="H145" t="s">
-        <v>1124</v>
+        <v>1116</v>
       </c>
       <c r="I145" t="s">
-        <v>1124</v>
+        <v>1116</v>
       </c>
       <c r="J145" t="s">
-        <v>1125</v>
+        <v>1003</v>
       </c>
       <c r="K145" t="s">
-        <v>58</v>
+        <v>257</v>
       </c>
       <c r="L145" t="s">
-        <v>1126</v>
+        <v>318</v>
       </c>
       <c r="M145" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="N145" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O145" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="P145" t="s">
-        <v>63</v>
+        <v>259</v>
       </c>
       <c r="R145" t="s">
-        <v>1127</v>
+        <v>909</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>1128</v>
+        <v>1117</v>
       </c>
       <c r="C146" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D146" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E146" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F146" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1120</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K146" t="s">
+        <v>463</v>
+      </c>
+      <c r="L146" t="s">
+        <v>1122</v>
+      </c>
+      <c r="M146" t="s">
+        <v>192</v>
+      </c>
+      <c r="N146" t="s">
+        <v>221</v>
+      </c>
+      <c r="O146" t="s">
+        <v>194</v>
+      </c>
+      <c r="P146" t="s">
+        <v>465</v>
+      </c>
+      <c r="R146" t="s">
         <v>1123</v>
-      </c>
-[...31 lines deleted...]
-        <v>1127</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>1133</v>
+        <v>1124</v>
       </c>
       <c r="C147" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D147" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E147" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F147" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="G147" t="s">
-        <v>1135</v>
+        <v>1126</v>
       </c>
       <c r="H147" t="s">
-        <v>1136</v>
+        <v>1127</v>
       </c>
       <c r="I147" t="s">
-        <v>1136</v>
+        <v>1127</v>
       </c>
       <c r="J147" t="s">
-        <v>1137</v>
+        <v>1128</v>
       </c>
       <c r="K147" t="s">
-        <v>1138</v>
+        <v>1129</v>
       </c>
       <c r="L147" t="s">
-        <v>1139</v>
+        <v>1130</v>
       </c>
       <c r="M147" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="N147" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O147" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="P147" t="s">
-        <v>1085</v>
+        <v>1131</v>
       </c>
       <c r="R147" t="s">
-        <v>1140</v>
+        <v>402</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>1141</v>
+        <v>1132</v>
       </c>
       <c r="C148" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D148" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E148" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F148" t="s">
-        <v>1142</v>
+        <v>1133</v>
       </c>
       <c r="G148" t="s">
-        <v>1143</v>
+        <v>65</v>
       </c>
       <c r="H148" t="s">
-        <v>1144</v>
+        <v>1134</v>
       </c>
       <c r="I148" t="s">
-        <v>1144</v>
+        <v>1134</v>
       </c>
       <c r="J148" t="s">
-        <v>857</v>
+        <v>1135</v>
       </c>
       <c r="K148" t="s">
-        <v>201</v>
+        <v>100</v>
       </c>
       <c r="L148" t="s">
-        <v>230</v>
+        <v>1136</v>
       </c>
       <c r="M148" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="N148" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O148" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="P148" t="s">
-        <v>405</v>
+        <v>103</v>
       </c>
       <c r="R148" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="C149" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D149" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E149" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F149" t="s">
-        <v>1146</v>
+        <v>1133</v>
       </c>
       <c r="G149" t="s">
-        <v>1147</v>
+        <v>65</v>
       </c>
       <c r="H149" t="s">
-        <v>1148</v>
+        <v>1139</v>
       </c>
       <c r="I149" t="s">
-        <v>1149</v>
+        <v>1139</v>
       </c>
       <c r="J149" t="s">
-        <v>1150</v>
+        <v>1140</v>
       </c>
       <c r="K149" t="s">
-        <v>1151</v>
+        <v>1141</v>
       </c>
       <c r="L149" t="s">
-        <v>1152</v>
+        <v>1142</v>
       </c>
       <c r="M149" t="s">
-        <v>73</v>
+        <v>192</v>
       </c>
       <c r="N149" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O149" t="s">
-        <v>75</v>
+        <v>194</v>
       </c>
       <c r="P149" t="s">
-        <v>1121</v>
+        <v>683</v>
       </c>
       <c r="R149" t="s">
-        <v>999</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>1153</v>
+        <v>1143</v>
       </c>
       <c r="C150" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D150" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E150" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F150" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
       <c r="G150" t="s">
-        <v>1155</v>
+        <v>1145</v>
       </c>
       <c r="H150" t="s">
-        <v>1156</v>
+        <v>1146</v>
       </c>
       <c r="I150" t="s">
-        <v>1156</v>
+        <v>1146</v>
       </c>
       <c r="J150" t="s">
-        <v>1157</v>
+        <v>1147</v>
       </c>
       <c r="K150" t="s">
-        <v>364</v>
+        <v>1148</v>
       </c>
       <c r="L150" t="s">
-        <v>1158</v>
+        <v>1149</v>
       </c>
       <c r="M150" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="N150" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O150" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="P150" t="s">
-        <v>1159</v>
+        <v>1102</v>
       </c>
       <c r="R150" t="s">
-        <v>1160</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>1161</v>
+        <v>1151</v>
       </c>
       <c r="C151" t="s">
-        <v>1162</v>
+        <v>18</v>
       </c>
       <c r="D151" t="s">
-        <v>1163</v>
+        <v>19</v>
       </c>
       <c r="E151" t="s">
-        <v>1163</v>
+        <v>19</v>
       </c>
       <c r="F151" t="s">
-        <v>1164</v>
+        <v>1152</v>
       </c>
       <c r="G151" t="s">
-        <v>263</v>
+        <v>1153</v>
       </c>
       <c r="H151" t="s">
-        <v>1165</v>
+        <v>1154</v>
       </c>
       <c r="I151" t="s">
-        <v>1165</v>
+        <v>1154</v>
       </c>
       <c r="J151" t="s">
-        <v>1166</v>
+        <v>872</v>
       </c>
       <c r="K151" t="s">
-        <v>937</v>
+        <v>237</v>
       </c>
       <c r="L151" t="s">
-        <v>1167</v>
+        <v>266</v>
       </c>
       <c r="M151" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="N151" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="O151" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="P151" t="s">
-        <v>1168</v>
+        <v>439</v>
       </c>
       <c r="R151" t="s">
-        <v>1169</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>1170</v>
+        <v>1155</v>
       </c>
       <c r="C152" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D152" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E152" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F152" t="s">
-        <v>739</v>
+        <v>1156</v>
       </c>
       <c r="G152" t="s">
-        <v>1171</v>
+        <v>1157</v>
       </c>
       <c r="H152" t="s">
-        <v>1172</v>
+        <v>1158</v>
       </c>
       <c r="I152" t="s">
-        <v>1173</v>
+        <v>1159</v>
       </c>
       <c r="J152" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="K152" t="s">
-        <v>629</v>
+        <v>1161</v>
       </c>
       <c r="L152" t="s">
-        <v>1175</v>
+        <v>1162</v>
       </c>
       <c r="M152" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N152" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O152" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P152" t="s">
-        <v>631</v>
+        <v>1131</v>
       </c>
       <c r="R152" t="s">
-        <v>892</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>1176</v>
+        <v>1163</v>
       </c>
       <c r="C153" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D153" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E153" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F153" t="s">
-        <v>1177</v>
+        <v>1164</v>
       </c>
       <c r="G153" t="s">
-        <v>1178</v>
+        <v>1165</v>
       </c>
       <c r="H153" t="s">
-        <v>944</v>
+        <v>1166</v>
       </c>
       <c r="I153" t="s">
-        <v>944</v>
+        <v>1166</v>
       </c>
       <c r="J153" t="s">
-        <v>1179</v>
+        <v>1167</v>
       </c>
       <c r="K153" t="s">
-        <v>1036</v>
+        <v>399</v>
       </c>
       <c r="L153" t="s">
-        <v>1180</v>
+        <v>1168</v>
       </c>
       <c r="M153" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N153" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O153" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P153" t="s">
-        <v>1038</v>
+        <v>1169</v>
       </c>
       <c r="R153" t="s">
-        <v>1181</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>1182</v>
+        <v>1171</v>
       </c>
       <c r="C154" t="s">
-        <v>52</v>
+        <v>1172</v>
       </c>
       <c r="D154" t="s">
-        <v>53</v>
+        <v>1173</v>
       </c>
       <c r="E154" t="s">
-        <v>53</v>
+        <v>1173</v>
       </c>
       <c r="F154" t="s">
-        <v>888</v>
+        <v>1174</v>
       </c>
       <c r="G154" t="s">
-        <v>988</v>
+        <v>299</v>
       </c>
       <c r="H154" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
       <c r="I154" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
       <c r="J154" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="K154" t="s">
-        <v>629</v>
+        <v>954</v>
       </c>
       <c r="L154" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="M154" t="s">
-        <v>73</v>
+        <v>192</v>
       </c>
       <c r="N154" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O154" t="s">
-        <v>75</v>
+        <v>194</v>
       </c>
       <c r="P154" t="s">
-        <v>631</v>
+        <v>1178</v>
       </c>
       <c r="R154" t="s">
-        <v>1006</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C155" t="s">
+        <v>18</v>
+      </c>
+      <c r="D155" t="s">
+        <v>19</v>
+      </c>
+      <c r="E155" t="s">
+        <v>19</v>
+      </c>
+      <c r="F155" t="s">
+        <v>754</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1183</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K155" t="s">
+        <v>652</v>
+      </c>
+      <c r="L155" t="s">
         <v>1185</v>
       </c>
-      <c r="C155" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M155" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N155" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O155" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P155" t="s">
-        <v>133</v>
+        <v>654</v>
       </c>
       <c r="R155" t="s">
-        <v>999</v>
+        <v>909</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C156" t="s">
+        <v>18</v>
+      </c>
+      <c r="D156" t="s">
+        <v>19</v>
+      </c>
+      <c r="E156" t="s">
+        <v>19</v>
+      </c>
+      <c r="F156" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H156" t="s">
+        <v>961</v>
+      </c>
+      <c r="I156" t="s">
+        <v>961</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1189</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1053</v>
+      </c>
+      <c r="L156" t="s">
         <v>1190</v>
       </c>
-      <c r="C156" t="s">
-[...14 lines deleted...]
-      <c r="H156" t="s">
+      <c r="M156" t="s">
+        <v>33</v>
+      </c>
+      <c r="N156" t="s">
+        <v>211</v>
+      </c>
+      <c r="O156" t="s">
+        <v>34</v>
+      </c>
+      <c r="P156" t="s">
+        <v>1055</v>
+      </c>
+      <c r="R156" t="s">
         <v>1191</v>
-      </c>
-[...25 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="C157" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D157" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E157" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F157" t="s">
-        <v>1196</v>
+        <v>903</v>
       </c>
       <c r="G157" t="s">
-        <v>1197</v>
+        <v>1005</v>
       </c>
       <c r="H157" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="I157" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="J157" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="K157" t="s">
-        <v>1200</v>
+        <v>652</v>
       </c>
       <c r="L157" t="s">
-        <v>1201</v>
+        <v>1185</v>
       </c>
       <c r="M157" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
       <c r="N157" t="s">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="O157" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
       <c r="P157" t="s">
-        <v>1202</v>
+        <v>654</v>
       </c>
       <c r="R157" t="s">
-        <v>1160</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>1203</v>
+        <v>1195</v>
       </c>
       <c r="C158" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D158" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E158" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F158" t="s">
-        <v>1204</v>
+        <v>1196</v>
       </c>
       <c r="G158" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="H158" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="I158" t="s">
-        <v>1206</v>
+        <v>1199</v>
       </c>
       <c r="J158" t="s">
-        <v>1207</v>
+        <v>163</v>
       </c>
       <c r="K158" t="s">
-        <v>58</v>
+        <v>200</v>
       </c>
       <c r="L158" t="s">
-        <v>1208</v>
+        <v>165</v>
       </c>
       <c r="M158" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N158" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O158" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P158" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="R158" t="s">
-        <v>1209</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>1210</v>
+        <v>1200</v>
       </c>
       <c r="C159" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D159" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E159" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F159" t="s">
-        <v>1211</v>
+        <v>1018</v>
       </c>
       <c r="G159" t="s">
-        <v>1212</v>
+        <v>1012</v>
       </c>
       <c r="H159" t="s">
-        <v>1213</v>
+        <v>1201</v>
       </c>
       <c r="I159" t="s">
-        <v>1213</v>
+        <v>1202</v>
       </c>
       <c r="J159" t="s">
-        <v>1214</v>
+        <v>1203</v>
       </c>
       <c r="K159" t="s">
-        <v>98</v>
+        <v>652</v>
       </c>
       <c r="L159" t="s">
-        <v>556</v>
+        <v>1204</v>
       </c>
       <c r="M159" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="N159" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O159" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="P159" t="s">
-        <v>557</v>
+        <v>654</v>
+      </c>
+      <c r="R159" t="s">
+        <v>1023</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>1215</v>
+        <v>1205</v>
       </c>
       <c r="C160" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D160" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E160" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F160" t="s">
-        <v>1216</v>
+        <v>1206</v>
       </c>
       <c r="G160" t="s">
-        <v>1217</v>
+        <v>1207</v>
       </c>
       <c r="H160" t="s">
-        <v>944</v>
+        <v>1208</v>
       </c>
       <c r="I160" t="s">
-        <v>944</v>
+        <v>1208</v>
       </c>
       <c r="J160" t="s">
-        <v>1218</v>
+        <v>1209</v>
       </c>
       <c r="K160" t="s">
-        <v>429</v>
+        <v>1210</v>
       </c>
       <c r="L160" t="s">
-        <v>1219</v>
+        <v>1211</v>
       </c>
       <c r="M160" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="N160" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="O160" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="P160" t="s">
-        <v>431</v>
+        <v>1212</v>
       </c>
       <c r="R160" t="s">
-        <v>1220</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>1221</v>
+        <v>1213</v>
       </c>
       <c r="C161" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D161" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E161" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F161" t="s">
-        <v>1025</v>
+        <v>1214</v>
       </c>
       <c r="G161" t="s">
-        <v>1026</v>
+        <v>1215</v>
       </c>
       <c r="H161" t="s">
-        <v>1222</v>
+        <v>1216</v>
       </c>
       <c r="I161" t="s">
-        <v>1223</v>
+        <v>1216</v>
       </c>
       <c r="J161" t="s">
-        <v>1224</v>
+        <v>1217</v>
       </c>
       <c r="K161" t="s">
-        <v>341</v>
+        <v>134</v>
       </c>
       <c r="L161" t="s">
-        <v>1225</v>
+        <v>589</v>
       </c>
       <c r="M161" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="N161" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="O161" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="P161" t="s">
-        <v>1226</v>
-[...2 lines deleted...]
-        <v>940</v>
+        <v>590</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>1227</v>
+        <v>1218</v>
       </c>
       <c r="C162" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D162" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E162" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F162" t="s">
-        <v>1047</v>
+        <v>1219</v>
       </c>
       <c r="G162" t="s">
-        <v>1062</v>
+        <v>1220</v>
       </c>
       <c r="H162" t="s">
-        <v>1228</v>
+        <v>961</v>
       </c>
       <c r="I162" t="s">
-        <v>1228</v>
+        <v>961</v>
       </c>
       <c r="J162" t="s">
-        <v>1229</v>
+        <v>1221</v>
       </c>
       <c r="K162" t="s">
-        <v>341</v>
+        <v>463</v>
       </c>
       <c r="L162" t="s">
-        <v>1230</v>
+        <v>1222</v>
       </c>
       <c r="M162" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="N162" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="O162" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="P162" t="s">
-        <v>1226</v>
+        <v>465</v>
       </c>
       <c r="R162" t="s">
-        <v>1113</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>1231</v>
+        <v>1224</v>
       </c>
       <c r="C163" t="s">
+        <v>18</v>
+      </c>
+      <c r="D163" t="s">
+        <v>19</v>
+      </c>
+      <c r="E163" t="s">
+        <v>19</v>
+      </c>
+      <c r="F163" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1225</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1226</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1227</v>
+      </c>
+      <c r="K163" t="s">
+        <v>50</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M163" t="s">
+        <v>33</v>
+      </c>
+      <c r="N163" t="s">
+        <v>211</v>
+      </c>
+      <c r="O163" t="s">
+        <v>34</v>
+      </c>
+      <c r="P163" t="s">
         <v>52</v>
       </c>
-      <c r="D163" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="R163" t="s">
-        <v>1239</v>
+        <v>957</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>1240</v>
+        <v>1229</v>
       </c>
       <c r="C164" t="s">
+        <v>18</v>
+      </c>
+      <c r="D164" t="s">
+        <v>19</v>
+      </c>
+      <c r="E164" t="s">
+        <v>19</v>
+      </c>
+      <c r="F164" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1230</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1230</v>
+      </c>
+      <c r="J164" t="s">
+        <v>1231</v>
+      </c>
+      <c r="K164" t="s">
+        <v>50</v>
+      </c>
+      <c r="L164" t="s">
+        <v>1232</v>
+      </c>
+      <c r="M164" t="s">
+        <v>33</v>
+      </c>
+      <c r="N164" t="s">
+        <v>211</v>
+      </c>
+      <c r="O164" t="s">
+        <v>34</v>
+      </c>
+      <c r="P164" t="s">
         <v>52</v>
       </c>
-      <c r="D164" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="R164" t="s">
-        <v>1239</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C165" t="s">
+        <v>18</v>
+      </c>
+      <c r="D165" t="s">
+        <v>19</v>
+      </c>
+      <c r="E165" t="s">
+        <v>19</v>
+      </c>
+      <c r="F165" t="s">
+        <v>1234</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1236</v>
+      </c>
+      <c r="J165" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K165" t="s">
+        <v>1238</v>
+      </c>
+      <c r="L165" t="s">
+        <v>1239</v>
+      </c>
+      <c r="M165" t="s">
+        <v>25</v>
+      </c>
+      <c r="N165" t="s">
+        <v>211</v>
+      </c>
+      <c r="O165" t="s">
+        <v>27</v>
+      </c>
+      <c r="P165" t="s">
+        <v>1240</v>
+      </c>
+      <c r="R165" t="s">
         <v>1241</v>
-      </c>
-[...43 lines deleted...]
-        <v>1239</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>1247</v>
+        <v>1242</v>
       </c>
       <c r="C166" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D166" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E166" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F166" t="s">
-        <v>1248</v>
+        <v>1234</v>
       </c>
       <c r="G166" t="s">
-        <v>1249</v>
+        <v>1235</v>
       </c>
       <c r="H166" t="s">
-        <v>1250</v>
+        <v>961</v>
       </c>
       <c r="I166" t="s">
-        <v>1250</v>
+        <v>961</v>
       </c>
       <c r="J166" t="s">
-        <v>1251</v>
+        <v>885</v>
       </c>
       <c r="K166" t="s">
-        <v>967</v>
+        <v>835</v>
       </c>
       <c r="L166" t="s">
-        <v>1252</v>
+        <v>886</v>
       </c>
       <c r="M166" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="N166" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="O166" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="P166" t="s">
-        <v>969</v>
+        <v>837</v>
       </c>
       <c r="R166" t="s">
-        <v>940</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>1253</v>
+        <v>1243</v>
       </c>
       <c r="C167" t="s">
-        <v>1254</v>
+        <v>18</v>
       </c>
       <c r="D167" t="s">
-        <v>1255</v>
+        <v>19</v>
       </c>
       <c r="E167" t="s">
-        <v>1256</v>
+        <v>19</v>
       </c>
       <c r="F167" t="s">
-        <v>1257</v>
+        <v>1244</v>
       </c>
       <c r="G167" t="s">
-        <v>1258</v>
+        <v>1245</v>
       </c>
       <c r="H167" t="s">
-        <v>1259</v>
+        <v>1246</v>
       </c>
       <c r="I167" t="s">
-        <v>1259</v>
+        <v>1246</v>
       </c>
       <c r="J167" t="s">
-        <v>1260</v>
+        <v>1247</v>
       </c>
       <c r="K167" t="s">
-        <v>1261</v>
+        <v>237</v>
       </c>
       <c r="L167" t="s">
-        <v>309</v>
+        <v>1248</v>
       </c>
       <c r="M167" t="s">
-        <v>1262</v>
+        <v>33</v>
       </c>
       <c r="N167" t="s">
-        <v>1263</v>
+        <v>211</v>
       </c>
       <c r="O167" t="s">
-        <v>1264</v>
+        <v>34</v>
       </c>
       <c r="P167" t="s">
-        <v>1265</v>
+        <v>439</v>
       </c>
       <c r="R167" t="s">
-        <v>1266</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>1267</v>
+        <v>1249</v>
       </c>
       <c r="C168" t="s">
-        <v>1268</v>
+        <v>18</v>
       </c>
       <c r="D168" t="s">
-        <v>1269</v>
+        <v>19</v>
       </c>
       <c r="E168" t="s">
-        <v>1270</v>
+        <v>19</v>
       </c>
       <c r="F168" t="s">
-        <v>1271</v>
+        <v>1250</v>
       </c>
       <c r="G168" t="s">
-        <v>1272</v>
+        <v>1251</v>
       </c>
       <c r="H168" t="s">
-        <v>1273</v>
+        <v>1252</v>
       </c>
       <c r="I168" t="s">
-        <v>1273</v>
+        <v>1252</v>
       </c>
       <c r="J168" t="s">
-        <v>1274</v>
+        <v>1253</v>
       </c>
       <c r="K168" t="s">
-        <v>1275</v>
+        <v>984</v>
       </c>
       <c r="L168" t="s">
-        <v>1276</v>
+        <v>1254</v>
       </c>
       <c r="M168" t="s">
-        <v>1262</v>
+        <v>192</v>
       </c>
       <c r="N168" t="s">
-        <v>1263</v>
+        <v>221</v>
       </c>
       <c r="O168" t="s">
-        <v>1264</v>
+        <v>194</v>
       </c>
       <c r="P168" t="s">
-        <v>1226</v>
+        <v>986</v>
+      </c>
+      <c r="R168" t="s">
+        <v>957</v>
       </c>
     </row>
     <row r="169" spans="1:18">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>1277</v>
+        <v>1255</v>
       </c>
       <c r="C169" t="s">
-        <v>120</v>
+        <v>1256</v>
       </c>
       <c r="D169" t="s">
-        <v>1278</v>
+        <v>1257</v>
       </c>
       <c r="E169" t="s">
-        <v>1279</v>
+        <v>1258</v>
       </c>
       <c r="F169" t="s">
-        <v>1280</v>
+        <v>1259</v>
       </c>
       <c r="G169" t="s">
-        <v>1281</v>
+        <v>1260</v>
       </c>
       <c r="H169" t="s">
-        <v>1282</v>
+        <v>1261</v>
       </c>
       <c r="I169" t="s">
-        <v>1282</v>
+        <v>1261</v>
       </c>
       <c r="J169" t="s">
-        <v>1283</v>
+        <v>1262</v>
       </c>
       <c r="K169" t="s">
-        <v>1284</v>
+        <v>1263</v>
       </c>
       <c r="L169" t="s">
-        <v>1285</v>
+        <v>345</v>
       </c>
       <c r="M169" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="N169" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="O169" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="P169" t="s">
-        <v>1286</v>
+        <v>1267</v>
       </c>
       <c r="R169" t="s">
-        <v>1287</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>1288</v>
+        <v>1269</v>
       </c>
       <c r="C170" t="s">
-        <v>120</v>
+        <v>1270</v>
       </c>
       <c r="D170" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F170" t="s">
+        <v>1273</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1275</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1275</v>
+      </c>
+      <c r="J170" t="s">
+        <v>1276</v>
+      </c>
+      <c r="K170" t="s">
+        <v>1277</v>
+      </c>
+      <c r="L170" t="s">
         <v>1278</v>
       </c>
-      <c r="E170" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M170" t="s">
-        <v>333</v>
+        <v>1264</v>
       </c>
       <c r="N170" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="O170" t="s">
-        <v>1294</v>
+        <v>1266</v>
       </c>
       <c r="P170" t="s">
-        <v>939</v>
-[...2 lines deleted...]
-        <v>1287</v>
+        <v>52</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>1295</v>
+        <v>1279</v>
       </c>
       <c r="C171" t="s">
-        <v>120</v>
+        <v>156</v>
       </c>
       <c r="D171" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="E171" t="s">
-        <v>1296</v>
+        <v>1281</v>
       </c>
       <c r="F171" t="s">
-        <v>1297</v>
+        <v>1282</v>
       </c>
       <c r="G171" t="s">
-        <v>1298</v>
+        <v>1283</v>
       </c>
       <c r="H171" t="s">
-        <v>1299</v>
+        <v>1284</v>
       </c>
       <c r="I171" t="s">
-        <v>1299</v>
+        <v>1284</v>
       </c>
       <c r="J171" t="s">
-        <v>546</v>
+        <v>1285</v>
       </c>
       <c r="K171" t="s">
-        <v>1300</v>
+        <v>1286</v>
       </c>
       <c r="L171" t="s">
-        <v>548</v>
+        <v>1287</v>
       </c>
       <c r="M171" t="s">
-        <v>130</v>
+        <v>1264</v>
       </c>
       <c r="N171" t="s">
-        <v>131</v>
+        <v>1265</v>
       </c>
       <c r="O171" t="s">
-        <v>132</v>
+        <v>1266</v>
       </c>
       <c r="P171" t="s">
-        <v>372</v>
+        <v>1288</v>
       </c>
       <c r="R171" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="172" spans="1:18">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C172" t="s">
+        <v>156</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1280</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F172" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G172" t="s">
+        <v>363</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1292</v>
+      </c>
+      <c r="I172" t="s">
+        <v>1292</v>
+      </c>
+      <c r="J172" t="s">
+        <v>1293</v>
+      </c>
+      <c r="K172" t="s">
+        <v>1294</v>
+      </c>
+      <c r="L172" t="s">
+        <v>1295</v>
+      </c>
+      <c r="M172" t="s">
+        <v>369</v>
+      </c>
+      <c r="N172" t="s">
+        <v>1265</v>
+      </c>
+      <c r="O172" t="s">
+        <v>1296</v>
+      </c>
+      <c r="P172" t="s">
+        <v>956</v>
+      </c>
+      <c r="R172" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="173" spans="1:18">
+      <c r="A173">
+        <v>172</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C173" t="s">
+        <v>156</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1280</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F173" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H173" t="s">
         <v>1301</v>
       </c>
-      <c r="C172" t="s">
-[...2 lines deleted...]
-      <c r="D172" t="s">
+      <c r="I173" t="s">
+        <v>1301</v>
+      </c>
+      <c r="J173" t="s">
+        <v>579</v>
+      </c>
+      <c r="K173" t="s">
         <v>1302</v>
       </c>
-      <c r="E172" t="s">
+      <c r="L173" t="s">
+        <v>581</v>
+      </c>
+      <c r="M173" t="s">
+        <v>166</v>
+      </c>
+      <c r="N173" t="s">
+        <v>167</v>
+      </c>
+      <c r="O173" t="s">
+        <v>168</v>
+      </c>
+      <c r="P173" t="s">
+        <v>407</v>
+      </c>
+      <c r="R173" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="174" spans="1:18">
+      <c r="A174">
+        <v>173</v>
+      </c>
+      <c r="B174" t="s">
         <v>1303</v>
       </c>
-      <c r="F172" t="s">
+      <c r="C174" t="s">
+        <v>156</v>
+      </c>
+      <c r="D174" t="s">
         <v>1304</v>
       </c>
-      <c r="G172" t="s">
+      <c r="E174" t="s">
         <v>1305</v>
       </c>
-      <c r="H172" t="s">
+      <c r="F174" t="s">
         <v>1306</v>
       </c>
-      <c r="I172" t="s">
-[...23 lines deleted...]
-      <c r="R172" t="s">
+      <c r="G174" t="s">
         <v>1307</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1308</v>
+      </c>
+      <c r="J174" t="s">
+        <v>596</v>
+      </c>
+      <c r="K174" t="s">
+        <v>247</v>
+      </c>
+      <c r="L174" t="s">
+        <v>597</v>
+      </c>
+      <c r="M174" t="s">
+        <v>369</v>
+      </c>
+      <c r="N174" t="s">
+        <v>1265</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1296</v>
+      </c>
+      <c r="P174" t="s">
+        <v>249</v>
+      </c>
+      <c r="R174" t="s">
+        <v>1309</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>