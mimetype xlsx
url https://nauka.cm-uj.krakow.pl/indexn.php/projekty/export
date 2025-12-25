--- v2 (2025-12-05)
+++ v3 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1273">
   <si>
     <t>Lp.</t>
   </si>
   <si>
     <t>Tytuł projektu</t>
   </si>
   <si>
     <t>Instytucja finansująca</t>
   </si>
   <si>
     <t>Strona www instytucji</t>
   </si>
   <si>
     <t>Strona www projektu</t>
   </si>
   <si>
     <t>Okres realizacji - początek</t>
   </si>
   <si>
     <t>Okres realizacji - koniec</t>
   </si>
   <si>
     <t>Całkowita wartość projektu</t>
   </si>
   <si>
@@ -65,89 +65,182 @@
   <si>
     <t>Kierownik</t>
   </si>
   <si>
     <t>Telefon do Jednostki</t>
   </si>
   <si>
     <t>E-mail do kierownika</t>
   </si>
   <si>
     <t>Osoba do kontaktu</t>
   </si>
   <si>
     <t>Telefon osoby do kontaktu</t>
   </si>
   <si>
     <t>E-mail osoby do kontaktu</t>
   </si>
   <si>
     <t>Nazwa jednostki</t>
   </si>
   <si>
     <t>Konkurs</t>
   </si>
   <si>
+    <t>Zakup cytofluorymetru przepływowego z możliwością analizy pojedynczych pęcherzyków pozakomórkowych z 4 laserami oraz zestawem instalacyjnym</t>
+  </si>
+  <si>
+    <t>Ministerstwo Nauki i Szkolnictwa Wyższego</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>1 050 000,00 zł</t>
+  </si>
+  <si>
+    <t>1000 000,00 zł</t>
+  </si>
+  <si>
+    <t>Prof. dr hab. Krzysztof Bryniarski</t>
+  </si>
+  <si>
+    <t>12 633-94-31</t>
+  </si>
+  <si>
+    <t>krzysztof.bryniarski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>mgr inż. Iwona Wcisło</t>
+  </si>
+  <si>
+    <t>012 433 27 98</t>
+  </si>
+  <si>
+    <t>Zakład Immunologii</t>
+  </si>
+  <si>
+    <t>Wniosek w sprawie przyznania środków finansowych na realizację inwestycji związanej z działalnością naukową (tryb normalny - konkurs 6)</t>
+  </si>
+  <si>
+    <t>Architektura węzła przedsionkowo-komorowego w kontekście starzenia i otyłości-analiza morfologiczna</t>
+  </si>
+  <si>
+    <t>NCN</t>
+  </si>
+  <si>
+    <t>https://www.ncn.gov.pl/</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>2026-09-04</t>
+  </si>
+  <si>
+    <t>49 500,00</t>
+  </si>
+  <si>
+    <t>dr Paulina Urbaniak</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 422-95-11</t>
+  </si>
+  <si>
+    <t>paulina.urbaniak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Renata Sobieszczańska-Horbatowska</t>
+  </si>
+  <si>
+    <t>12 433 27 97</t>
+  </si>
+  <si>
+    <t>renata.sobieszczanska-horbatowska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Anatomii</t>
+  </si>
+  <si>
+    <t>MINIATURA 9</t>
+  </si>
+  <si>
+    <t>Determinanty płodności kobiet Amiszów: Studium przypadku społeczności z Middlefield, Ohio.</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-11-11</t>
+  </si>
+  <si>
+    <t>dr Anna Kotlińska</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 43-32-831</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> anna.kotlinska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Zdrowia Środowiskowego</t>
+  </si>
+  <si>
     <t>Od wiązania do działania: rola kinetyki wiązania ligandów receptora dopaminowego D2 w bezpiecznej farmakoterapii zaburzeń neuropsychiatrycznych</t>
   </si>
   <si>
-    <t>NCN</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>2026-12-04</t>
   </si>
   <si>
     <t>Dr Oktawia Osiecka</t>
   </si>
   <si>
     <t>12 62-05-701</t>
   </si>
   <si>
     <t>oktawia.osiecka@uj.edu.pl</t>
   </si>
   <si>
     <t>Małgorzata Tondryk</t>
   </si>
   <si>
     <t>12 433 27 92</t>
   </si>
   <si>
     <t>malgorzata.tondryk@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Farmakobiologii</t>
   </si>
   <si>
-    <t>MINIATURA 9</t>
-[...1 lines deleted...]
-  <si>
     <t>Mitochondria niedotlenionych komórek neuronalnych i astrocytów - nowe spojrzenie na niekorzystne zmiany w przebiegu niedokrwienia mózgu.</t>
   </si>
   <si>
     <t>dr Alicja Skórkowska</t>
   </si>
   <si>
     <t>alicja.skorkowska@uj.edu.pl</t>
   </si>
   <si>
     <t>Izabela Zawadzka</t>
   </si>
   <si>
     <t>izabela.zawadzka@uj.edu.pl</t>
   </si>
   <si>
     <t>Centrum Rozwoju Terapii Chorób Cywilizacyjnych i Związanych z Wiekiem</t>
   </si>
   <si>
     <t>Zaburzenia metabolizmu siarkowodoru w neurorozwojowym modelu schizofrenii wywołanym deficytem glutationu we wczesnym okresie rozwoju postnatalnego szczurów - potencjalny cel terapeutyczny.</t>
   </si>
   <si>
     <t>Dr Magdalena Górny</t>
   </si>
   <si>
     <t>12422-74-00</t>
@@ -176,77 +269,68 @@
   <si>
     <t>Zakład Mikrobiologii Farmaceutycznej</t>
   </si>
   <si>
     <t>Udział cząsteczek punktów kontrolnych w patogenezie postaci nielicznostawowej młodzieńczego idiopatycznego zapalenia stawów</t>
   </si>
   <si>
     <t>49 995,00</t>
   </si>
   <si>
     <t>dr Marta Olszewska</t>
   </si>
   <si>
     <t>12 658-02-56</t>
   </si>
   <si>
     <t>marta.olszewska@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Pediatrii</t>
   </si>
   <si>
     <t>Zmienność profilu krótkołańcuchowych kwasów tłuszczowych oraz cytokin u pacjentów z nieswoistą chorobą zapalną jelit w trakcie leczenia infliksymabem.</t>
   </si>
   <si>
-    <t>2025-11-12</t>
-[...4 lines deleted...]
-  <si>
     <t>48895,00</t>
   </si>
   <si>
     <t>dr Olga Kaczmarczyk</t>
   </si>
   <si>
     <t>12 400 3150</t>
   </si>
   <si>
     <t>o.kaczmarczyk@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Gastroenterologii i Hepatologii</t>
   </si>
   <si>
     <t>Wsparcie studentów SKN Epigenetyki i Nanotechnologii w medycynie w zakresie podniesienia ich kompetencji na arenie międzynarodowej poprzez udział w projektach naukowych oraz tutoring rówieśniczy</t>
   </si>
   <si>
-    <t>Ministerstwo Nauki i Szkolnictwa Wyższego</t>
-[...1 lines deleted...]
-  <si>
     <t>Link</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
     <t>2026-09-30</t>
   </si>
   <si>
     <t>244 152,00 zł</t>
   </si>
   <si>
     <t xml:space="preserve">Opiekun merytoryczny Projektu: dr Paulina Dudzik </t>
   </si>
   <si>
     <t>12 422-7400 w.33</t>
   </si>
   <si>
     <t>paulina.dudzik@uj.edu.pl</t>
   </si>
   <si>
     <t xml:space="preserve">mgr inż. Barbara Sporek </t>
   </si>
   <si>
     <t>532 409 579</t>
@@ -260,95 +344,86 @@
   <si>
     <t>Zaproszenie Ministra Nauki i Szkolnictwa Wyższego do składania ofert w ramach projektu pt. „Wsparcie studentów w zakresie podniesienia ich kompetencji i umiejętności” Działanie 01.05 Umiejętności w szkolnictwie wyższym, Program FERS 2021-2027</t>
   </si>
   <si>
     <t>Bóle głowy – złożona problematyka zdrowotna. Analiza podłoża epidemiologicznego, charakterystyki klinicznej, metod leczenia, diagnostyki różnicowej oraz identyfikacji najbardziej narażonych grup społecznych</t>
   </si>
   <si>
     <t>2025-10-21</t>
   </si>
   <si>
     <t>2026-09-15</t>
   </si>
   <si>
     <t>160338,36 zł</t>
   </si>
   <si>
     <t>Opiekun merytoryczny Projektu: lek. Dominik Taterra</t>
   </si>
   <si>
     <t>18 20 22 110</t>
   </si>
   <si>
     <t>d.taterra@uj.edu.pl</t>
   </si>
   <si>
-    <t>mgr inż. Iwona Wcisło</t>
-[...4 lines deleted...]
-  <si>
     <t>iwona1.wcislo@uj.edu.pl</t>
   </si>
   <si>
     <t>Klinika Ortopedii i Rehabilitacji</t>
   </si>
   <si>
     <t>Innowacje w kardiochirurgii dziecięcej – analiza nowych technik operacyjnych, w tym strategii chłodzenia oraz procedur minimalnie inwazyjnych</t>
   </si>
   <si>
     <t>143 578,00 zł</t>
   </si>
   <si>
     <t>Opiekun merytoryczny Projektu: dr hab. Tomasz Mroczek prof. UJ</t>
   </si>
   <si>
     <t>12 658-10-23</t>
   </si>
   <si>
     <t>t.mroczek@uj.edu.pl</t>
   </si>
   <si>
     <t>Klinika Kardiochirurgii Dziecięcej</t>
   </si>
   <si>
     <t>Wsparcie studentki medycyny, aktywnie zaangażowanej w działalność onkologiczną, w celu podniesienia jej kompetencji oraz umiejętności w środowisku międzynarodowym.</t>
   </si>
   <si>
     <t>37 356,00 zł</t>
   </si>
   <si>
     <t>Zakład Biochemii Nowotworów, Katedra Biochemii Lekarskiej, WL</t>
   </si>
   <si>
     <t>Charakterystyka WGS izolatów Escherichia coli pochodzących od polskich pacjentów z bakteriemią, u których wystąpiła sepsa lub wstrząs septyczny.</t>
   </si>
   <si>
-    <t>2025-09-05</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-09-05</t>
   </si>
   <si>
     <t>49500,00</t>
   </si>
   <si>
     <t>dr Estera Jachowicz-Matczak</t>
   </si>
   <si>
     <t>12 633-60-33</t>
   </si>
   <si>
     <t xml:space="preserve"> estera.jachowicz-matczak@uj.edu.pl</t>
   </si>
   <si>
     <t> 12 433 27 92</t>
   </si>
   <si>
     <t>Katedra Mikrobiologii</t>
   </si>
   <si>
     <t>Badanie właściwości polimerowych membran jako personalizowanych materiałów opatrunkowych na rany trudno gojące otrzymanych techniką druku 3d.</t>
   </si>
   <si>
     <t>2025-10-01</t>
@@ -590,59 +665,50 @@
   <si>
     <t>KPO w zakresie modernizacja i doposażenie obiektów dydaktycznych w związku ze zwiększeniem limitów przyjęć na studia medyczne</t>
   </si>
   <si>
     <t>Związek parametrów hemodynamicznych z ekspresją białek w kopule tętniaka wewnątrzczaszkowego</t>
   </si>
   <si>
     <t>2025-08-25</t>
   </si>
   <si>
     <t>2028-08-24</t>
   </si>
   <si>
     <t>953430,00</t>
   </si>
   <si>
     <t>dr Kornelia Kliś</t>
   </si>
   <si>
     <t>12 400 24 50</t>
   </si>
   <si>
     <t>kornelia.klis@uj.edu.pl</t>
   </si>
   <si>
-    <t>Renata Sobieszczańska-Horbatowska</t>
-[...7 lines deleted...]
-  <si>
     <t>Klinika Neurochirurgii i Neurotraumatologii</t>
   </si>
   <si>
     <t>Hamowanie sprzężenia NMDAR i TRPM4 - nadzieja na nowy cel terapeutyczny w leczeniu niedokrwiennego uszkodzenia mózgu.</t>
   </si>
   <si>
     <t>2024-11-28</t>
   </si>
   <si>
     <t>2029-11-27</t>
   </si>
   <si>
     <t>4 326 486,00</t>
   </si>
   <si>
     <t>12 62-05-630</t>
   </si>
   <si>
     <t xml:space="preserve"> bartosz.pomierny@uj.edu.pl</t>
   </si>
   <si>
     <t xml:space="preserve"> 12 433 27 92</t>
   </si>
   <si>
     <t>SONATA BIS 13</t>
@@ -1199,1415 +1265,1280 @@
   <si>
     <t>Zastosowanie superparamagnetycznych nanocząstek tlenku żelaza (SPION) we wziewnych układach teranostycznych zawierających leki przeciwgrzybicze</t>
   </si>
   <si>
     <t>2024-12-10</t>
   </si>
   <si>
     <t>2027-12-09</t>
   </si>
   <si>
     <t>dr Gabriela Wyszogrodzka-Gaweł</t>
   </si>
   <si>
     <t>12 62-05-600</t>
   </si>
   <si>
     <t>gabi.wyszogrodzka@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra i Zakład Technologii Postaci Leku i Biofarmacji</t>
   </si>
   <si>
     <t>SONATA 19</t>
   </si>
   <si>
-    <t>Ocena wpływu składników zawartych w pudrach kosmetycznych na proces fotodegradacji fluorochinolonów stosowanych miejscowo w leczeniu trądziku i innych stanów zapalnych skóry</t>
-[...8 lines deleted...]
-    <t>dr Barbara Żuromska-Witek</t>
+    <t xml:space="preserve"> Mechanizm cytotoksyczności przeciwnowotworowych związków wanadu w ujęciu zależności struktura–aktywność</t>
+  </si>
+  <si>
+    <t>2026-06-09</t>
+  </si>
+  <si>
+    <t>38 082,00</t>
+  </si>
+  <si>
+    <t>dr inż. Klaudia Wojtaszek</t>
+  </si>
+  <si>
+    <t>12 620 57 29</t>
+  </si>
+  <si>
+    <t>klaudia.wojtaszek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Biofizyki Farmaceutycznej</t>
+  </si>
+  <si>
+    <t>MINIATURA 8</t>
+  </si>
+  <si>
+    <t>Wirom jelitowy - nowy i ważny komponent mikrobioty w patogenezie spektrum zaburzeń autystycznych</t>
+  </si>
+  <si>
+    <t>2027-11-27</t>
+  </si>
+  <si>
+    <t>1464184,00</t>
+  </si>
+  <si>
+    <t>dr Kinga Gawlińska</t>
+  </si>
+  <si>
+    <t>12 620 56 54</t>
+  </si>
+  <si>
+    <t>kinga.gawlinska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zaklad Farmacji Klinicznej</t>
+  </si>
+  <si>
+    <t>SONATINA 8</t>
+  </si>
+  <si>
+    <t>Celowana komórkowa sygnalizacja cząsteczek siarkowodoru jako brakujący klucz do fundamentalnej i klinicznej interpretacji schorzeń przełyku</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>2029-12-05</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5 499 000,00</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Marcin Magierowski</t>
+  </si>
+  <si>
+    <t>12 619-96-40</t>
+  </si>
+  <si>
+    <t>m.magierowski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Ośrodek Biomedycyny i Nauk Interdyscyplinarnych</t>
+  </si>
+  <si>
+    <t>Sonata BIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OPI </t>
+  </si>
+  <si>
+    <t>https://opi.org.pl/</t>
+  </si>
+  <si>
+    <t>https://cdt-card.cm-uj.krakow.pl/pl/strona-glowna/o-projektach-2/o-projekcie-feng/</t>
+  </si>
+  <si>
+    <t>2028-06-30</t>
+  </si>
+  <si>
+    <t>33 936 081,66</t>
+  </si>
+  <si>
+    <t>23 483 119,8</t>
+  </si>
+  <si>
+    <t>dr inż. Magdalena Łopuszańska-Rusek</t>
+  </si>
+  <si>
+    <t>12 433 27 65</t>
+  </si>
+  <si>
+    <t>magdalena.lopuszanska-rusek@uj.edu.pl.</t>
+  </si>
+  <si>
+    <t>CDT CARD</t>
+  </si>
+  <si>
+    <t>FENG Działanie 2.4 Badawcza Infrastruktura Nowoczesnej  Gospodarki</t>
+  </si>
+  <si>
+    <t>NIH_USA_Poszukiwanie kluczowych mediatorów i mechanizmów obrzęku mózgu i transformacji krwotocznej po udarze półkulowym mózgu przy użyciu ilościowych metod obrazowych i genetyki</t>
+  </si>
+  <si>
+    <t>NIH, Stany Zjednoczone</t>
+  </si>
+  <si>
+    <t>https://commission.europa.eu/index_en</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>45 576 USD</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Agnieszka Słowik</t>
+  </si>
+  <si>
+    <t>agnieszka.slowik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra i Klinika Neurologii</t>
+  </si>
+  <si>
+    <t>National Intitute of Health</t>
+  </si>
+  <si>
+    <t>Komisja Europejska</t>
+  </si>
+  <si>
+    <t>8 444 996,40 EUR</t>
+  </si>
+  <si>
+    <t>371 471,46 EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zakład Promocji Zdrowia i e-Zdrowia </t>
+  </si>
+  <si>
+    <t>EU4HEALTH</t>
+  </si>
+  <si>
+    <t>InTouch_ Zastosowanie opieki paliatywnej w celu poprawy jakości życia osób z zaawansowanym otępieniem w domach opieki</t>
+  </si>
+  <si>
+    <t>https://palliativeprojects.eu/in-touch/</t>
+  </si>
+  <si>
+    <t>2028-12-31</t>
+  </si>
+  <si>
+    <t>5 779 835,00 EUR</t>
+  </si>
+  <si>
+    <t>403 875 EUR</t>
+  </si>
+  <si>
+    <t>prof. dr hab.Katarzyna Szczerbińska</t>
+  </si>
+  <si>
+    <t>tel. 502 186 434</t>
+  </si>
+  <si>
+    <t>katarzyna.szczerbinska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Epidemiologii i Medycyny Zapobiegawczej</t>
+  </si>
+  <si>
+    <t>Horizon Europe</t>
+  </si>
+  <si>
+    <t>VITAL_Technologia wirtualnych bliźniaków jako narzędzie personalizacji opieki klinicznej</t>
+  </si>
+  <si>
+    <t>https://vital-horizoneurope.eu/</t>
+  </si>
+  <si>
+    <t>8 743 516,25 EUR</t>
+  </si>
+  <si>
+    <t>311 500 EUR</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Sebastian Polak</t>
+  </si>
+  <si>
+    <t>12 620 56 00</t>
+  </si>
+  <si>
+    <t>sebastian.polak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>21 433 27 87</t>
+  </si>
+  <si>
+    <t>eprObes_Zapobieganie otyłości w ciągu całego życia poprzez wczesną identyfikację czynników ryzyka, prognozowanie i interwencję</t>
+  </si>
+  <si>
+    <t>https://eprobes.eu/</t>
+  </si>
+  <si>
+    <t>2023-05-01</t>
+  </si>
+  <si>
+    <t>9 875 071,25 EUR</t>
+  </si>
+  <si>
+    <t>440 968,75 EUR</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Dorota Drożdż</t>
+  </si>
+  <si>
+    <t>12 658 06 63</t>
+  </si>
+  <si>
+    <t>dorota.drozdz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika Nefrologii Dziecięcej i Nadciśnienia Tętniczego, Katedra Pediatrii</t>
+  </si>
+  <si>
+    <t>eCREAM_Umożliwienie badań klinicznych w medycynie ratunkowej i doraźnej</t>
+  </si>
+  <si>
+    <t>https://ecreamproject.eu/overview/</t>
+  </si>
+  <si>
+    <t>2022-09-01</t>
+  </si>
+  <si>
+    <t>2027-08-31</t>
+  </si>
+  <si>
+    <t>7 294 249 EUR</t>
+  </si>
+  <si>
+    <t>383 875 EUR</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Wojciech Szczeklik</t>
+  </si>
+  <si>
+    <t>12 630 82 67</t>
+  </si>
+  <si>
+    <t>wojciech.szczeklik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Ośrodek Intensywnej Terapii i Medycyny Okołozabiegowej</t>
+  </si>
+  <si>
+    <t>EU NAVIGATE_ Wdrażanie i ocena interwencji polegającej na nawigacji osób starszych z chorobą nowotworową oraz ich opiekunów: międzynarodowe badanie RCT</t>
+  </si>
+  <si>
+    <t>https://eunavigate.com/</t>
+  </si>
+  <si>
+    <t>5 993 225,00 EUR</t>
+  </si>
+  <si>
+    <t>541 875 EUR</t>
+  </si>
+  <si>
+    <t>EUthyroid2_Kolejny krok w celu eliminacji niedoboru jodu i chorób tarczycy związanych z niedoborem jodu w Europie</t>
+  </si>
+  <si>
+    <t>https://euthyroid2.eu/</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>2 567 165,00 EUR</t>
+  </si>
+  <si>
+    <t>130 688 EUR</t>
+  </si>
+  <si>
+    <t>prof.  Dr hab. Alicja Hubalewska-Dydejczyk</t>
+  </si>
+  <si>
+    <t>12 400 23 00</t>
+  </si>
+  <si>
+    <t>alicja.hubalewska-dydejczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Endokrynologii</t>
+  </si>
+  <si>
+    <t>FACILITATE_Ramy ponownego wykorzystania danych uczestników badan klinicznych dla w pełni przejrzystego i etycznego ekosystemu/Framework for clinical trial participants data reutilization for a fully transparent and ethical ecosystem</t>
+  </si>
+  <si>
+    <t>https://facilitate-project.eu/</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>7 562 151,00 EUR</t>
+  </si>
+  <si>
+    <t>77 750 EUR</t>
+  </si>
+  <si>
+    <t>IMI JU</t>
+  </si>
+  <si>
+    <t>Europejski magister w zdrowiu publicznym</t>
+  </si>
+  <si>
+    <t>2030-08-31</t>
+  </si>
+  <si>
+    <t>€ 3 312 000,00</t>
+  </si>
+  <si>
+    <t>prof. Christoph Sowada</t>
+  </si>
+  <si>
+    <t>12 43 32 8 33</t>
+  </si>
+  <si>
+    <t>christoph.sowada@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Anna Zaręba</t>
+  </si>
+  <si>
+    <t>anna1.zareba@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Instytut Zdrowia Publicznego</t>
+  </si>
+  <si>
+    <t>ERASMUS +</t>
+  </si>
+  <si>
+    <t>Cykliczny zespół Cushinga- wieloośrodkowa analiza pacjentów z cyklicznym Zespołem Cushinga</t>
+  </si>
+  <si>
+    <t>projekt bezkosztowy</t>
+  </si>
+  <si>
+    <t>prof. Aleksandra Gilis - Januszewska</t>
+  </si>
+  <si>
+    <t>12 400 23 30</t>
+  </si>
+  <si>
+    <t>aleksandra.gilis-januszewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Edukacja w zakresie rozumowania klinicznego wspomaganego technologiami medycyny cyfrowej</t>
+  </si>
+  <si>
+    <t>Narodowa Agencja Programu ERASMUS</t>
+  </si>
+  <si>
+    <t>https://erasmusplus.org.pl/</t>
+  </si>
+  <si>
+    <t>€ 400 000,00</t>
+  </si>
+  <si>
+    <t>€ 55 400,00</t>
+  </si>
+  <si>
+    <t>prof. Andrzej Kononowicz</t>
+  </si>
+  <si>
+    <t>12 347 69 08</t>
+  </si>
+  <si>
+    <t>andrzej.kononowicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Bioinformatyki i Telemedycyny</t>
+  </si>
+  <si>
+    <t>Adaptacja kultrowa i dostosowanie do systemu opieki zdrowotnej wrtualnych pacjentów jako elektronicznych zasobów edukacyjnych do wspólnej nauki dla Azji Południowo-Wschodniej</t>
+  </si>
+  <si>
+    <t>758 650,45 €</t>
+  </si>
+  <si>
+    <t>Zrównoważona mechanochemiczna synteza stronniczych i klatkowych ligandów receptora 5-HT6</t>
+  </si>
+  <si>
+    <t>http://nawa.gov.pl/</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>30 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr Vittorio Canale</t>
+  </si>
+  <si>
+    <t>12 620-55-00</t>
+  </si>
+  <si>
+    <t>vittorio.canale@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chemii Organicznej</t>
+  </si>
+  <si>
+    <t>NAWA Wspólne projekty badawcze Francja 2024</t>
+  </si>
+  <si>
+    <t>Podwójne uderzenie w ścieżkę sygnalizacyjną NF-κB w walce z chorobami wywołanymi stanem zapalnym – opracowanie związków indukujących degradację TAK1 i IKKß</t>
+  </si>
+  <si>
+    <t>2024-01-09</t>
+  </si>
+  <si>
+    <t>2028-01-08</t>
+  </si>
+  <si>
+    <t>2 061 296,00 zł</t>
+  </si>
+  <si>
+    <t>prof. Dr hab. Anna Więckowska</t>
+  </si>
+  <si>
+    <t>(12) 620 54 65</t>
+  </si>
+  <si>
+    <t>anna.wieckowska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chemii Farmaceutycznej</t>
+  </si>
+  <si>
+    <t>OPUS 24</t>
+  </si>
+  <si>
+    <t>Interactive TEAching of Medical 3D cardiac anatomy supported by Mixed Reality</t>
+  </si>
+  <si>
+    <t>2023-09-01</t>
+  </si>
+  <si>
+    <t>400 000,00 €</t>
+  </si>
+  <si>
+    <t>938 410,50 zł</t>
+  </si>
+  <si>
+    <t>dr inż. Klaudia Proniewska</t>
+  </si>
+  <si>
+    <t>klaudia.proniewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Prolactinoma oporne na leczenie kabergoliną</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>Warstwy bioaktywne z przeznaczeniem do celów farmaceutycznych</t>
+  </si>
+  <si>
+    <t>374 800,06 PLN</t>
+  </si>
+  <si>
+    <t>Prof. dr hab. Przemysław Dorożyński</t>
   </si>
   <si>
     <t>12 620 54 80</t>
   </si>
   <si>
-    <t>barbara.zuromska@uj.edu.pl</t>
-[...113 lines deleted...]
-    <t>adrianna.galuszka@uj.edu.pl</t>
+    <t>przemyslaw.dorozynski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>12 433 2798</t>
+  </si>
+  <si>
+    <t>Zakład Chemii Nieorganicznej</t>
+  </si>
+  <si>
+    <t>Doktorat wdrożeniowy 2024</t>
+  </si>
+  <si>
+    <t>Telemedycznie Zintegrowane Polsko-Niemieckie Centrum Onkologii Dziecięcej w Euroregionie Pomerania 2.0 - zastosowanie i zbadanie innowacyjnych technologii</t>
+  </si>
+  <si>
+    <t>Wspólny Sekretariat INTERREG VIA</t>
+  </si>
+  <si>
+    <t>https://www.interreg6a.net/pl/</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>2027-03-31</t>
+  </si>
+  <si>
+    <t>2 591 981,96 €</t>
+  </si>
+  <si>
+    <t>137 944,40 €</t>
+  </si>
+  <si>
+    <t>dr Aleksandra Wieczorek</t>
+  </si>
+  <si>
+    <t>12 333 92 21</t>
+  </si>
+  <si>
+    <t>a.wieczorek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Konrad Kuliński</t>
+  </si>
+  <si>
+    <t>Klinika Onkologii i Hematologii Dziecięcej</t>
+  </si>
+  <si>
+    <t>INTERREG VIA INT01/2023 – wszystkie priorytety</t>
+  </si>
+  <si>
+    <t>Utworzenie i wsparcie funkcjonowania branżowego centrum umiejętności (BCU) w dziedzinie opieki medycznej w Zespole Jednostek Edukacyjnych Województwa Małopolskiego w Krakowie</t>
+  </si>
+  <si>
+    <t>FRSE</t>
+  </si>
+  <si>
+    <t>https://www.zjewm.krakow.pl/projekty-unijne/branzowe-centrum-umiejetnosci/</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>11 620 487,23 zł</t>
+  </si>
+  <si>
+    <t>465 500,00 zł</t>
+  </si>
+  <si>
+    <t>Dr hab. Iwona Bodys-Cupak, prof. UJ</t>
+  </si>
+  <si>
+    <t>126 336 259</t>
+  </si>
+  <si>
+    <t>i.bodys-cupak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Iwona Wcisło</t>
+  </si>
+  <si>
+    <t>13 433 27 98</t>
+  </si>
+  <si>
+    <t>Pracownia Teorii i Podstaw Pielęgniarstwa Instytut Pielęgniarstwa i Położnictwa, Instytut Pielęgniarstwa i Położnictwa</t>
+  </si>
+  <si>
+    <t>konkurs&amp;quot; Utworzenie i wsparcie funkcjonowania 120 branżowych centrów umiejętności (BCU), realizujących koncepcję centrów doskonałości zawodowej (CoVEs)&amp;quot; nabór 2022. Krajowego Planu Odbudowy i Zwiększania Odporności</t>
+  </si>
+  <si>
+    <t>Nowa metoda przesiewowej diagnostyki tętniaka tętnicy środkowej mózgu - analiza sygnału przezczaszkowej ultrasonografii dopplerowskiej z zastosowaniem metod sztucznej inteligencji</t>
+  </si>
+  <si>
+    <t>2023-04-01</t>
+  </si>
+  <si>
+    <t>2026-04-01</t>
+  </si>
+  <si>
+    <t>1 215 875,00 zł</t>
+  </si>
+  <si>
+    <t>dr Roger Krzyżewski</t>
+  </si>
+  <si>
+    <t>roger.krzyzewski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Barbara Sporek</t>
+  </si>
+  <si>
+    <t>12 433 27 98</t>
+  </si>
+  <si>
+    <t>LIDER XIII</t>
+  </si>
+  <si>
+    <t>Zastosowanie farmakometrii do oceny nieliniowości farmakokinetyki i efektu autoinhibicji w procesie rozwoju leku</t>
+  </si>
+  <si>
+    <t>MEiN</t>
+  </si>
+  <si>
+    <t>2022-10-01</t>
+  </si>
+  <si>
+    <t>324 077,36 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Maria Walczak, prof. UJ</t>
+  </si>
+  <si>
+    <t>12 620-56-31</t>
+  </si>
+  <si>
+    <t>maria.walczak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Doktorat wdrożeniowy VI</t>
+  </si>
+  <si>
+    <t>Rozwój ujednoliconego modelu do ilościowej oceny metabolizmu związanego z cytochromem P450</t>
+  </si>
+  <si>
+    <t>dr hab. Gniewomir Latacz</t>
+  </si>
+  <si>
+    <t>12 620-55-80</t>
+  </si>
+  <si>
+    <t>gniewomir.latacz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Technologii i Biotechnologii Środków Leczniczych</t>
+  </si>
+  <si>
+    <t>Projekt Flagowy - Centre for Brain Research</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE Priorytetowy Obszar Badawczy FutureSoc w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://id.uj.edu.pl/</t>
+  </si>
+  <si>
+    <t>https://cbm.uj.edu.pl/</t>
+  </si>
+  <si>
+    <t>3 717 122,00 zł</t>
+  </si>
+  <si>
+    <t>600 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Michał Wierzchoń</t>
+  </si>
+  <si>
+    <t>nd</t>
+  </si>
+  <si>
+    <t>michal.wierzchon@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Magdalena Pałyga</t>
+  </si>
+  <si>
+    <t>506 836 985</t>
+  </si>
+  <si>
+    <t>magdalena.palyga@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Centrum Badań Mózgu</t>
+  </si>
+  <si>
+    <t>Projekt Flagowy - Center for Theranostics</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE oraz Priorytetowy Obszar Badawczy SciMat w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://centhe.id.uj.edu.pl/start</t>
+  </si>
+  <si>
+    <t>4 340 492,00 zł</t>
+  </si>
+  <si>
+    <t>2 150 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Paweł Moskal</t>
+  </si>
+  <si>
+    <t>p.moskal@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Centrum Teranostyki</t>
+  </si>
+  <si>
+    <t>Zaprojektowanie funkcjonalnych pęcherzyków zewnątrzkomórkowych do celowego dostarczania radiofarmaceutyków</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://qlife.cm-uj.krakow.pl/</t>
+  </si>
+  <si>
+    <t>2023-03-01</t>
+  </si>
+  <si>
+    <t>178 623,80 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Magdalena Kostkiewicz</t>
+  </si>
+  <si>
+    <t>magdalena.kostkiewicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika Chorób Serca i Naczyń</t>
+  </si>
+  <si>
+    <t>Konkurs #14 - Dofinansowanie kosztów stypendium doktoranckiego dla doktorantów realizujących program doktorski w Szkole Doktorskiej Nauk Medycznych i Nauk o Zdrowiu UJ CM</t>
+  </si>
+  <si>
+    <t>Farmakologiczna modulacja autofagii w chorobie zapalnej serca</t>
+  </si>
+  <si>
+    <t>170 704,13 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Małgorzata Tyszka – Czochara</t>
+  </si>
+  <si>
+    <t>malgorzata.tyszka-czochara@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Bromatologii</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE (ID.UJ)</t>
+  </si>
+  <si>
+    <t>2020-01-01</t>
+  </si>
+  <si>
+    <t>468 504 720,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centrum Zarządzania Projektami UJ CM </t>
+  </si>
+  <si>
+    <t>Program „Inicjatywa doskonałości – uczelnia badawcza” (IDUB)</t>
+  </si>
+  <si>
+    <t>Opracowanie metodologii obrazowania oraz badania funkcji naczyń mózgowych w warunkach fizjologicznych oraz w przebiegu schorzeń neurologicznych</t>
+  </si>
+  <si>
+    <t>555 555,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dr Bartosz Pomierny </t>
+  </si>
+  <si>
+    <t>Zakład Biochemii Toksykologicznej</t>
+  </si>
+  <si>
+    <t>Konkurs #16 - Finansowanie projektów badawczych we współpracy międzynarodowej</t>
+  </si>
+  <si>
+    <t>Czy wirtualny trening równowagi może zastapić klasyczny? Wpływ systematycznych ćwiczeń równowagi na mikroarchitektonikę istoty białej mózgu i profil ekspresji genów u osób starszych</t>
+  </si>
+  <si>
+    <t>330 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr Jadwiga Kubica</t>
+  </si>
+  <si>
+    <t>jadwiga.kubica@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Fizjoterapii</t>
+  </si>
+  <si>
+    <t>Czy nowe ligandy receptora 1 związanego z aminami śladowymi (TAAR1) mogą być skuteczne w walce z cukrzycą i otyłością?</t>
+  </si>
+  <si>
+    <t>545 540,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Magdalena Kotańska</t>
+  </si>
+  <si>
+    <t>magda.dudek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Wstępnych Badań Farmakologicznych</t>
+  </si>
+  <si>
+    <t>Rola modyfikacji potranslacyjnej: cytrulinacji w regulacji różnicowania fibroblastów błony zewnętrznej tętnic (AFs) oraz mięśni gładkich naczyń (VSMCs) do miofibroblastów w miażdżycy</t>
+  </si>
+  <si>
+    <t>430 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Aneta Stachowicz</t>
+  </si>
+  <si>
+    <t>aneta.stachowicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Farmakologii</t>
+  </si>
+  <si>
+    <t>Program Strategiczny Inicjatywa Doskonałości na Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/web/nauka/program-inicjatywa-doskonalosci--uczelnia-badawcza</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Wojciech Macyk</t>
+  </si>
+  <si>
+    <t>biuro.id@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Aneta Łapczuk</t>
+  </si>
+  <si>
+    <t>(12) 663 30 24</t>
+  </si>
+  <si>
+    <t>Centrum Wsparcia Projektów UJ</t>
+  </si>
+  <si>
+    <t>Innowacje w edukacji i praktyce medycznej (InnoWMed) – Podnoszenie kompetencji kadr medycznych w zakresie edukacji, medycyny translacyjnej, technik obliczeniowych, technik wizualizacji 3D z elementami Sztucznej Inteligencji</t>
+  </si>
+  <si>
+    <t>Agencja Badań Medycznych ABM</t>
+  </si>
+  <si>
+    <t>https://abm.gov.pl/</t>
+  </si>
+  <si>
+    <t>https://www.mckp.uj.edu.pl/studiaabm/</t>
+  </si>
+  <si>
+    <t>4 351 254,64 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Barbara Gryglewska</t>
+  </si>
+  <si>
+    <t>12 400 29 00</t>
+  </si>
+  <si>
+    <t>barbara.gryglewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Agnieszka Widawska</t>
+  </si>
+  <si>
+    <t>12 433 27 93</t>
+  </si>
+  <si>
+    <t>a.widawska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika i Katedra Chorób Wewnętrznych i Geriatrii</t>
+  </si>
+  <si>
+    <t>Konkurs na opracowanie i realizację autorskiego programu studiów podyplomowych z zakresu nauk biomedycznych ABM/2023/6</t>
+  </si>
+  <si>
+    <t>Ocena skuteczności i bezpieczeństwa stosowania jodowych w środków kontrastowych w mammografii spektralnej w korelacji z badaniem rezonansu magnetycznego piersi u chorych z podejrzeniem raka piersi</t>
+  </si>
+  <si>
+    <t>2029-05-31</t>
+  </si>
+  <si>
+    <t>12 401 918,20 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Elżbieta Łuczyńska, prof. UJ</t>
+  </si>
+  <si>
+    <t>12 634 33 97 WEW.25</t>
+  </si>
+  <si>
+    <t>elzbieta.luczynska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Natalia Dziewońska</t>
+  </si>
+  <si>
+    <t>519 307 933</t>
+  </si>
+  <si>
+    <t>natalia.dziewonska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Elektroradiologii</t>
+  </si>
+  <si>
+    <t>Konkurs na badania head-to-head w zakresie niekomercyjnych badań klinicznych lub eksperymentów badawczych ABM/2022/3</t>
+  </si>
+  <si>
+    <t>The effect of noradrenaline infusion versus standard blood pressure management on perioperative HYPotension in NOncaRdiac surgery (HYP-NOR trial). The HYP-NOR randomised, controlled, parallel-group trial will address the following question: is per...</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>7 807 521,20 zł</t>
+  </si>
+  <si>
+    <t>Dominika Gryszówka</t>
+  </si>
+  <si>
+    <t>532 409 117</t>
+  </si>
+  <si>
+    <t>dominika.gryszowka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Wieloośrodkowe, kontrolowane, randomizowane badanie kliniczne porównujące skuteczność auto- i allogenicznych mezenchymalnych komórek stromalnych w gojeniu przetok odbytu powstałych w przebiegu choroby Leśniowskiego i Crohna</t>
+  </si>
+  <si>
+    <t>2022-08-01</t>
+  </si>
+  <si>
+    <t>2028-07-30</t>
+  </si>
+  <si>
+    <t>12 554 850,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Wałęga</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 257-83-21, 12 633-19-95</t>
+  </si>
+  <si>
+    <t>piotr.walega@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;amp;quot;Klinika Chirurgii Ogólnej, Onkologicznej i Geriatrycznej III Katedra Chirurgii Ogólnej&amp;amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Konkurs na niekomercyjne badania kliniczne ABM/2022/1</t>
+  </si>
+  <si>
+    <t>Zastosowanie terapii tandemowej LutaPol/ItraPol (177Lu/90Y-DOTATATE) jako skutecznego narzędzia w leczeniu nowotworów neuroendokrynnych</t>
+  </si>
+  <si>
+    <t>2020-06-15</t>
+  </si>
+  <si>
+    <t>2026-06-15</t>
+  </si>
+  <si>
+    <t>16 225.166,35 zł</t>
+  </si>
+  <si>
+    <t>458 562,96 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Alicja Hubalewska-Dydejczyk</t>
+  </si>
+  <si>
+    <t>572 337 659</t>
+  </si>
+  <si>
+    <t>Klinika i Katedra Endokrynologii</t>
+  </si>
+  <si>
+    <t>Konkurs na działalność badawczo – rozwojową w zakresie niekomercyjnych badań klinicznych ABM/2019/1</t>
+  </si>
+  <si>
+    <t>Immunoterapia z zastosowaniem dinutuksymabu beta skojarzona z chemioterapią w leczeniu pacjentów z neuroblastoma pierwotnie opornym na leczenie standardowe oraz ze wznową lub progresją choroby</t>
+  </si>
+  <si>
+    <t>Głównym celem badania jest ocena bezpieczeństwa podawania przeciwciał anty-GD2 w połączeniu z konwencjonalną chemioterapią oraz wstępna ocena skuteczności terapii.</t>
+  </si>
+  <si>
+    <t>2021-01-01</t>
+  </si>
+  <si>
+    <t>17 168 744,64 zł</t>
+  </si>
+  <si>
+    <t>958 435,04 zł</t>
+  </si>
+  <si>
+    <t>prof. dr. hab. Walentyna Balwierz</t>
+  </si>
+  <si>
+    <t>12 333 92 20, 12 333 92 21</t>
+  </si>
+  <si>
+    <t>walentyna.balwierz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Beata Michalak</t>
+  </si>
+  <si>
+    <t>512 749 452</t>
+  </si>
+  <si>
+    <t>beata.michalak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;amp;quot;Klinika Onkologii i Hematologii Dziecięcej Instytut Pediatrii&amp;amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Konkurs na działalność badawczo – rozwojową w zakresie niekomercyjnych badań klinicznych ABM/2020/1</t>
+  </si>
+  <si>
+    <t>Przedoperacyjna chemioterapia dootrzewnowa w hipertermii uzupełniająca leczenie skojarzone w zaawansowanym raku żołądka z wysokim ryzykiem nawrotu otrzewnowego – badanie wieloośrodkowe  z randomizacją</t>
+  </si>
+  <si>
+    <t>https://chimera.cm-uj.krakow.pl/</t>
+  </si>
+  <si>
+    <t>2020-07-01</t>
+  </si>
+  <si>
+    <t>9 640 999,72 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Richter</t>
+  </si>
+  <si>
+    <t>12 400 24 00</t>
+  </si>
+  <si>
+    <t>piotr.richter@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;quot;Klinika Chirurgii Ogólnej, Onkologicznej i Gastroenterologicznej I Katedra Chirurgii Ogólnej&amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Ivabradine for PREVENTion of Myocardial Injury after Noncardiac Surgery (MINS) – PREVENT-MINS Trial</t>
+  </si>
+  <si>
+    <t>16 968.518,00 zł</t>
+  </si>
+  <si>
+    <t>Innowacyjny model predykcyjny dla skuteczności leczenia atopowego zapalenia skóry dupilumabem</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.gov.pl/ </t>
+  </si>
+  <si>
+    <t>2023-08-28</t>
+  </si>
+  <si>
+    <t>2026-11-27</t>
+  </si>
+  <si>
+    <t>239 948,00 zł</t>
+  </si>
+  <si>
+    <t>Przemysław Hałubiec</t>
+  </si>
+  <si>
+    <t>12 424 86 62</t>
+  </si>
+  <si>
+    <t>przemyslaw.halubiec@student.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Dermatologii</t>
+  </si>
+  <si>
+    <t>Perły Nauki</t>
+  </si>
+  <si>
+    <t>Dysfunkcja naczyń krwionośnych po chemioterapii neoadjuwantowej raka gruczołu sutkowego. Znaczenie stanu menopauzalnego i estrogenów</t>
+  </si>
+  <si>
+    <t>2024-07-10</t>
+  </si>
+  <si>
+    <t>2027-10-09</t>
+  </si>
+  <si>
+    <t>1 996 246,00 zł</t>
+  </si>
+  <si>
+    <t>dr Piotr Szczepaniak</t>
+  </si>
+  <si>
+    <t>12 630 48 22</t>
+  </si>
+  <si>
+    <t>piotr.szczepaniak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chorób Wewnętrznych i Medycyny Wsi</t>
+  </si>
+  <si>
+    <t>Alfa-mannozydazy szlaku N-glikozylacji białek w komórkach nabłonkowych przewodu pokarmowego. Badania nad ich rolą w modulowaniu glikomu oraz przepuszczalności bariery jelitowej w warunkach fizjologicznych i pod presją stanu zapalnego</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>2029-04-17</t>
+  </si>
+  <si>
+    <t>4 064 186,00 zł</t>
+  </si>
+  <si>
+    <t>dr Paweł Link-Lenczowski</t>
+  </si>
+  <si>
+    <t>12 634 33 97 wew. 33</t>
+  </si>
+  <si>
+    <t>p.link-lenczowski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Fizjologii Medycznej</t>
+  </si>
+  <si>
+    <t>SONATA BIS 12</t>
+  </si>
+  <si>
+    <t>Czy nanocząstki metali wpływają na biosyntezę bioaktywnych metabolitów roślinnych? - badania na modelu kultur in vitro gatunków z rodziny Brassicaceae o działaniu prozdrowotnym</t>
+  </si>
+  <si>
+    <t>2024-01-19</t>
+  </si>
+  <si>
+    <t>2029-01-18</t>
+  </si>
+  <si>
+    <t>1 223 520,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Agnieszka Szopa</t>
+  </si>
+  <si>
+    <t>12 620 54 30</t>
+  </si>
+  <si>
+    <t>a.szopa@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 25</t>
+  </si>
+  <si>
+    <t>Identyfikacja kluczowych dysfunkcji morfologicznych,proteomicznych i genomicznych ludzkiego węzła przedsionkowo-komorowego w niewydolności serca</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>2028-10-29</t>
+  </si>
+  <si>
+    <t>3 554 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Mateusz Hołda</t>
+  </si>
+  <si>
+    <t>12 422-95-11</t>
+  </si>
+  <si>
+    <t>mk.holda@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Pierwsze w swojej klasie dualne modulatory kinaz nekroptozy i receptora 5-HT6 jako nowatorskie podejście w opracowaniu skutecznej terapii chorób neurodegeneracyjnych z defektem kognitywnym</t>
+  </si>
+  <si>
+    <t>2028-07-09</t>
+  </si>
+  <si>
+    <t>3 088 400,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Jadwiga Handzlik</t>
+  </si>
+  <si>
+    <t>j.handzlik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 26</t>
+  </si>
+  <si>
+    <t>Określenie wpływu czynnika transkrypcyjnego SNAIL1 na biologię nowotworowych komórek macierzystych w modelu mięsaka prążkowanokomórkowego</t>
+  </si>
+  <si>
+    <t>2023-06-27</t>
+  </si>
+  <si>
+    <t>2028-06-26</t>
+  </si>
+  <si>
+    <t>3 024 990,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Marcin Majka</t>
+  </si>
+  <si>
+    <t>marcin.majka@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Immunologii Klinicznej i Transplantologii</t>
   </si>
   <si>
-    <t>Ocena aktywności różnych klas beta-laktamaz wytwarzanych przez pałeczki Enterobacterales izolowane z układu moczowego na pivmecyllinam z wykorzystaniem metod sekwencjonowania całego genomu</t>
-[...1228 lines deleted...]
-  <si>
     <t>Modulacja N-glikozylacji jako narzędzie zwiększające skuteczność terapii CAR-T</t>
   </si>
   <si>
     <t>2024-06-20</t>
   </si>
   <si>
     <t>2028-06-19</t>
   </si>
   <si>
     <t>3 075 728,00 zł</t>
   </si>
   <si>
     <t>278 404,00 zł</t>
   </si>
   <si>
     <t>Nieokreślona rola białka Dickkopf-related protein 1 (DKK1) pochodzącego z płytek krwi w patomechanizmie spondyloartropatii osiowej (axSpA)</t>
   </si>
   <si>
     <t>2023-02-01</t>
   </si>
   <si>
     <t>2028-01-31</t>
   </si>
   <si>
     <t>1 815 340,00 zł</t>
@@ -3851,120 +3782,78 @@
   <si>
     <t>https://fundacjanutricia.pl/</t>
   </si>
   <si>
     <t>https://ctv.veeva.com/study/is-feeding-during-therapeutic-hypothermia-safe-and-can-improve-outcomes-in-infants-with-hypoxic-isch</t>
   </si>
   <si>
     <t>2024-04-02</t>
   </si>
   <si>
     <t>2026-06-01</t>
   </si>
   <si>
     <t>99 120,00 zł</t>
   </si>
   <si>
     <t>lek. Viktoryia Parfenchyk</t>
   </si>
   <si>
     <t>12 658 02 56</t>
   </si>
   <si>
     <t>viktoryia.parfenchyk@uj.edu.pl</t>
   </si>
   <si>
-    <t>Badania dotyczące wpływu spożycia żywności wysokoprzetworzonej przez matki na ryzyko rozwoju zaburzeń odżywiania u potomstwa</t>
+    <t>Wybrane nanocząstki w połączeniu z inhibitorami kinaz tyrozynowych jako innowacyjna farmakoterapia celowana nowotworu trzustki</t>
   </si>
   <si>
     <t>https://www.gov.pl/web/nauka/program-studenckie-kola-naukowe-tworza-innowacje</t>
   </si>
   <si>
     <t>https://www.uj.edu.pl/wiadomosci/-/journal_content/56_INSTANCE_d82lKZvhit4m/10172/156017959</t>
   </si>
   <si>
-    <t>2024-06-18</t>
-[...17 lines deleted...]
-    <t>Katedra Patofizjologii</t>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>70 000,00 zł</t>
+  </si>
+  <si>
+    <t>dr Małgorzata Lasota</t>
+  </si>
+  <si>
+    <t>12 619 96 40</t>
+  </si>
+  <si>
+    <t>malgorzata.lasota@uj.edu.pl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">aga.musial@uj.edu.pl </t>
   </si>
   <si>
     <t>Studenckie Koła Naukowe Tworzą Innowacje</t>
-  </si>
-[...37 lines deleted...]
-    <t>12 620 55 00</t>
   </si>
   <si>
     <t>Zaawansowana edukacja medyczna w rozszerzonej rzeczywistości (edu-XR)</t>
   </si>
   <si>
     <t>https://www.gov.pl/web/nauka/nauka-dla-spoleczenstwa-ii</t>
   </si>
   <si>
     <t>https://cmcr.cm-uj.krakow.pl/zaawansowana-edukacja-medyczna-w-rozszerzonej-rzeczywistosci-edu-xr/</t>
   </si>
   <si>
     <t>2023-12-18</t>
   </si>
   <si>
     <t>2026-12-18</t>
   </si>
   <si>
     <t>1 000 000,00 zł</t>
   </si>
   <si>
     <t>Nauka dla Społeczeństwa II</t>
   </si>
 </sst>
 </file>
 
@@ -4299,51 +4188,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R174"/>
+  <dimension ref="A1:R166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -4371,9039 +4260,8606 @@
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1"/>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>19</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>20</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>21</v>
       </c>
-      <c r="H2">
-[...3 lines deleted...]
-        <v>49999</v>
+      <c r="I2" t="s">
+        <v>22</v>
       </c>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="R2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>49999</v>
+        <v>34</v>
+      </c>
+      <c r="H3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I3" t="s">
+        <v>35</v>
       </c>
       <c r="J3" t="s">
-        <v>31</v>
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="R3" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>49544</v>
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" t="s">
+        <v>35</v>
       </c>
       <c r="J4" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
         <v>39</v>
       </c>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="O4" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="R4" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>49999</v>
+      </c>
+      <c r="I5">
+        <v>49999</v>
       </c>
       <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+      <c r="R5" t="s">
         <v>43</v>
-      </c>
-[...19 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>49999</v>
+      </c>
+      <c r="I6">
+        <v>49999</v>
       </c>
       <c r="J6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O6" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="R6" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:18">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
         <v>53</v>
       </c>
-      <c r="C7" t="s">
-[...18 lines deleted...]
-        <v>56</v>
+      <c r="H7">
+        <v>49544</v>
+      </c>
+      <c r="I7">
+        <v>49544</v>
       </c>
       <c r="J7" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
+        <v>69</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
         <v>58</v>
       </c>
-      <c r="L7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="R7" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
       </c>
       <c r="F8" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="G8" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="J8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="K8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="N8" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="O8" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="R8" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
       </c>
       <c r="F9" t="s">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="G9" t="s">
-        <v>77</v>
+        <v>53</v>
       </c>
       <c r="H9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M9" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="N9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
         <v>83</v>
       </c>
-      <c r="O9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R9" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
+        <v>85</v>
+      </c>
+      <c r="I10" t="s">
+        <v>85</v>
+      </c>
+      <c r="J10" t="s">
         <v>86</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="K10" t="s">
         <v>87</v>
       </c>
-      <c r="I10" t="s">
-[...2 lines deleted...]
-      <c r="J10" t="s">
+      <c r="L10" t="s">
         <v>88</v>
       </c>
-      <c r="K10" t="s">
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>58</v>
+      </c>
+      <c r="O10" t="s">
+        <v>65</v>
+      </c>
+      <c r="P10" t="s">
         <v>89</v>
       </c>
-      <c r="L10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R10" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="F11" t="s">
         <v>92</v>
       </c>
-      <c r="C11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="H11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J11" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
-        <v>68</v>
+        <v>96</v>
       </c>
       <c r="L11" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="O11" t="s">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="R11" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F12" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G12" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="H12" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="I12" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="J12" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="K12" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="M12" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+      <c r="R12" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G13" t="s">
         <v>105</v>
       </c>
-      <c r="G13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H13" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="I13" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="J13" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="K13" t="s">
+        <v>115</v>
+      </c>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>110</v>
       </c>
-      <c r="L13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P13" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="R13" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>116</v>
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>91</v>
       </c>
       <c r="F14" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="G14" t="s">
-        <v>117</v>
+        <v>93</v>
       </c>
       <c r="H14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J14" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="K14" t="s">
+        <v>96</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>98</v>
+      </c>
+      <c r="N14" t="s">
+        <v>99</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
         <v>120</v>
       </c>
-      <c r="L14" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R14" t="s">
-        <v>126</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15" t="s">
+        <v>123</v>
+      </c>
+      <c r="I15" t="s">
+        <v>123</v>
+      </c>
+      <c r="J15" t="s">
+        <v>124</v>
+      </c>
+      <c r="K15" t="s">
+        <v>125</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>64</v>
+      </c>
+      <c r="N15" t="s">
         <v>127</v>
       </c>
-      <c r="C15" t="s">
+      <c r="O15" t="s">
+        <v>65</v>
+      </c>
+      <c r="P15" t="s">
         <v>128</v>
       </c>
-      <c r="D15" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R15" t="s">
-        <v>137</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" t="s">
+        <v>130</v>
+      </c>
+      <c r="G16" t="s">
+        <v>131</v>
+      </c>
+      <c r="H16" t="s">
+        <v>132</v>
+      </c>
+      <c r="I16" t="s">
+        <v>133</v>
+      </c>
+      <c r="J16" t="s">
+        <v>134</v>
+      </c>
+      <c r="K16" t="s">
+        <v>135</v>
+      </c>
+      <c r="L16" t="s">
+        <v>136</v>
+      </c>
+      <c r="M16" t="s">
+        <v>57</v>
+      </c>
+      <c r="N16" t="s">
+        <v>58</v>
+      </c>
+      <c r="O16" t="s">
+        <v>59</v>
+      </c>
+      <c r="P16" t="s">
+        <v>137</v>
+      </c>
+      <c r="R16" t="s">
         <v>138</v>
-      </c>
-[...40 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>139</v>
+      </c>
+      <c r="C17" t="s">
+        <v>140</v>
+      </c>
+      <c r="D17" t="s">
+        <v>141</v>
+      </c>
+      <c r="F17" t="s">
+        <v>130</v>
+      </c>
+      <c r="G17" t="s">
+        <v>142</v>
+      </c>
+      <c r="H17" t="s">
+        <v>143</v>
+      </c>
+      <c r="I17" t="s">
+        <v>143</v>
+      </c>
+      <c r="J17" t="s">
+        <v>144</v>
+      </c>
+      <c r="K17" t="s">
+        <v>145</v>
+      </c>
+      <c r="L17" t="s">
+        <v>146</v>
+      </c>
+      <c r="M17" t="s">
         <v>147</v>
       </c>
-      <c r="C17" t="s">
-[...8 lines deleted...]
-      <c r="F17" t="s">
+      <c r="N17" t="s">
         <v>148</v>
       </c>
-      <c r="G17" t="s">
+      <c r="O17" t="s">
         <v>149</v>
       </c>
-      <c r="H17" t="s">
+      <c r="P17" t="s">
         <v>150</v>
       </c>
-      <c r="I17" t="s">
+      <c r="R17" t="s">
         <v>151</v>
-      </c>
-[...22 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>152</v>
+      </c>
+      <c r="C18" t="s">
+        <v>153</v>
+      </c>
+      <c r="D18" t="s">
+        <v>154</v>
+      </c>
+      <c r="F18" t="s">
+        <v>130</v>
+      </c>
+      <c r="G18" t="s">
         <v>155</v>
       </c>
-      <c r="C18" t="s">
+      <c r="H18" t="s">
         <v>156</v>
       </c>
-      <c r="D18" t="s">
+      <c r="I18" t="s">
         <v>157</v>
       </c>
-      <c r="E18" t="s">
+      <c r="J18" t="s">
         <v>158</v>
       </c>
-      <c r="F18" t="s">
+      <c r="K18" t="s">
         <v>159</v>
       </c>
-      <c r="G18" t="s">
+      <c r="L18" t="s">
         <v>160</v>
       </c>
-      <c r="H18" t="s">
+      <c r="M18" t="s">
+        <v>147</v>
+      </c>
+      <c r="N18" t="s">
+        <v>148</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
         <v>161</v>
       </c>
-      <c r="I18" t="s">
+      <c r="R18" t="s">
         <v>162</v>
-      </c>
-[...22 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>163</v>
+      </c>
+      <c r="C19" t="s">
+        <v>153</v>
+      </c>
+      <c r="D19" t="s">
+        <v>154</v>
+      </c>
+      <c r="F19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G19" t="s">
+        <v>164</v>
+      </c>
+      <c r="H19" t="s">
+        <v>165</v>
+      </c>
+      <c r="I19" t="s">
+        <v>166</v>
+      </c>
+      <c r="J19" t="s">
+        <v>167</v>
+      </c>
+      <c r="K19" t="s">
+        <v>159</v>
+      </c>
+      <c r="L19" t="s">
+        <v>168</v>
+      </c>
+      <c r="M19" t="s">
+        <v>169</v>
+      </c>
+      <c r="N19" t="s">
+        <v>99</v>
+      </c>
+      <c r="O19" t="s">
+        <v>100</v>
+      </c>
+      <c r="P19" t="s">
+        <v>170</v>
+      </c>
+      <c r="R19" t="s">
         <v>171</v>
-      </c>
-[...40 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F20" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="G20" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="H20" t="s">
-        <v>188</v>
+        <v>175</v>
       </c>
       <c r="I20" t="s">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="J20" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="K20" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="L20" t="s">
-        <v>191</v>
+        <v>179</v>
       </c>
       <c r="M20" t="s">
-        <v>192</v>
+        <v>64</v>
       </c>
       <c r="N20" t="s">
-        <v>193</v>
+        <v>58</v>
       </c>
       <c r="O20" t="s">
-        <v>194</v>
+        <v>65</v>
       </c>
       <c r="P20" t="s">
-        <v>195</v>
+        <v>128</v>
       </c>
       <c r="R20" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>181</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>182</v>
       </c>
       <c r="E21" t="s">
-        <v>19</v>
+        <v>183</v>
       </c>
       <c r="F21" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="G21" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="H21" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="I21" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="J21" t="s">
-        <v>163</v>
+        <v>188</v>
       </c>
       <c r="K21" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="L21" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="M21" t="s">
-        <v>25</v>
+        <v>191</v>
       </c>
       <c r="N21" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="O21" t="s">
-        <v>27</v>
+        <v>193</v>
       </c>
       <c r="P21" t="s">
-        <v>169</v>
+        <v>194</v>
       </c>
       <c r="R21" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>196</v>
+      </c>
+      <c r="C22" t="s">
+        <v>197</v>
+      </c>
+      <c r="D22" t="s">
+        <v>198</v>
+      </c>
+      <c r="F22" t="s">
+        <v>199</v>
+      </c>
+      <c r="G22" t="s">
+        <v>200</v>
+      </c>
+      <c r="H22" t="s">
+        <v>201</v>
+      </c>
+      <c r="I22" t="s">
+        <v>202</v>
+      </c>
+      <c r="J22" t="s">
+        <v>203</v>
+      </c>
+      <c r="K22" t="s">
         <v>204</v>
       </c>
-      <c r="C22" t="s">
-[...8 lines deleted...]
-      <c r="F22" t="s">
+      <c r="L22" t="s">
         <v>205</v>
       </c>
-      <c r="G22" t="s">
+      <c r="M22" t="s">
         <v>206</v>
       </c>
-      <c r="H22" t="s">
+      <c r="N22" t="s">
         <v>207</v>
       </c>
-      <c r="I22" t="s">
-[...2 lines deleted...]
-      <c r="J22" t="s">
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
         <v>208</v>
       </c>
-      <c r="K22" t="s">
+      <c r="R22" t="s">
         <v>209</v>
-      </c>
-[...16 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>210</v>
+      </c>
+      <c r="C23" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" t="s">
+        <v>32</v>
+      </c>
+      <c r="F23" t="s">
+        <v>211</v>
+      </c>
+      <c r="G23" t="s">
+        <v>212</v>
+      </c>
+      <c r="H23" t="s">
+        <v>213</v>
+      </c>
+      <c r="I23" t="s">
+        <v>213</v>
+      </c>
+      <c r="J23" t="s">
         <v>214</v>
       </c>
-      <c r="C23" t="s">
-[...8 lines deleted...]
-      <c r="F23" t="s">
+      <c r="K23" t="s">
         <v>215</v>
       </c>
-      <c r="G23" t="s">
+      <c r="L23" t="s">
         <v>216</v>
       </c>
-      <c r="H23" t="s">
+      <c r="M23" t="s">
+        <v>39</v>
+      </c>
+      <c r="N23" t="s">
+        <v>40</v>
+      </c>
+      <c r="O23" t="s">
+        <v>41</v>
+      </c>
+      <c r="P23" t="s">
         <v>217</v>
       </c>
-      <c r="I23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R23" t="s">
-        <v>213</v>
+        <v>138</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>218</v>
+      </c>
+      <c r="C24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>219</v>
+      </c>
+      <c r="G24" t="s">
+        <v>220</v>
+      </c>
+      <c r="H24" t="s">
+        <v>221</v>
+      </c>
+      <c r="I24" t="s">
+        <v>221</v>
+      </c>
+      <c r="J24" t="s">
+        <v>188</v>
+      </c>
+      <c r="K24" t="s">
+        <v>222</v>
+      </c>
+      <c r="L24" t="s">
         <v>223</v>
       </c>
-      <c r="C24" t="s">
-[...8 lines deleted...]
-      <c r="F24" t="s">
+      <c r="M24" t="s">
+        <v>57</v>
+      </c>
+      <c r="N24" t="s">
         <v>224</v>
       </c>
-      <c r="G24" t="s">
+      <c r="O24" t="s">
+        <v>59</v>
+      </c>
+      <c r="P24" t="s">
+        <v>194</v>
+      </c>
+      <c r="R24" t="s">
         <v>225</v>
-      </c>
-[...28 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>226</v>
+      </c>
+      <c r="C25" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>32</v>
+      </c>
+      <c r="F25" t="s">
+        <v>227</v>
+      </c>
+      <c r="G25" t="s">
+        <v>228</v>
+      </c>
+      <c r="H25" t="s">
+        <v>229</v>
+      </c>
+      <c r="I25" t="s">
+        <v>229</v>
+      </c>
+      <c r="J25" t="s">
+        <v>230</v>
+      </c>
+      <c r="K25" t="s">
         <v>231</v>
       </c>
-      <c r="C25" t="s">
-[...8 lines deleted...]
-      <c r="F25" t="s">
+      <c r="L25" t="s">
         <v>232</v>
       </c>
-      <c r="G25" t="s">
+      <c r="M25" t="s">
+        <v>57</v>
+      </c>
+      <c r="N25" t="s">
         <v>233</v>
       </c>
-      <c r="H25" t="s">
+      <c r="O25" t="s">
+        <v>59</v>
+      </c>
+      <c r="P25" t="s">
         <v>234</v>
       </c>
-      <c r="I25" t="s">
+      <c r="R25" t="s">
         <v>235</v>
-      </c>
-[...22 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>236</v>
+      </c>
+      <c r="C26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" t="s">
+        <v>32</v>
+      </c>
+      <c r="F26" t="s">
+        <v>237</v>
+      </c>
+      <c r="G26" t="s">
+        <v>238</v>
+      </c>
+      <c r="H26" t="s">
+        <v>239</v>
+      </c>
+      <c r="I26" t="s">
+        <v>239</v>
+      </c>
+      <c r="J26" t="s">
+        <v>240</v>
+      </c>
+      <c r="K26" t="s">
+        <v>241</v>
+      </c>
+      <c r="L26" t="s">
         <v>242</v>
       </c>
-      <c r="C26" t="s">
-[...8 lines deleted...]
-      <c r="F26" t="s">
+      <c r="M26" t="s">
+        <v>39</v>
+      </c>
+      <c r="N26" t="s">
         <v>243</v>
       </c>
-      <c r="G26" t="s">
+      <c r="O26" t="s">
+        <v>41</v>
+      </c>
+      <c r="P26" t="s">
         <v>244</v>
       </c>
-      <c r="H26" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R26" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>245</v>
+      </c>
+      <c r="C27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" t="s">
+        <v>32</v>
+      </c>
+      <c r="F27" t="s">
+        <v>246</v>
+      </c>
+      <c r="G27" t="s">
+        <v>247</v>
+      </c>
+      <c r="H27" t="s">
+        <v>248</v>
+      </c>
+      <c r="I27" t="s">
+        <v>248</v>
+      </c>
+      <c r="J27" t="s">
+        <v>249</v>
+      </c>
+      <c r="K27" t="s">
         <v>250</v>
       </c>
-      <c r="C27" t="s">
-[...11 lines deleted...]
-      <c r="G27" t="s">
+      <c r="L27" t="s">
         <v>251</v>
       </c>
-      <c r="H27">
-[...5 lines deleted...]
-      <c r="J27" t="s">
+      <c r="M27" t="s">
+        <v>39</v>
+      </c>
+      <c r="N27" t="s">
+        <v>243</v>
+      </c>
+      <c r="O27" t="s">
+        <v>41</v>
+      </c>
+      <c r="P27" t="s">
         <v>252</v>
       </c>
-      <c r="K27" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R27" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>253</v>
+      </c>
+      <c r="C28" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" t="s">
+        <v>32</v>
+      </c>
+      <c r="F28" t="s">
+        <v>254</v>
+      </c>
+      <c r="G28" t="s">
         <v>255</v>
       </c>
-      <c r="C28" t="s">
-[...18 lines deleted...]
-        <v>46750</v>
+      <c r="H28" t="s">
+        <v>256</v>
+      </c>
+      <c r="I28" t="s">
+        <v>257</v>
       </c>
       <c r="J28" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="K28" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="L28" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="M28" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="O28" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P28" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="R28" t="s">
-        <v>29</v>
+        <v>263</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E29" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F29" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="G29" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="H29" t="s">
+        <v>267</v>
+      </c>
+      <c r="I29" t="s">
+        <v>267</v>
+      </c>
+      <c r="J29" t="s">
+        <v>268</v>
+      </c>
+      <c r="K29" t="s">
+        <v>269</v>
+      </c>
+      <c r="L29" t="s">
+        <v>270</v>
+      </c>
+      <c r="M29" t="s">
+        <v>64</v>
+      </c>
+      <c r="N29" t="s">
+        <v>58</v>
+      </c>
+      <c r="O29" t="s">
+        <v>65</v>
+      </c>
+      <c r="P29" t="s">
+        <v>271</v>
+      </c>
+      <c r="R29" t="s">
         <v>263</v>
-      </c>
-[...25 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E30" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F30" t="s">
-        <v>261</v>
+        <v>246</v>
       </c>
       <c r="G30" t="s">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>270</v>
+        <v>273</v>
+      </c>
+      <c r="H30">
+        <v>49500</v>
+      </c>
+      <c r="I30">
+        <v>49500</v>
       </c>
       <c r="J30" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="K30" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="L30" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="M30" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O30" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="P30" t="s">
-        <v>274</v>
+        <v>234</v>
       </c>
       <c r="R30" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C31" t="s">
-        <v>276</v>
+        <v>31</v>
       </c>
       <c r="D31" t="s">
-        <v>277</v>
+        <v>32</v>
+      </c>
+      <c r="E31" t="s">
+        <v>32</v>
       </c>
       <c r="F31" t="s">
+        <v>246</v>
+      </c>
+      <c r="G31" t="s">
+        <v>273</v>
+      </c>
+      <c r="H31">
+        <v>46750</v>
+      </c>
+      <c r="I31">
+        <v>46750</v>
+      </c>
+      <c r="J31" t="s">
         <v>278</v>
       </c>
-      <c r="G31" t="s">
+      <c r="K31" t="s">
         <v>279</v>
       </c>
-      <c r="H31" t="s">
+      <c r="L31" t="s">
         <v>280</v>
       </c>
-      <c r="I31" t="s">
+      <c r="M31" t="s">
+        <v>64</v>
+      </c>
+      <c r="N31" t="s">
+        <v>58</v>
+      </c>
+      <c r="O31" t="s">
+        <v>65</v>
+      </c>
+      <c r="P31" t="s">
         <v>281</v>
       </c>
-      <c r="J31" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R31" t="s">
-        <v>287</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>282</v>
+      </c>
+      <c r="C32" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" t="s">
+        <v>32</v>
+      </c>
+      <c r="E32" t="s">
+        <v>32</v>
+      </c>
+      <c r="F32" t="s">
+        <v>283</v>
+      </c>
+      <c r="G32" t="s">
+        <v>284</v>
+      </c>
+      <c r="H32" t="s">
+        <v>285</v>
+      </c>
+      <c r="I32" t="s">
+        <v>286</v>
+      </c>
+      <c r="J32" t="s">
+        <v>287</v>
+      </c>
+      <c r="K32" t="s">
+        <v>259</v>
+      </c>
+      <c r="L32" t="s">
         <v>288</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="F32" t="s">
+      <c r="M32" t="s">
+        <v>39</v>
+      </c>
+      <c r="N32" t="s">
         <v>289</v>
       </c>
-      <c r="G32" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="O32" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="P32" t="s">
-        <v>296</v>
+        <v>262</v>
       </c>
       <c r="R32" t="s">
-        <v>287</v>
+        <v>263</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="C33" t="s">
-        <v>62</v>
+        <v>31</v>
+      </c>
+      <c r="D33" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" t="s">
+        <v>32</v>
       </c>
       <c r="F33" t="s">
-        <v>298</v>
+        <v>283</v>
       </c>
       <c r="G33" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="H33" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="I33" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="J33" t="s">
-        <v>79</v>
+        <v>293</v>
       </c>
       <c r="K33" t="s">
-        <v>80</v>
+        <v>294</v>
       </c>
       <c r="L33" t="s">
-        <v>81</v>
+        <v>295</v>
       </c>
       <c r="M33" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>124332798</v>
+        <v>64</v>
+      </c>
+      <c r="N33" t="s">
+        <v>58</v>
       </c>
       <c r="O33" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="P33" t="s">
-        <v>85</v>
+        <v>296</v>
       </c>
       <c r="R33" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>297</v>
+      </c>
+      <c r="C34" t="s">
+        <v>298</v>
+      </c>
+      <c r="D34" t="s">
+        <v>299</v>
+      </c>
+      <c r="F34" t="s">
+        <v>300</v>
+      </c>
+      <c r="G34" t="s">
         <v>301</v>
       </c>
-      <c r="C34" t="s">
-[...8 lines deleted...]
-      <c r="F34" t="s">
+      <c r="H34" t="s">
         <v>302</v>
       </c>
-      <c r="G34" t="s">
+      <c r="I34" t="s">
         <v>303</v>
       </c>
-      <c r="H34" t="s">
+      <c r="J34" t="s">
         <v>304</v>
       </c>
-      <c r="I34" t="s">
-[...2 lines deleted...]
-      <c r="J34" t="s">
+      <c r="K34" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>126205436</v>
       </c>
       <c r="L34" t="s">
         <v>306</v>
       </c>
       <c r="M34" t="s">
-        <v>25</v>
+        <v>144</v>
       </c>
       <c r="N34" t="s">
-        <v>26</v>
+        <v>307</v>
       </c>
       <c r="O34" t="s">
-        <v>27</v>
+        <v>146</v>
       </c>
       <c r="P34" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="R34" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>310</v>
+      </c>
+      <c r="C35" t="s">
+        <v>298</v>
+      </c>
+      <c r="D35" t="s">
+        <v>299</v>
+      </c>
+      <c r="F35" t="s">
+        <v>311</v>
+      </c>
+      <c r="G35" t="s">
+        <v>312</v>
+      </c>
+      <c r="H35" t="s">
+        <v>313</v>
+      </c>
+      <c r="I35" t="s">
+        <v>314</v>
+      </c>
+      <c r="J35" t="s">
+        <v>315</v>
+      </c>
+      <c r="K35" t="s">
+        <v>316</v>
+      </c>
+      <c r="L35" t="s">
+        <v>317</v>
+      </c>
+      <c r="M35" t="s">
+        <v>144</v>
+      </c>
+      <c r="N35" t="s">
+        <v>307</v>
+      </c>
+      <c r="O35" t="s">
+        <v>146</v>
+      </c>
+      <c r="P35" t="s">
+        <v>318</v>
+      </c>
+      <c r="R35" t="s">
         <v>309</v>
-      </c>
-[...43 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
-      <c r="D36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="G36" t="s">
-        <v>325</v>
-[...5 lines deleted...]
-        <v>4524980</v>
+        <v>321</v>
+      </c>
+      <c r="H36" t="s">
+        <v>322</v>
+      </c>
+      <c r="I36" t="s">
+        <v>322</v>
       </c>
       <c r="J36" t="s">
-        <v>326</v>
+        <v>107</v>
       </c>
       <c r="K36" t="s">
-        <v>327</v>
+        <v>108</v>
       </c>
       <c r="L36" t="s">
-        <v>328</v>
+        <v>109</v>
       </c>
       <c r="M36" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="N36" t="s">
         <v>26</v>
       </c>
+      <c r="N36">
+        <v>124332798</v>
+      </c>
       <c r="O36" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="P36" t="s">
-        <v>329</v>
+        <v>111</v>
       </c>
       <c r="R36" t="s">
-        <v>330</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="C37" t="s">
-        <v>332</v>
+        <v>31</v>
+      </c>
+      <c r="D37" t="s">
+        <v>32</v>
+      </c>
+      <c r="E37" t="s">
+        <v>32</v>
       </c>
       <c r="F37" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="G37" t="s">
-        <v>175</v>
+        <v>325</v>
       </c>
       <c r="H37" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="I37" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="J37" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>336</v>
+        <v>327</v>
+      </c>
+      <c r="K37">
+        <v>126205436</v>
       </c>
       <c r="L37" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="M37" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>124332798</v>
+        <v>57</v>
+      </c>
+      <c r="N37" t="s">
+        <v>58</v>
       </c>
       <c r="O37" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="P37" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="R37" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>331</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>332</v>
+      </c>
+      <c r="E38" t="s">
+        <v>333</v>
+      </c>
+      <c r="F38" t="s">
+        <v>334</v>
+      </c>
+      <c r="G38" t="s">
+        <v>335</v>
+      </c>
+      <c r="H38" t="s">
+        <v>336</v>
+      </c>
+      <c r="I38" t="s">
+        <v>337</v>
+      </c>
+      <c r="J38" t="s">
+        <v>338</v>
+      </c>
+      <c r="K38" t="s">
+        <v>339</v>
+      </c>
+      <c r="L38" t="s">
+        <v>340</v>
+      </c>
+      <c r="M38" t="s">
         <v>341</v>
       </c>
-      <c r="C38" t="s">
-[...8 lines deleted...]
-      <c r="H38" t="s">
+      <c r="N38" t="s">
         <v>342</v>
       </c>
-      <c r="I38" t="s">
-[...2 lines deleted...]
-      <c r="J38" t="s">
+      <c r="O38" t="s">
         <v>343</v>
       </c>
-      <c r="K38" t="s">
+      <c r="P38" t="s">
+        <v>281</v>
+      </c>
+      <c r="R38" t="s">
         <v>344</v>
-      </c>
-[...16 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>345</v>
+      </c>
+      <c r="C39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D39" t="s">
+        <v>32</v>
+      </c>
+      <c r="E39" t="s">
+        <v>32</v>
+      </c>
+      <c r="F39" t="s">
+        <v>346</v>
+      </c>
+      <c r="G39" t="s">
+        <v>347</v>
+      </c>
+      <c r="H39">
+        <v>4524980</v>
+      </c>
+      <c r="I39">
+        <v>4524980</v>
+      </c>
+      <c r="J39" t="s">
         <v>348</v>
       </c>
-      <c r="C39" t="s">
-[...2 lines deleted...]
-      <c r="D39" t="s">
+      <c r="K39" t="s">
         <v>349</v>
       </c>
-      <c r="E39" t="s">
+      <c r="L39" t="s">
         <v>350</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="M39" t="s">
+        <v>64</v>
+      </c>
+      <c r="N39" t="s">
+        <v>58</v>
+      </c>
+      <c r="O39" t="s">
+        <v>65</v>
+      </c>
+      <c r="P39" t="s">
         <v>351</v>
       </c>
-      <c r="H39" t="s">
+      <c r="R39" t="s">
         <v>352</v>
-      </c>
-[...25 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>353</v>
+      </c>
+      <c r="C40" t="s">
+        <v>354</v>
+      </c>
+      <c r="F40" t="s">
+        <v>355</v>
+      </c>
+      <c r="G40" t="s">
+        <v>200</v>
+      </c>
+      <c r="H40" t="s">
+        <v>356</v>
+      </c>
+      <c r="I40" t="s">
+        <v>356</v>
+      </c>
+      <c r="J40" t="s">
+        <v>357</v>
+      </c>
+      <c r="K40" t="s">
+        <v>358</v>
+      </c>
+      <c r="L40" t="s">
+        <v>359</v>
+      </c>
+      <c r="M40" t="s">
         <v>360</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="s">
+      <c r="N40">
+        <v>124332798</v>
+      </c>
+      <c r="O40" t="s">
+        <v>100</v>
+      </c>
+      <c r="P40" t="s">
         <v>361</v>
       </c>
-      <c r="F40" t="s">
+      <c r="R40" t="s">
         <v>362</v>
-      </c>
-[...31 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>374</v>
+        <v>363</v>
       </c>
       <c r="C41" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>354</v>
       </c>
       <c r="F41" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="G41" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>209023</v>
+        <v>200</v>
+      </c>
+      <c r="H41" t="s">
+        <v>364</v>
+      </c>
+      <c r="I41" t="s">
+        <v>364</v>
       </c>
       <c r="J41" t="s">
-        <v>376</v>
+        <v>365</v>
       </c>
       <c r="K41" t="s">
-        <v>50</v>
+        <v>366</v>
       </c>
       <c r="L41" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="M41" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>368</v>
       </c>
       <c r="O41" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="P41" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="R41" t="s">
-        <v>308</v>
+        <v>362</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>370</v>
+      </c>
+      <c r="C42" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" t="s">
+        <v>371</v>
+      </c>
+      <c r="E42" t="s">
+        <v>372</v>
+      </c>
+      <c r="F42" t="s">
+        <v>320</v>
+      </c>
+      <c r="G42" t="s">
+        <v>373</v>
+      </c>
+      <c r="H42" t="s">
+        <v>374</v>
+      </c>
+      <c r="I42" t="s">
+        <v>375</v>
+      </c>
+      <c r="J42" t="s">
+        <v>376</v>
+      </c>
+      <c r="K42" t="s">
+        <v>377</v>
+      </c>
+      <c r="L42" t="s">
+        <v>378</v>
+      </c>
+      <c r="M42" t="s">
+        <v>191</v>
+      </c>
+      <c r="N42" t="s">
         <v>379</v>
       </c>
-      <c r="C42" t="s">
-[...8 lines deleted...]
-      <c r="F42" t="s">
+      <c r="O42" t="s">
+        <v>193</v>
+      </c>
+      <c r="P42" t="s">
         <v>380</v>
       </c>
-      <c r="G42" t="s">
+      <c r="R42" t="s">
         <v>381</v>
-      </c>
-[...28 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>382</v>
+      </c>
+      <c r="C43" t="s">
+        <v>181</v>
+      </c>
+      <c r="D43" t="s">
+        <v>383</v>
+      </c>
+      <c r="F43" t="s">
+        <v>384</v>
+      </c>
+      <c r="G43" t="s">
+        <v>385</v>
+      </c>
+      <c r="H43" t="s">
+        <v>386</v>
+      </c>
+      <c r="I43" t="s">
         <v>387</v>
       </c>
-      <c r="C43" t="s">
-[...8 lines deleted...]
-      <c r="F43" t="s">
+      <c r="J43" t="s">
         <v>388</v>
       </c>
-      <c r="G43" t="s">
+      <c r="K43" t="s">
         <v>389</v>
       </c>
-      <c r="H43">
-[...5 lines deleted...]
-      <c r="J43" t="s">
+      <c r="L43" t="s">
         <v>390</v>
       </c>
-      <c r="K43" t="s">
+      <c r="M43" t="s">
         <v>391</v>
       </c>
-      <c r="L43" t="s">
+      <c r="N43" t="s">
         <v>392</v>
       </c>
-      <c r="M43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O43" t="s">
-        <v>27</v>
+        <v>393</v>
       </c>
       <c r="P43" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="R43" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C44" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D44" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E44" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F44" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="G44" t="s">
-        <v>396</v>
-[...5 lines deleted...]
-        <v>397</v>
+        <v>325</v>
+      </c>
+      <c r="H44">
+        <v>209023</v>
+      </c>
+      <c r="I44">
+        <v>209023</v>
       </c>
       <c r="J44" t="s">
         <v>398</v>
       </c>
       <c r="K44" t="s">
+        <v>81</v>
+      </c>
+      <c r="L44" t="s">
         <v>399</v>
       </c>
-      <c r="L44" t="s">
+      <c r="M44" t="s">
+        <v>64</v>
+      </c>
+      <c r="N44" t="s">
+        <v>58</v>
+      </c>
+      <c r="O44" t="s">
+        <v>65</v>
+      </c>
+      <c r="P44" t="s">
         <v>400</v>
       </c>
-      <c r="M44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R44" t="s">
-        <v>402</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>401</v>
+      </c>
+      <c r="C45" t="s">
+        <v>31</v>
+      </c>
+      <c r="D45" t="s">
+        <v>32</v>
+      </c>
+      <c r="E45" t="s">
+        <v>32</v>
+      </c>
+      <c r="F45" t="s">
+        <v>402</v>
+      </c>
+      <c r="G45" t="s">
         <v>403</v>
       </c>
-      <c r="C45" t="s">
-[...18 lines deleted...]
-        <v>49500</v>
+      <c r="H45" t="s">
+        <v>404</v>
+      </c>
+      <c r="I45" t="s">
+        <v>404</v>
       </c>
       <c r="J45" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="K45" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="L45" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="M45" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="N45" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O45" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P45" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="R45" t="s">
-        <v>402</v>
+        <v>235</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C46" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D46" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E46" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F46" t="s">
-        <v>388</v>
+        <v>410</v>
       </c>
       <c r="G46" t="s">
-        <v>396</v>
-[...5 lines deleted...]
-        <v>409</v>
+        <v>411</v>
+      </c>
+      <c r="H46">
+        <v>2932800</v>
+      </c>
+      <c r="I46">
+        <v>2932800</v>
       </c>
       <c r="J46" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="K46" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="L46" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="M46" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N46" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O46" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P46" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="R46" t="s">
-        <v>402</v>
+        <v>416</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C47" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D47" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E47" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F47" t="s">
-        <v>388</v>
+        <v>410</v>
       </c>
       <c r="G47" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="H47" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="I47" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="J47" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="K47" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="L47" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="M47" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N47" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O47" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P47" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="R47" t="s">
-        <v>402</v>
+        <v>424</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C48" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D48" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E48" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F48" t="s">
-        <v>388</v>
+        <v>219</v>
       </c>
       <c r="G48" t="s">
-        <v>396</v>
+        <v>426</v>
       </c>
       <c r="H48" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="I48" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="J48" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="K48" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="L48" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="M48" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="N48" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O48" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="P48" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="R48" t="s">
-        <v>402</v>
+        <v>432</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="C49" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D49" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E49" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F49" t="s">
-        <v>388</v>
+        <v>434</v>
       </c>
       <c r="G49" t="s">
-        <v>396</v>
-[...5 lines deleted...]
-        <v>49634</v>
+        <v>435</v>
+      </c>
+      <c r="H49" t="s">
+        <v>436</v>
+      </c>
+      <c r="I49" t="s">
+        <v>436</v>
       </c>
       <c r="J49" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="K49" t="s">
-        <v>411</v>
+        <v>438</v>
       </c>
       <c r="L49" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="M49" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="N49" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O49" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P49" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="R49" t="s">
-        <v>402</v>
+        <v>441</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>431</v>
+        <v>66</v>
       </c>
       <c r="C50" t="s">
-        <v>18</v>
+        <v>442</v>
       </c>
       <c r="D50" t="s">
-        <v>19</v>
+        <v>443</v>
       </c>
       <c r="E50" t="s">
-        <v>19</v>
+        <v>444</v>
       </c>
       <c r="F50" t="s">
-        <v>388</v>
+        <v>92</v>
       </c>
       <c r="G50" t="s">
-        <v>396</v>
-[...5 lines deleted...]
-        <v>49500</v>
+        <v>445</v>
+      </c>
+      <c r="H50" t="s">
+        <v>446</v>
+      </c>
+      <c r="I50" t="s">
+        <v>447</v>
       </c>
       <c r="J50" t="s">
-        <v>432</v>
+        <v>448</v>
       </c>
       <c r="K50" t="s">
-        <v>433</v>
+        <v>449</v>
       </c>
       <c r="L50" t="s">
-        <v>434</v>
+        <v>450</v>
       </c>
       <c r="M50" t="s">
-        <v>25</v>
+        <v>147</v>
       </c>
       <c r="N50" t="s">
-        <v>211</v>
+        <v>148</v>
       </c>
       <c r="O50" t="s">
-        <v>27</v>
+        <v>149</v>
       </c>
       <c r="P50" t="s">
-        <v>28</v>
+        <v>451</v>
       </c>
       <c r="R50" t="s">
-        <v>402</v>
+        <v>452</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>435</v>
+        <v>453</v>
       </c>
       <c r="C51" t="s">
-        <v>18</v>
+        <v>454</v>
       </c>
       <c r="D51" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>455</v>
       </c>
       <c r="F51" t="s">
-        <v>388</v>
+        <v>456</v>
       </c>
       <c r="G51" t="s">
-        <v>396</v>
-[...5 lines deleted...]
-        <v>49500</v>
+        <v>457</v>
+      </c>
+      <c r="H51" t="s">
+        <v>458</v>
+      </c>
+      <c r="I51" t="s">
+        <v>458</v>
       </c>
       <c r="J51" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="K51" t="s">
-        <v>437</v>
+        <v>241</v>
       </c>
       <c r="L51" t="s">
-        <v>438</v>
+        <v>460</v>
       </c>
       <c r="M51" t="s">
-        <v>33</v>
+        <v>341</v>
       </c>
       <c r="N51" t="s">
-        <v>211</v>
+        <v>342</v>
       </c>
       <c r="O51" t="s">
-        <v>34</v>
+        <v>343</v>
       </c>
       <c r="P51" t="s">
-        <v>439</v>
+        <v>461</v>
       </c>
       <c r="R51" t="s">
-        <v>402</v>
+        <v>462</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>440</v>
+        <v>331</v>
       </c>
       <c r="C52" t="s">
-        <v>18</v>
+        <v>463</v>
       </c>
       <c r="D52" t="s">
-        <v>19</v>
+        <v>455</v>
       </c>
       <c r="E52" t="s">
-        <v>19</v>
+        <v>333</v>
       </c>
       <c r="F52" t="s">
-        <v>388</v>
+        <v>334</v>
       </c>
       <c r="G52" t="s">
-        <v>396</v>
-[...5 lines deleted...]
-        <v>49830</v>
+        <v>335</v>
+      </c>
+      <c r="H52" t="s">
+        <v>464</v>
+      </c>
+      <c r="I52" t="s">
+        <v>465</v>
       </c>
       <c r="J52" t="s">
-        <v>441</v>
+        <v>338</v>
       </c>
       <c r="K52" t="s">
-        <v>442</v>
+        <v>339</v>
       </c>
       <c r="L52" t="s">
-        <v>443</v>
+        <v>340</v>
       </c>
       <c r="M52" t="s">
-        <v>33</v>
+        <v>341</v>
       </c>
       <c r="N52" t="s">
-        <v>211</v>
+        <v>342</v>
       </c>
       <c r="O52" t="s">
-        <v>34</v>
+        <v>343</v>
       </c>
       <c r="P52" t="s">
-        <v>103</v>
+        <v>466</v>
       </c>
       <c r="R52" t="s">
-        <v>402</v>
+        <v>467</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>444</v>
+        <v>468</v>
       </c>
       <c r="C53" t="s">
-        <v>18</v>
+        <v>463</v>
       </c>
       <c r="D53" t="s">
-        <v>19</v>
+        <v>455</v>
       </c>
       <c r="E53" t="s">
-        <v>19</v>
+        <v>469</v>
       </c>
       <c r="F53" t="s">
-        <v>388</v>
+        <v>334</v>
       </c>
       <c r="G53" t="s">
-        <v>396</v>
+        <v>470</v>
       </c>
       <c r="H53" t="s">
-        <v>445</v>
+        <v>471</v>
       </c>
       <c r="I53" t="s">
-        <v>445</v>
+        <v>472</v>
       </c>
       <c r="J53" t="s">
-        <v>446</v>
+        <v>473</v>
       </c>
       <c r="K53" t="s">
-        <v>447</v>
+        <v>474</v>
       </c>
       <c r="L53" t="s">
-        <v>448</v>
+        <v>475</v>
       </c>
       <c r="M53" t="s">
-        <v>192</v>
+        <v>341</v>
       </c>
       <c r="N53" t="s">
-        <v>221</v>
+        <v>342</v>
       </c>
       <c r="O53" t="s">
-        <v>194</v>
+        <v>343</v>
       </c>
       <c r="P53" t="s">
-        <v>449</v>
+        <v>476</v>
       </c>
       <c r="R53" t="s">
-        <v>402</v>
+        <v>477</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>450</v>
+        <v>478</v>
       </c>
       <c r="C54" t="s">
-        <v>18</v>
+        <v>463</v>
       </c>
       <c r="D54" t="s">
-        <v>19</v>
+        <v>455</v>
       </c>
       <c r="E54" t="s">
-        <v>19</v>
+        <v>479</v>
       </c>
       <c r="F54" t="s">
-        <v>197</v>
+        <v>334</v>
       </c>
       <c r="G54" t="s">
-        <v>451</v>
+        <v>470</v>
       </c>
       <c r="H54" t="s">
-        <v>452</v>
+        <v>480</v>
       </c>
       <c r="I54" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="J54" t="s">
-        <v>453</v>
+        <v>482</v>
       </c>
       <c r="K54" t="s">
-        <v>454</v>
+        <v>483</v>
       </c>
       <c r="L54" t="s">
-        <v>455</v>
+        <v>484</v>
       </c>
       <c r="M54" t="s">
-        <v>25</v>
+        <v>341</v>
       </c>
       <c r="N54" t="s">
-        <v>211</v>
+        <v>485</v>
       </c>
       <c r="O54" t="s">
-        <v>27</v>
+        <v>343</v>
       </c>
       <c r="P54" t="s">
-        <v>456</v>
+        <v>137</v>
       </c>
       <c r="R54" t="s">
-        <v>457</v>
+        <v>477</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="C55" t="s">
-        <v>18</v>
+        <v>463</v>
       </c>
       <c r="D55" t="s">
-        <v>19</v>
+        <v>455</v>
       </c>
       <c r="E55" t="s">
-        <v>19</v>
+        <v>487</v>
       </c>
       <c r="F55" t="s">
-        <v>459</v>
+        <v>488</v>
       </c>
       <c r="G55" t="s">
-        <v>460</v>
+        <v>312</v>
       </c>
       <c r="H55" t="s">
-        <v>461</v>
+        <v>489</v>
       </c>
       <c r="I55" t="s">
-        <v>461</v>
+        <v>490</v>
       </c>
       <c r="J55" t="s">
-        <v>462</v>
+        <v>491</v>
       </c>
       <c r="K55" t="s">
-        <v>463</v>
+        <v>492</v>
       </c>
       <c r="L55" t="s">
-        <v>464</v>
+        <v>493</v>
       </c>
       <c r="M55" t="s">
-        <v>192</v>
+        <v>341</v>
       </c>
       <c r="N55" t="s">
-        <v>221</v>
+        <v>342</v>
       </c>
       <c r="O55" t="s">
-        <v>194</v>
+        <v>343</v>
       </c>
       <c r="P55" t="s">
-        <v>465</v>
+        <v>494</v>
       </c>
       <c r="R55" t="s">
-        <v>466</v>
+        <v>477</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>35</v>
+        <v>495</v>
       </c>
       <c r="C56" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="D56" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="E56" t="s">
-        <v>469</v>
+        <v>496</v>
       </c>
       <c r="F56" t="s">
-        <v>64</v>
+        <v>497</v>
       </c>
       <c r="G56" t="s">
-        <v>470</v>
+        <v>498</v>
       </c>
       <c r="H56" t="s">
-        <v>471</v>
+        <v>499</v>
       </c>
       <c r="I56" t="s">
-        <v>472</v>
+        <v>500</v>
       </c>
       <c r="J56" t="s">
-        <v>473</v>
+        <v>501</v>
       </c>
       <c r="K56" t="s">
-        <v>474</v>
+        <v>502</v>
       </c>
       <c r="L56" t="s">
-        <v>475</v>
+        <v>503</v>
       </c>
       <c r="M56" t="s">
-        <v>122</v>
+        <v>341</v>
       </c>
       <c r="N56" t="s">
-        <v>123</v>
+        <v>342</v>
       </c>
       <c r="O56" t="s">
-        <v>124</v>
+        <v>343</v>
       </c>
       <c r="P56" t="s">
-        <v>476</v>
+        <v>504</v>
       </c>
       <c r="R56" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>478</v>
+        <v>505</v>
       </c>
       <c r="C57" t="s">
-        <v>479</v>
+        <v>463</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>455</v>
+      </c>
+      <c r="E57" t="s">
+        <v>506</v>
       </c>
       <c r="F57" t="s">
-        <v>481</v>
+        <v>497</v>
       </c>
       <c r="G57" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="H57" t="s">
-        <v>483</v>
+        <v>507</v>
       </c>
       <c r="I57" t="s">
-        <v>483</v>
+        <v>508</v>
       </c>
       <c r="J57" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="K57" t="s">
-        <v>219</v>
+        <v>474</v>
       </c>
       <c r="L57" t="s">
-        <v>485</v>
+        <v>475</v>
       </c>
       <c r="M57" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="N57" t="s">
-        <v>320</v>
+        <v>342</v>
       </c>
       <c r="O57" t="s">
-        <v>321</v>
+        <v>343</v>
       </c>
       <c r="P57" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="R57" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>309</v>
+        <v>509</v>
       </c>
       <c r="C58" t="s">
-        <v>488</v>
+        <v>463</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>455</v>
       </c>
       <c r="E58" t="s">
-        <v>311</v>
+        <v>510</v>
       </c>
       <c r="F58" t="s">
-        <v>312</v>
+        <v>511</v>
       </c>
       <c r="G58" t="s">
-        <v>313</v>
+        <v>20</v>
       </c>
       <c r="H58" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="I58" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="J58" t="s">
-        <v>316</v>
+        <v>514</v>
       </c>
       <c r="K58" t="s">
-        <v>317</v>
+        <v>515</v>
       </c>
       <c r="L58" t="s">
-        <v>318</v>
+        <v>516</v>
       </c>
       <c r="M58" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="N58" t="s">
-        <v>320</v>
+        <v>342</v>
       </c>
       <c r="O58" t="s">
-        <v>321</v>
+        <v>343</v>
       </c>
       <c r="P58" t="s">
-        <v>491</v>
+        <v>517</v>
       </c>
       <c r="R58" t="s">
-        <v>492</v>
+        <v>477</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>493</v>
+        <v>518</v>
       </c>
       <c r="C59" t="s">
-        <v>488</v>
+        <v>463</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>455</v>
       </c>
       <c r="E59" t="s">
-        <v>494</v>
+        <v>519</v>
       </c>
       <c r="F59" t="s">
-        <v>312</v>
+        <v>520</v>
       </c>
       <c r="G59" t="s">
-        <v>495</v>
+        <v>321</v>
       </c>
       <c r="H59" t="s">
-        <v>496</v>
+        <v>521</v>
       </c>
       <c r="I59" t="s">
-        <v>497</v>
+        <v>522</v>
       </c>
       <c r="J59" t="s">
-        <v>498</v>
+        <v>459</v>
       </c>
       <c r="K59" t="s">
-        <v>499</v>
+        <v>241</v>
       </c>
       <c r="L59" t="s">
-        <v>500</v>
+        <v>460</v>
       </c>
       <c r="M59" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="N59" t="s">
-        <v>320</v>
+        <v>342</v>
       </c>
       <c r="O59" t="s">
-        <v>321</v>
+        <v>343</v>
       </c>
       <c r="P59" t="s">
-        <v>501</v>
+        <v>461</v>
       </c>
       <c r="R59" t="s">
-        <v>502</v>
+        <v>523</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>503</v>
+        <v>524</v>
       </c>
       <c r="C60" t="s">
-        <v>488</v>
-[...5 lines deleted...]
-        <v>504</v>
+        <v>463</v>
       </c>
       <c r="F60" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="G60" t="s">
-        <v>495</v>
+        <v>525</v>
       </c>
       <c r="H60" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>526</v>
       </c>
       <c r="J60" t="s">
-        <v>507</v>
+        <v>527</v>
       </c>
       <c r="K60" t="s">
-        <v>508</v>
+        <v>528</v>
       </c>
       <c r="L60" t="s">
-        <v>509</v>
+        <v>529</v>
       </c>
       <c r="M60" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>530</v>
       </c>
       <c r="O60" t="s">
-        <v>321</v>
+        <v>531</v>
       </c>
       <c r="P60" t="s">
-        <v>112</v>
+        <v>532</v>
       </c>
       <c r="R60" t="s">
-        <v>502</v>
+        <v>533</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>511</v>
+        <v>534</v>
       </c>
       <c r="C61" t="s">
-        <v>488</v>
-[...5 lines deleted...]
-        <v>512</v>
+        <v>535</v>
       </c>
       <c r="F61" t="s">
-        <v>513</v>
+        <v>300</v>
       </c>
       <c r="G61" t="s">
-        <v>290</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>93</v>
+      </c>
+      <c r="H61">
+        <v>0</v>
+      </c>
+      <c r="I61">
+        <v>0</v>
       </c>
       <c r="J61" t="s">
-        <v>516</v>
+        <v>536</v>
       </c>
       <c r="K61" t="s">
+        <v>537</v>
+      </c>
+      <c r="L61" t="s">
+        <v>538</v>
+      </c>
+      <c r="M61" t="s">
+        <v>530</v>
+      </c>
+      <c r="O61" t="s">
+        <v>531</v>
+      </c>
+      <c r="P61" t="s">
         <v>517</v>
-      </c>
-[...16 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>520</v>
+        <v>539</v>
       </c>
       <c r="C62" t="s">
-        <v>488</v>
+        <v>540</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>541</v>
       </c>
       <c r="F62" t="s">
-        <v>522</v>
+        <v>300</v>
       </c>
       <c r="G62" t="s">
-        <v>523</v>
+        <v>185</v>
       </c>
       <c r="H62" t="s">
-        <v>524</v>
+        <v>542</v>
       </c>
       <c r="I62" t="s">
-        <v>525</v>
+        <v>543</v>
       </c>
       <c r="J62" t="s">
-        <v>526</v>
+        <v>544</v>
       </c>
       <c r="K62" t="s">
-        <v>527</v>
+        <v>545</v>
       </c>
       <c r="L62" t="s">
-        <v>528</v>
+        <v>546</v>
       </c>
       <c r="M62" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>530</v>
       </c>
       <c r="O62" t="s">
-        <v>321</v>
+        <v>531</v>
       </c>
       <c r="P62" t="s">
-        <v>529</v>
+        <v>547</v>
       </c>
       <c r="R62" t="s">
-        <v>502</v>
+        <v>533</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>548</v>
+      </c>
+      <c r="C63" t="s">
+        <v>463</v>
+      </c>
+      <c r="F63" t="s">
+        <v>300</v>
+      </c>
+      <c r="G63" t="s">
+        <v>498</v>
+      </c>
+      <c r="H63" t="s">
+        <v>549</v>
+      </c>
+      <c r="J63" t="s">
+        <v>544</v>
+      </c>
+      <c r="K63" t="s">
+        <v>545</v>
+      </c>
+      <c r="L63" t="s">
+        <v>546</v>
+      </c>
+      <c r="M63" t="s">
         <v>530</v>
       </c>
-      <c r="C63" t="s">
-[...5 lines deleted...]
-      <c r="E63" t="s">
+      <c r="O63" t="s">
         <v>531</v>
       </c>
-      <c r="F63" t="s">
-[...8 lines deleted...]
-      <c r="I63" t="s">
+      <c r="P63" t="s">
+        <v>547</v>
+      </c>
+      <c r="R63" t="s">
         <v>533</v>
-      </c>
-[...22 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>534</v>
+        <v>550</v>
       </c>
       <c r="C64" t="s">
-        <v>488</v>
+        <v>140</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>551</v>
       </c>
       <c r="F64" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="G64" t="s">
-        <v>537</v>
+        <v>321</v>
       </c>
       <c r="H64" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
       <c r="I64" t="s">
-        <v>539</v>
+        <v>553</v>
       </c>
       <c r="J64" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
       <c r="K64" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="L64" t="s">
-        <v>542</v>
+        <v>556</v>
       </c>
       <c r="M64" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>530</v>
       </c>
       <c r="O64" t="s">
-        <v>321</v>
+        <v>531</v>
       </c>
       <c r="P64" t="s">
-        <v>543</v>
+        <v>557</v>
       </c>
       <c r="R64" t="s">
-        <v>502</v>
+        <v>558</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
       <c r="C65" t="s">
-        <v>488</v>
+        <v>31</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>545</v>
+        <v>32</v>
       </c>
       <c r="F65" t="s">
-        <v>546</v>
+        <v>560</v>
       </c>
       <c r="G65" t="s">
-        <v>299</v>
+        <v>561</v>
       </c>
       <c r="H65" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="I65" t="s">
-        <v>548</v>
+        <v>562</v>
       </c>
       <c r="J65" t="s">
-        <v>484</v>
+        <v>563</v>
       </c>
       <c r="K65" t="s">
-        <v>219</v>
+        <v>564</v>
       </c>
       <c r="L65" t="s">
-        <v>485</v>
+        <v>565</v>
       </c>
       <c r="M65" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>530</v>
       </c>
       <c r="O65" t="s">
-        <v>321</v>
+        <v>531</v>
       </c>
       <c r="P65" t="s">
-        <v>486</v>
+        <v>566</v>
       </c>
       <c r="R65" t="s">
-        <v>549</v>
+        <v>567</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>550</v>
+        <v>568</v>
       </c>
       <c r="C66" t="s">
-        <v>488</v>
+        <v>540</v>
+      </c>
+      <c r="D66" t="s">
+        <v>541</v>
       </c>
       <c r="F66" t="s">
-        <v>278</v>
+        <v>569</v>
       </c>
       <c r="G66" t="s">
-        <v>551</v>
+        <v>498</v>
       </c>
       <c r="H66" t="s">
-        <v>552</v>
+        <v>570</v>
+      </c>
+      <c r="I66" t="s">
+        <v>571</v>
       </c>
       <c r="J66" t="s">
-        <v>553</v>
+        <v>572</v>
       </c>
       <c r="K66" t="s">
-        <v>554</v>
+        <v>269</v>
       </c>
       <c r="L66" t="s">
-        <v>555</v>
+        <v>573</v>
       </c>
       <c r="M66" t="s">
-        <v>556</v>
+        <v>530</v>
       </c>
       <c r="O66" t="s">
-        <v>557</v>
+        <v>531</v>
       </c>
       <c r="P66" t="s">
-        <v>449</v>
+        <v>271</v>
       </c>
       <c r="R66" t="s">
-        <v>558</v>
+        <v>533</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>559</v>
+        <v>574</v>
       </c>
       <c r="C67" t="s">
-        <v>560</v>
+        <v>535</v>
       </c>
       <c r="F67" t="s">
-        <v>278</v>
+        <v>575</v>
       </c>
       <c r="G67" t="s">
-        <v>65</v>
+        <v>142</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67">
         <v>0</v>
       </c>
       <c r="J67" t="s">
-        <v>561</v>
+        <v>536</v>
       </c>
       <c r="K67" t="s">
-        <v>562</v>
+        <v>537</v>
       </c>
       <c r="L67" t="s">
-        <v>563</v>
+        <v>538</v>
       </c>
       <c r="M67" t="s">
-        <v>556</v>
+        <v>530</v>
       </c>
       <c r="O67" t="s">
-        <v>557</v>
+        <v>531</v>
       </c>
       <c r="P67" t="s">
-        <v>543</v>
+        <v>517</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="C68" t="s">
-        <v>565</v>
+        <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>566</v>
+        <v>332</v>
       </c>
       <c r="F68" t="s">
-        <v>278</v>
+        <v>355</v>
       </c>
       <c r="G68" t="s">
-        <v>160</v>
+        <v>131</v>
       </c>
       <c r="H68" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="I68" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="J68" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
       <c r="K68" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="L68" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="M68" t="s">
-        <v>556</v>
+        <v>26</v>
+      </c>
+      <c r="N68" t="s">
+        <v>581</v>
       </c>
       <c r="O68" t="s">
-        <v>557</v>
+        <v>110</v>
       </c>
       <c r="P68" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="R68" t="s">
-        <v>558</v>
+        <v>583</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="C69" t="s">
-        <v>488</v>
+        <v>585</v>
+      </c>
+      <c r="D69" t="s">
+        <v>586</v>
       </c>
       <c r="F69" t="s">
-        <v>278</v>
+        <v>587</v>
       </c>
       <c r="G69" t="s">
-        <v>523</v>
+        <v>588</v>
       </c>
       <c r="H69" t="s">
-        <v>574</v>
+        <v>589</v>
+      </c>
+      <c r="I69" t="s">
+        <v>590</v>
       </c>
       <c r="J69" t="s">
-        <v>569</v>
+        <v>591</v>
       </c>
       <c r="K69" t="s">
-        <v>570</v>
+        <v>592</v>
       </c>
       <c r="L69" t="s">
-        <v>571</v>
+        <v>593</v>
       </c>
       <c r="M69" t="s">
-        <v>556</v>
+        <v>594</v>
+      </c>
+      <c r="N69">
+        <v>512749598</v>
       </c>
       <c r="O69" t="s">
-        <v>557</v>
+        <v>146</v>
       </c>
       <c r="P69" t="s">
-        <v>572</v>
+        <v>595</v>
       </c>
       <c r="R69" t="s">
-        <v>558</v>
+        <v>596</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>575</v>
+        <v>597</v>
       </c>
       <c r="C70" t="s">
-        <v>115</v>
+        <v>598</v>
       </c>
       <c r="D70" t="s">
-        <v>576</v>
+        <v>599</v>
       </c>
       <c r="F70" t="s">
-        <v>577</v>
+        <v>600</v>
       </c>
       <c r="G70" t="s">
-        <v>299</v>
+        <v>335</v>
       </c>
       <c r="H70" t="s">
-        <v>578</v>
+        <v>601</v>
       </c>
       <c r="I70" t="s">
-        <v>578</v>
+        <v>602</v>
       </c>
       <c r="J70" t="s">
-        <v>579</v>
+        <v>603</v>
       </c>
       <c r="K70" t="s">
-        <v>580</v>
+        <v>604</v>
       </c>
       <c r="L70" t="s">
-        <v>581</v>
+        <v>605</v>
       </c>
       <c r="M70" t="s">
-        <v>556</v>
+        <v>606</v>
+      </c>
+      <c r="N70" t="s">
+        <v>607</v>
       </c>
       <c r="O70" t="s">
-        <v>557</v>
+        <v>110</v>
       </c>
       <c r="P70" t="s">
-        <v>407</v>
+        <v>608</v>
       </c>
       <c r="R70" t="s">
-        <v>582</v>
+        <v>609</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>583</v>
+        <v>610</v>
       </c>
       <c r="C71" t="s">
-        <v>18</v>
+        <v>153</v>
       </c>
       <c r="D71" t="s">
-        <v>19</v>
+        <v>154</v>
       </c>
       <c r="F71" t="s">
-        <v>584</v>
+        <v>611</v>
       </c>
       <c r="G71" t="s">
-        <v>585</v>
+        <v>612</v>
       </c>
       <c r="H71" t="s">
-        <v>586</v>
+        <v>613</v>
       </c>
       <c r="I71" t="s">
-        <v>586</v>
+        <v>613</v>
       </c>
       <c r="J71" t="s">
-        <v>587</v>
+        <v>614</v>
       </c>
       <c r="K71" t="s">
-        <v>588</v>
+        <v>215</v>
       </c>
       <c r="L71" t="s">
-        <v>589</v>
+        <v>615</v>
       </c>
       <c r="M71" t="s">
-        <v>556</v>
+        <v>616</v>
+      </c>
+      <c r="N71" t="s">
+        <v>617</v>
       </c>
       <c r="O71" t="s">
-        <v>557</v>
+        <v>100</v>
       </c>
       <c r="P71" t="s">
-        <v>590</v>
+        <v>217</v>
       </c>
       <c r="R71" t="s">
-        <v>591</v>
+        <v>618</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>592</v>
+        <v>619</v>
       </c>
       <c r="C72" t="s">
-        <v>565</v>
+        <v>620</v>
       </c>
       <c r="D72" t="s">
-        <v>566</v>
+        <v>332</v>
       </c>
       <c r="F72" t="s">
-        <v>593</v>
+        <v>621</v>
       </c>
       <c r="G72" t="s">
-        <v>523</v>
+        <v>93</v>
       </c>
       <c r="H72" t="s">
-        <v>594</v>
+        <v>622</v>
       </c>
       <c r="I72" t="s">
-        <v>595</v>
+        <v>622</v>
       </c>
       <c r="J72" t="s">
-        <v>596</v>
+        <v>623</v>
       </c>
       <c r="K72" t="s">
-        <v>247</v>
+        <v>624</v>
       </c>
       <c r="L72" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
       <c r="M72" t="s">
-        <v>556</v>
+        <v>606</v>
+      </c>
+      <c r="N72" t="s">
+        <v>607</v>
       </c>
       <c r="O72" t="s">
-        <v>557</v>
+        <v>110</v>
       </c>
       <c r="P72" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="R72" t="s">
-        <v>558</v>
+        <v>626</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>598</v>
+        <v>627</v>
       </c>
       <c r="C73" t="s">
-        <v>560</v>
+        <v>620</v>
+      </c>
+      <c r="D73" t="s">
+        <v>332</v>
       </c>
       <c r="F73" t="s">
-        <v>599</v>
+        <v>621</v>
       </c>
       <c r="G73" t="s">
-        <v>117</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>93</v>
+      </c>
+      <c r="H73" t="s">
+        <v>622</v>
+      </c>
+      <c r="I73" t="s">
+        <v>622</v>
       </c>
       <c r="J73" t="s">
-        <v>561</v>
+        <v>628</v>
       </c>
       <c r="K73" t="s">
-        <v>562</v>
+        <v>629</v>
       </c>
       <c r="L73" t="s">
-        <v>563</v>
+        <v>630</v>
       </c>
       <c r="M73" t="s">
-        <v>556</v>
+        <v>606</v>
+      </c>
+      <c r="N73" t="s">
+        <v>607</v>
       </c>
       <c r="O73" t="s">
-        <v>557</v>
+        <v>110</v>
       </c>
       <c r="P73" t="s">
-        <v>543</v>
+        <v>631</v>
+      </c>
+      <c r="R73" t="s">
+        <v>626</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>600</v>
+        <v>632</v>
       </c>
       <c r="C74" t="s">
-        <v>62</v>
+        <v>633</v>
       </c>
       <c r="D74" t="s">
-        <v>310</v>
+        <v>634</v>
+      </c>
+      <c r="E74" t="s">
+        <v>635</v>
       </c>
       <c r="F74" t="s">
-        <v>333</v>
+        <v>511</v>
       </c>
       <c r="G74" t="s">
-        <v>106</v>
+        <v>20</v>
       </c>
       <c r="H74" t="s">
-        <v>601</v>
+        <v>636</v>
       </c>
       <c r="I74" t="s">
-        <v>601</v>
+        <v>637</v>
       </c>
       <c r="J74" t="s">
-        <v>602</v>
+        <v>638</v>
       </c>
       <c r="K74" t="s">
-        <v>399</v>
+        <v>639</v>
       </c>
       <c r="L74" t="s">
-        <v>603</v>
+        <v>640</v>
       </c>
       <c r="M74" t="s">
-        <v>82</v>
+        <v>641</v>
       </c>
       <c r="N74" t="s">
-        <v>604</v>
+        <v>642</v>
       </c>
       <c r="O74" t="s">
-        <v>84</v>
+        <v>643</v>
       </c>
       <c r="P74" t="s">
-        <v>605</v>
+        <v>644</v>
       </c>
       <c r="R74" t="s">
-        <v>606</v>
+        <v>639</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>607</v>
+        <v>645</v>
       </c>
       <c r="C75" t="s">
-        <v>608</v>
+        <v>646</v>
       </c>
       <c r="D75" t="s">
-        <v>609</v>
+        <v>634</v>
+      </c>
+      <c r="E75" t="s">
+        <v>647</v>
       </c>
       <c r="F75" t="s">
-        <v>610</v>
+        <v>511</v>
       </c>
       <c r="G75" t="s">
-        <v>611</v>
+        <v>20</v>
       </c>
       <c r="H75" t="s">
-        <v>612</v>
+        <v>648</v>
       </c>
       <c r="I75" t="s">
-        <v>613</v>
+        <v>649</v>
       </c>
       <c r="J75" t="s">
-        <v>614</v>
+        <v>650</v>
       </c>
       <c r="K75" t="s">
-        <v>615</v>
+        <v>639</v>
       </c>
       <c r="L75" t="s">
-        <v>616</v>
+        <v>651</v>
       </c>
       <c r="M75" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-        <v>512749598</v>
+        <v>641</v>
+      </c>
+      <c r="N75" t="s">
+        <v>642</v>
       </c>
       <c r="O75" t="s">
-        <v>121</v>
+        <v>643</v>
       </c>
       <c r="P75" t="s">
-        <v>618</v>
+        <v>652</v>
       </c>
       <c r="R75" t="s">
-        <v>619</v>
+        <v>639</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>620</v>
+        <v>653</v>
       </c>
       <c r="C76" t="s">
-        <v>621</v>
+        <v>654</v>
       </c>
       <c r="D76" t="s">
-        <v>622</v>
+        <v>634</v>
+      </c>
+      <c r="E76" t="s">
+        <v>655</v>
       </c>
       <c r="F76" t="s">
-        <v>623</v>
+        <v>656</v>
       </c>
       <c r="G76" t="s">
-        <v>313</v>
+        <v>385</v>
       </c>
       <c r="H76" t="s">
-        <v>624</v>
+        <v>657</v>
       </c>
       <c r="I76" t="s">
-        <v>625</v>
+        <v>657</v>
       </c>
       <c r="J76" t="s">
-        <v>626</v>
+        <v>658</v>
       </c>
       <c r="K76" t="s">
-        <v>627</v>
+        <v>639</v>
       </c>
       <c r="L76" t="s">
-        <v>628</v>
+        <v>659</v>
       </c>
       <c r="M76" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="N76" t="s">
-        <v>630</v>
+        <v>642</v>
       </c>
       <c r="O76" t="s">
-        <v>84</v>
+        <v>643</v>
       </c>
       <c r="P76" t="s">
-        <v>631</v>
+        <v>660</v>
       </c>
       <c r="R76" t="s">
-        <v>632</v>
+        <v>661</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>633</v>
+        <v>662</v>
       </c>
       <c r="C77" t="s">
-        <v>128</v>
+        <v>654</v>
       </c>
       <c r="D77" t="s">
-        <v>129</v>
+        <v>634</v>
+      </c>
+      <c r="E77" t="s">
+        <v>655</v>
       </c>
       <c r="F77" t="s">
-        <v>634</v>
+        <v>621</v>
       </c>
       <c r="G77" t="s">
-        <v>635</v>
+        <v>321</v>
       </c>
       <c r="H77" t="s">
-        <v>636</v>
+        <v>663</v>
       </c>
       <c r="I77" t="s">
-        <v>636</v>
+        <v>663</v>
       </c>
       <c r="J77" t="s">
-        <v>637</v>
+        <v>664</v>
       </c>
       <c r="K77" t="s">
-        <v>190</v>
+        <v>639</v>
       </c>
       <c r="L77" t="s">
-        <v>638</v>
+        <v>665</v>
       </c>
       <c r="M77" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="N77" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="O77" t="s">
-        <v>72</v>
+        <v>643</v>
       </c>
       <c r="P77" t="s">
-        <v>195</v>
+        <v>666</v>
       </c>
       <c r="R77" t="s">
-        <v>641</v>
+        <v>661</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>667</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>634</v>
+      </c>
+      <c r="E78" t="s">
+        <v>655</v>
+      </c>
+      <c r="F78" t="s">
+        <v>668</v>
+      </c>
+      <c r="G78" t="s">
+        <v>20</v>
+      </c>
+      <c r="H78" t="s">
+        <v>669</v>
+      </c>
+      <c r="I78">
+        <v>0.0</v>
+      </c>
+      <c r="J78" t="s">
+        <v>482</v>
+      </c>
+      <c r="K78" t="s">
+        <v>639</v>
+      </c>
+      <c r="L78" t="s">
+        <v>484</v>
+      </c>
+      <c r="M78" t="s">
+        <v>641</v>
+      </c>
+      <c r="N78" t="s">
         <v>642</v>
       </c>
-      <c r="C78" t="s">
+      <c r="O78" t="s">
         <v>643</v>
       </c>
-      <c r="D78" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P78" t="s">
-        <v>169</v>
+        <v>670</v>
       </c>
       <c r="R78" t="s">
-        <v>649</v>
+        <v>671</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>650</v>
+        <v>672</v>
       </c>
       <c r="C79" t="s">
+        <v>654</v>
+      </c>
+      <c r="D79" t="s">
+        <v>634</v>
+      </c>
+      <c r="E79" t="s">
+        <v>655</v>
+      </c>
+      <c r="F79" t="s">
+        <v>334</v>
+      </c>
+      <c r="G79" t="s">
+        <v>321</v>
+      </c>
+      <c r="H79" t="s">
+        <v>673</v>
+      </c>
+      <c r="I79" t="s">
+        <v>673</v>
+      </c>
+      <c r="J79" t="s">
+        <v>674</v>
+      </c>
+      <c r="K79" t="s">
+        <v>639</v>
+      </c>
+      <c r="L79" t="s">
+        <v>190</v>
+      </c>
+      <c r="M79" t="s">
+        <v>641</v>
+      </c>
+      <c r="N79" t="s">
+        <v>642</v>
+      </c>
+      <c r="O79" t="s">
         <v>643</v>
       </c>
-      <c r="D79" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P79" t="s">
-        <v>654</v>
+        <v>675</v>
       </c>
       <c r="R79" t="s">
-        <v>649</v>
+        <v>676</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>677</v>
+      </c>
+      <c r="C80" t="s">
+        <v>654</v>
+      </c>
+      <c r="D80" t="s">
+        <v>634</v>
+      </c>
+      <c r="E80" t="s">
         <v>655</v>
       </c>
-      <c r="C80" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F80" t="s">
-        <v>536</v>
+        <v>334</v>
       </c>
       <c r="G80" t="s">
-        <v>537</v>
+        <v>321</v>
       </c>
       <c r="H80" t="s">
-        <v>659</v>
+        <v>678</v>
       </c>
       <c r="I80" t="s">
-        <v>660</v>
+        <v>678</v>
       </c>
       <c r="J80" t="s">
-        <v>661</v>
+        <v>679</v>
       </c>
       <c r="K80" t="s">
-        <v>662</v>
+        <v>639</v>
       </c>
       <c r="L80" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="M80" t="s">
-        <v>664</v>
+        <v>641</v>
       </c>
       <c r="N80" t="s">
-        <v>665</v>
+        <v>642</v>
       </c>
       <c r="O80" t="s">
-        <v>666</v>
+        <v>643</v>
       </c>
       <c r="P80" t="s">
-        <v>667</v>
+        <v>681</v>
       </c>
       <c r="R80" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="C81" t="s">
-        <v>669</v>
+        <v>654</v>
       </c>
       <c r="D81" t="s">
-        <v>657</v>
+        <v>634</v>
       </c>
       <c r="E81" t="s">
-        <v>670</v>
+        <v>655</v>
       </c>
       <c r="F81" t="s">
-        <v>536</v>
+        <v>334</v>
       </c>
       <c r="G81" t="s">
-        <v>537</v>
+        <v>321</v>
       </c>
       <c r="H81" t="s">
-        <v>671</v>
+        <v>683</v>
       </c>
       <c r="I81" t="s">
-        <v>672</v>
+        <v>683</v>
       </c>
       <c r="J81" t="s">
-        <v>673</v>
+        <v>684</v>
       </c>
       <c r="K81" t="s">
-        <v>662</v>
+        <v>639</v>
       </c>
       <c r="L81" t="s">
-        <v>674</v>
+        <v>685</v>
       </c>
       <c r="M81" t="s">
-        <v>664</v>
+        <v>641</v>
       </c>
       <c r="N81" t="s">
-        <v>665</v>
+        <v>642</v>
       </c>
       <c r="O81" t="s">
-        <v>666</v>
+        <v>643</v>
       </c>
       <c r="P81" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="R81" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>687</v>
+      </c>
+      <c r="C82" t="s">
+        <v>654</v>
+      </c>
+      <c r="D82" t="s">
+        <v>634</v>
+      </c>
+      <c r="E82" t="s">
+        <v>655</v>
+      </c>
+      <c r="F82" t="s">
+        <v>334</v>
+      </c>
+      <c r="G82" t="s">
+        <v>321</v>
+      </c>
+      <c r="H82" t="s">
+        <v>688</v>
+      </c>
+      <c r="I82" t="s">
+        <v>688</v>
+      </c>
+      <c r="J82" t="s">
+        <v>689</v>
+      </c>
+      <c r="K82" t="s">
+        <v>639</v>
+      </c>
+      <c r="L82" t="s">
+        <v>690</v>
+      </c>
+      <c r="M82" t="s">
+        <v>641</v>
+      </c>
+      <c r="N82" t="s">
+        <v>642</v>
+      </c>
+      <c r="O82" t="s">
+        <v>643</v>
+      </c>
+      <c r="P82" t="s">
+        <v>691</v>
+      </c>
+      <c r="R82" t="s">
         <v>676</v>
-      </c>
-[...43 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="C83" t="s">
-        <v>677</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>657</v>
+        <v>693</v>
       </c>
       <c r="E83" t="s">
-        <v>678</v>
+        <v>634</v>
       </c>
       <c r="F83" t="s">
-        <v>644</v>
+        <v>668</v>
       </c>
       <c r="G83" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="H83" t="s">
-        <v>686</v>
+        <v>669</v>
       </c>
       <c r="I83" t="s">
-        <v>686</v>
+        <v>639</v>
       </c>
       <c r="J83" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-        <v>662</v>
+        <v>694</v>
       </c>
       <c r="L83" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="M83" t="s">
-        <v>664</v>
+        <v>696</v>
       </c>
       <c r="N83" t="s">
-        <v>665</v>
+        <v>697</v>
       </c>
       <c r="O83" t="s">
-        <v>666</v>
+        <v>695</v>
       </c>
       <c r="P83" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="R83" t="s">
-        <v>684</v>
+        <v>671</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="C84" t="s">
-        <v>62</v>
+        <v>700</v>
       </c>
       <c r="D84" t="s">
-        <v>657</v>
+        <v>701</v>
       </c>
       <c r="E84" t="s">
-        <v>678</v>
+        <v>702</v>
       </c>
       <c r="F84" t="s">
-        <v>691</v>
+        <v>334</v>
       </c>
       <c r="G84" t="s">
-        <v>537</v>
+        <v>185</v>
       </c>
       <c r="H84" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>703</v>
+      </c>
+      <c r="I84" t="s">
+        <v>703</v>
       </c>
       <c r="J84" t="s">
-        <v>507</v>
+        <v>704</v>
       </c>
       <c r="K84" t="s">
-        <v>662</v>
+        <v>705</v>
       </c>
       <c r="L84" t="s">
-        <v>509</v>
+        <v>706</v>
       </c>
       <c r="M84" t="s">
-        <v>664</v>
+        <v>707</v>
       </c>
       <c r="N84" t="s">
-        <v>665</v>
+        <v>708</v>
       </c>
       <c r="O84" t="s">
-        <v>666</v>
+        <v>709</v>
       </c>
       <c r="P84" t="s">
-        <v>693</v>
+        <v>710</v>
       </c>
       <c r="R84" t="s">
-        <v>694</v>
+        <v>711</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>695</v>
+        <v>712</v>
       </c>
       <c r="C85" t="s">
-        <v>677</v>
+        <v>700</v>
       </c>
       <c r="D85" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>678</v>
+        <v>701</v>
       </c>
       <c r="F85" t="s">
-        <v>312</v>
+        <v>456</v>
       </c>
       <c r="G85" t="s">
-        <v>299</v>
+        <v>713</v>
       </c>
       <c r="H85" t="s">
-        <v>696</v>
+        <v>714</v>
       </c>
       <c r="I85" t="s">
-        <v>696</v>
+        <v>714</v>
       </c>
       <c r="J85" t="s">
-        <v>697</v>
+        <v>715</v>
       </c>
       <c r="K85" t="s">
-        <v>662</v>
+        <v>716</v>
       </c>
       <c r="L85" t="s">
-        <v>165</v>
+        <v>717</v>
       </c>
       <c r="M85" t="s">
-        <v>664</v>
+        <v>718</v>
       </c>
       <c r="N85" t="s">
-        <v>665</v>
+        <v>719</v>
       </c>
       <c r="O85" t="s">
-        <v>666</v>
+        <v>720</v>
       </c>
       <c r="P85" t="s">
-        <v>698</v>
+        <v>721</v>
       </c>
       <c r="R85" t="s">
-        <v>699</v>
+        <v>722</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>723</v>
+      </c>
+      <c r="C86" t="s">
         <v>700</v>
       </c>
-      <c r="C86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>678</v>
+        <v>701</v>
       </c>
       <c r="F86" t="s">
-        <v>312</v>
+        <v>724</v>
       </c>
       <c r="G86" t="s">
-        <v>299</v>
+        <v>725</v>
       </c>
       <c r="H86" t="s">
-        <v>701</v>
+        <v>726</v>
       </c>
       <c r="I86" t="s">
-        <v>701</v>
+        <v>726</v>
       </c>
       <c r="J86" t="s">
-        <v>702</v>
+        <v>501</v>
       </c>
       <c r="K86" t="s">
-        <v>662</v>
+        <v>502</v>
       </c>
       <c r="L86" t="s">
-        <v>703</v>
+        <v>503</v>
       </c>
       <c r="M86" t="s">
-        <v>664</v>
+        <v>727</v>
       </c>
       <c r="N86" t="s">
-        <v>665</v>
+        <v>728</v>
       </c>
       <c r="O86" t="s">
-        <v>666</v>
+        <v>729</v>
       </c>
       <c r="P86" t="s">
-        <v>704</v>
+        <v>504</v>
       </c>
       <c r="R86" t="s">
-        <v>699</v>
+        <v>722</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>705</v>
+        <v>730</v>
       </c>
       <c r="C87" t="s">
-        <v>677</v>
+        <v>700</v>
       </c>
       <c r="D87" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>678</v>
+        <v>701</v>
       </c>
       <c r="F87" t="s">
-        <v>312</v>
+        <v>731</v>
       </c>
       <c r="G87" t="s">
-        <v>299</v>
+        <v>732</v>
       </c>
       <c r="H87" t="s">
-        <v>706</v>
+        <v>733</v>
       </c>
       <c r="I87" t="s">
-        <v>706</v>
+        <v>733</v>
       </c>
       <c r="J87" t="s">
-        <v>707</v>
+        <v>734</v>
       </c>
       <c r="K87" t="s">
-        <v>662</v>
+        <v>735</v>
       </c>
       <c r="L87" t="s">
-        <v>708</v>
+        <v>736</v>
       </c>
       <c r="M87" t="s">
-        <v>664</v>
+        <v>718</v>
       </c>
       <c r="N87" t="s">
-        <v>665</v>
+        <v>719</v>
       </c>
       <c r="O87" t="s">
-        <v>666</v>
+        <v>720</v>
       </c>
       <c r="P87" t="s">
-        <v>709</v>
+        <v>737</v>
       </c>
       <c r="R87" t="s">
-        <v>699</v>
+        <v>738</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>710</v>
+        <v>739</v>
       </c>
       <c r="C88" t="s">
-        <v>677</v>
+        <v>700</v>
       </c>
       <c r="D88" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>678</v>
+        <v>701</v>
       </c>
       <c r="F88" t="s">
-        <v>312</v>
+        <v>740</v>
       </c>
       <c r="G88" t="s">
-        <v>299</v>
+        <v>741</v>
       </c>
       <c r="H88" t="s">
-        <v>711</v>
+        <v>742</v>
       </c>
       <c r="I88" t="s">
-        <v>711</v>
+        <v>743</v>
       </c>
       <c r="J88" t="s">
-        <v>712</v>
+        <v>744</v>
       </c>
       <c r="K88" t="s">
-        <v>662</v>
+        <v>515</v>
       </c>
       <c r="L88" t="s">
-        <v>713</v>
+        <v>516</v>
       </c>
       <c r="M88" t="s">
-        <v>664</v>
+        <v>707</v>
       </c>
       <c r="N88" t="s">
-        <v>665</v>
+        <v>745</v>
       </c>
       <c r="O88" t="s">
-        <v>666</v>
+        <v>709</v>
       </c>
       <c r="P88" t="s">
-        <v>714</v>
+        <v>746</v>
       </c>
       <c r="R88" t="s">
-        <v>699</v>
+        <v>747</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>715</v>
+        <v>748</v>
       </c>
       <c r="C89" t="s">
-        <v>62</v>
+        <v>700</v>
       </c>
       <c r="D89" t="s">
-        <v>716</v>
+        <v>701</v>
       </c>
       <c r="E89" t="s">
-        <v>657</v>
+        <v>749</v>
       </c>
       <c r="F89" t="s">
-        <v>691</v>
+        <v>750</v>
       </c>
       <c r="G89" t="s">
-        <v>537</v>
+        <v>20</v>
       </c>
       <c r="H89" t="s">
-        <v>692</v>
+        <v>751</v>
       </c>
       <c r="I89" t="s">
-        <v>662</v>
+        <v>752</v>
       </c>
       <c r="J89" t="s">
-        <v>717</v>
+        <v>753</v>
+      </c>
+      <c r="K89" t="s">
+        <v>754</v>
       </c>
       <c r="L89" t="s">
-        <v>718</v>
+        <v>755</v>
       </c>
       <c r="M89" t="s">
-        <v>719</v>
+        <v>756</v>
       </c>
       <c r="N89" t="s">
-        <v>720</v>
+        <v>757</v>
       </c>
       <c r="O89" t="s">
-        <v>718</v>
+        <v>758</v>
       </c>
       <c r="P89" t="s">
-        <v>721</v>
+        <v>759</v>
       </c>
       <c r="R89" t="s">
-        <v>694</v>
+        <v>760</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>722</v>
+        <v>761</v>
       </c>
       <c r="C90" t="s">
-        <v>723</v>
+        <v>700</v>
       </c>
       <c r="D90" t="s">
-        <v>724</v>
+        <v>701</v>
       </c>
       <c r="E90" t="s">
-        <v>725</v>
+        <v>762</v>
       </c>
       <c r="F90" t="s">
-        <v>312</v>
+        <v>763</v>
       </c>
       <c r="G90" t="s">
-        <v>160</v>
+        <v>335</v>
       </c>
       <c r="H90" t="s">
-        <v>726</v>
+        <v>764</v>
       </c>
       <c r="I90" t="s">
-        <v>726</v>
+        <v>764</v>
       </c>
       <c r="J90" t="s">
-        <v>727</v>
+        <v>765</v>
       </c>
       <c r="K90" t="s">
-        <v>728</v>
+        <v>766</v>
       </c>
       <c r="L90" t="s">
-        <v>729</v>
+        <v>767</v>
       </c>
       <c r="M90" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>718</v>
+      </c>
+      <c r="N90">
+        <v>519307933</v>
       </c>
       <c r="O90" t="s">
-        <v>732</v>
+        <v>720</v>
       </c>
       <c r="P90" t="s">
-        <v>733</v>
+        <v>768</v>
       </c>
       <c r="R90" t="s">
-        <v>734</v>
+        <v>747</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>735</v>
+        <v>769</v>
       </c>
       <c r="C91" t="s">
-        <v>723</v>
+        <v>700</v>
       </c>
       <c r="D91" t="s">
-        <v>724</v>
+        <v>701</v>
       </c>
       <c r="F91" t="s">
-        <v>481</v>
+        <v>763</v>
       </c>
       <c r="G91" t="s">
-        <v>736</v>
+        <v>20</v>
       </c>
       <c r="H91" t="s">
-        <v>737</v>
+        <v>770</v>
       </c>
       <c r="I91" t="s">
-        <v>737</v>
+        <v>770</v>
       </c>
       <c r="J91" t="s">
-        <v>738</v>
+        <v>501</v>
       </c>
       <c r="K91" t="s">
-        <v>739</v>
+        <v>502</v>
       </c>
       <c r="L91" t="s">
-        <v>740</v>
+        <v>503</v>
       </c>
       <c r="M91" t="s">
-        <v>741</v>
+        <v>727</v>
       </c>
       <c r="N91" t="s">
-        <v>742</v>
+        <v>728</v>
       </c>
       <c r="O91" t="s">
-        <v>743</v>
+        <v>729</v>
       </c>
       <c r="P91" t="s">
-        <v>744</v>
+        <v>504</v>
       </c>
       <c r="R91" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
       <c r="C92" t="s">
-        <v>723</v>
+        <v>620</v>
       </c>
       <c r="D92" t="s">
-        <v>724</v>
+        <v>772</v>
+      </c>
+      <c r="E92" t="s">
+        <v>773</v>
       </c>
       <c r="F92" t="s">
-        <v>747</v>
+        <v>774</v>
       </c>
       <c r="G92" t="s">
-        <v>748</v>
+        <v>775</v>
       </c>
       <c r="H92" t="s">
-        <v>749</v>
+        <v>776</v>
       </c>
       <c r="I92" t="s">
-        <v>749</v>
+        <v>776</v>
       </c>
       <c r="J92" t="s">
-        <v>526</v>
+        <v>777</v>
       </c>
       <c r="K92" t="s">
-        <v>527</v>
+        <v>778</v>
       </c>
       <c r="L92" t="s">
-        <v>528</v>
+        <v>779</v>
       </c>
       <c r="M92" t="s">
-        <v>750</v>
+        <v>64</v>
       </c>
       <c r="N92" t="s">
-        <v>751</v>
+        <v>233</v>
       </c>
       <c r="O92" t="s">
-        <v>752</v>
+        <v>65</v>
       </c>
       <c r="P92" t="s">
-        <v>529</v>
+        <v>780</v>
       </c>
       <c r="R92" t="s">
-        <v>745</v>
+        <v>781</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>753</v>
+        <v>782</v>
       </c>
       <c r="C93" t="s">
-        <v>723</v>
+        <v>31</v>
       </c>
       <c r="D93" t="s">
-        <v>724</v>
+        <v>32</v>
+      </c>
+      <c r="E93" t="s">
+        <v>32</v>
       </c>
       <c r="F93" t="s">
-        <v>754</v>
+        <v>783</v>
       </c>
       <c r="G93" t="s">
-        <v>755</v>
+        <v>784</v>
       </c>
       <c r="H93" t="s">
-        <v>756</v>
+        <v>785</v>
       </c>
       <c r="I93" t="s">
-        <v>756</v>
+        <v>785</v>
       </c>
       <c r="J93" t="s">
-        <v>757</v>
+        <v>786</v>
       </c>
       <c r="K93" t="s">
-        <v>758</v>
+        <v>787</v>
       </c>
       <c r="L93" t="s">
-        <v>759</v>
+        <v>788</v>
       </c>
       <c r="M93" t="s">
-        <v>741</v>
+        <v>64</v>
       </c>
       <c r="N93" t="s">
-        <v>742</v>
+        <v>233</v>
       </c>
       <c r="O93" t="s">
-        <v>743</v>
+        <v>65</v>
       </c>
       <c r="P93" t="s">
-        <v>760</v>
+        <v>789</v>
       </c>
       <c r="R93" t="s">
-        <v>761</v>
+        <v>416</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>762</v>
+        <v>790</v>
       </c>
       <c r="C94" t="s">
-        <v>723</v>
+        <v>31</v>
       </c>
       <c r="D94" t="s">
-        <v>724</v>
+        <v>32</v>
+      </c>
+      <c r="E94" t="s">
+        <v>32</v>
       </c>
       <c r="F94" t="s">
-        <v>763</v>
+        <v>791</v>
       </c>
       <c r="G94" t="s">
-        <v>764</v>
+        <v>792</v>
       </c>
       <c r="H94" t="s">
-        <v>765</v>
+        <v>793</v>
       </c>
       <c r="I94" t="s">
-        <v>766</v>
+        <v>793</v>
       </c>
       <c r="J94" t="s">
-        <v>767</v>
+        <v>794</v>
       </c>
       <c r="K94" t="s">
-        <v>541</v>
+        <v>795</v>
       </c>
       <c r="L94" t="s">
-        <v>542</v>
+        <v>796</v>
       </c>
       <c r="M94" t="s">
-        <v>730</v>
+        <v>39</v>
       </c>
       <c r="N94" t="s">
-        <v>768</v>
+        <v>243</v>
       </c>
       <c r="O94" t="s">
-        <v>732</v>
+        <v>41</v>
       </c>
       <c r="P94" t="s">
-        <v>769</v>
+        <v>797</v>
       </c>
       <c r="R94" t="s">
-        <v>770</v>
+        <v>798</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>771</v>
+        <v>799</v>
       </c>
       <c r="C95" t="s">
-        <v>723</v>
+        <v>31</v>
       </c>
       <c r="D95" t="s">
-        <v>724</v>
+        <v>32</v>
       </c>
       <c r="E95" t="s">
-        <v>772</v>
+        <v>32</v>
       </c>
       <c r="F95" t="s">
-        <v>773</v>
+        <v>800</v>
       </c>
       <c r="G95" t="s">
-        <v>537</v>
+        <v>801</v>
       </c>
       <c r="H95" t="s">
-        <v>774</v>
+        <v>802</v>
       </c>
       <c r="I95" t="s">
-        <v>775</v>
+        <v>802</v>
       </c>
       <c r="J95" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="K95" t="s">
-        <v>777</v>
+        <v>804</v>
       </c>
       <c r="L95" t="s">
-        <v>778</v>
+        <v>805</v>
       </c>
       <c r="M95" t="s">
-        <v>779</v>
+        <v>57</v>
       </c>
       <c r="N95" t="s">
-        <v>780</v>
+        <v>233</v>
       </c>
       <c r="O95" t="s">
-        <v>781</v>
+        <v>59</v>
       </c>
       <c r="P95" t="s">
-        <v>782</v>
+        <v>329</v>
       </c>
       <c r="R95" t="s">
-        <v>783</v>
+        <v>806</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>784</v>
+        <v>807</v>
       </c>
       <c r="C96" t="s">
-        <v>723</v>
+        <v>31</v>
       </c>
       <c r="D96" t="s">
-        <v>724</v>
+        <v>32</v>
       </c>
       <c r="E96" t="s">
-        <v>785</v>
+        <v>32</v>
       </c>
       <c r="F96" t="s">
-        <v>786</v>
+        <v>808</v>
       </c>
       <c r="G96" t="s">
-        <v>313</v>
+        <v>809</v>
       </c>
       <c r="H96" t="s">
-        <v>787</v>
+        <v>810</v>
       </c>
       <c r="I96" t="s">
-        <v>787</v>
+        <v>810</v>
       </c>
       <c r="J96" t="s">
-        <v>788</v>
+        <v>811</v>
       </c>
       <c r="K96" t="s">
-        <v>789</v>
+        <v>812</v>
       </c>
       <c r="L96" t="s">
-        <v>790</v>
+        <v>813</v>
       </c>
       <c r="M96" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>519307933</v>
+        <v>39</v>
+      </c>
+      <c r="N96" t="s">
+        <v>243</v>
       </c>
       <c r="O96" t="s">
-        <v>743</v>
+        <v>41</v>
       </c>
       <c r="P96" t="s">
-        <v>791</v>
+        <v>42</v>
       </c>
       <c r="R96" t="s">
-        <v>770</v>
+        <v>806</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>792</v>
+        <v>814</v>
       </c>
       <c r="C97" t="s">
-        <v>723</v>
+        <v>31</v>
       </c>
       <c r="D97" t="s">
-        <v>724</v>
+        <v>32</v>
+      </c>
+      <c r="E97" t="s">
+        <v>32</v>
       </c>
       <c r="F97" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="G97" t="s">
-        <v>537</v>
+        <v>815</v>
       </c>
       <c r="H97" t="s">
-        <v>793</v>
+        <v>816</v>
       </c>
       <c r="I97" t="s">
-        <v>793</v>
+        <v>816</v>
       </c>
       <c r="J97" t="s">
-        <v>526</v>
+        <v>817</v>
       </c>
       <c r="K97" t="s">
-        <v>527</v>
+        <v>629</v>
       </c>
       <c r="L97" t="s">
-        <v>528</v>
+        <v>818</v>
       </c>
       <c r="M97" t="s">
-        <v>750</v>
+        <v>57</v>
       </c>
       <c r="N97" t="s">
-        <v>751</v>
+        <v>233</v>
       </c>
       <c r="O97" t="s">
-        <v>752</v>
+        <v>59</v>
       </c>
       <c r="P97" t="s">
-        <v>529</v>
+        <v>631</v>
       </c>
       <c r="R97" t="s">
-        <v>770</v>
+        <v>819</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>794</v>
+        <v>820</v>
       </c>
       <c r="C98" t="s">
-        <v>643</v>
+        <v>31</v>
       </c>
       <c r="D98" t="s">
-        <v>795</v>
+        <v>32</v>
       </c>
       <c r="E98" t="s">
-        <v>796</v>
+        <v>32</v>
       </c>
       <c r="F98" t="s">
-        <v>797</v>
+        <v>821</v>
       </c>
       <c r="G98" t="s">
-        <v>798</v>
+        <v>822</v>
       </c>
       <c r="H98" t="s">
-        <v>799</v>
+        <v>823</v>
       </c>
       <c r="I98" t="s">
-        <v>799</v>
+        <v>823</v>
       </c>
       <c r="J98" t="s">
-        <v>800</v>
+        <v>824</v>
       </c>
       <c r="K98" t="s">
-        <v>801</v>
+        <v>259</v>
       </c>
       <c r="L98" t="s">
-        <v>802</v>
+        <v>825</v>
       </c>
       <c r="M98" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="N98" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O98" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="P98" t="s">
-        <v>803</v>
+        <v>826</v>
       </c>
       <c r="R98" t="s">
-        <v>804</v>
+        <v>567</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>805</v>
+        <v>827</v>
       </c>
       <c r="C99" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D99" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E99" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F99" t="s">
-        <v>806</v>
+        <v>828</v>
       </c>
       <c r="G99" t="s">
-        <v>807</v>
+        <v>829</v>
       </c>
       <c r="H99" t="s">
-        <v>808</v>
+        <v>830</v>
       </c>
       <c r="I99" t="s">
-        <v>808</v>
+        <v>831</v>
       </c>
       <c r="J99" t="s">
-        <v>809</v>
+        <v>794</v>
       </c>
       <c r="K99" t="s">
-        <v>810</v>
+        <v>795</v>
       </c>
       <c r="L99" t="s">
-        <v>811</v>
+        <v>796</v>
       </c>
       <c r="M99" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N99" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O99" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P99" t="s">
-        <v>812</v>
+        <v>797</v>
       </c>
       <c r="R99" t="s">
-        <v>394</v>
+        <v>819</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
       <c r="C100" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D100" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E100" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F100" t="s">
-        <v>814</v>
+        <v>833</v>
       </c>
       <c r="G100" t="s">
-        <v>815</v>
+        <v>834</v>
       </c>
       <c r="H100" t="s">
-        <v>816</v>
+        <v>835</v>
       </c>
       <c r="I100" t="s">
-        <v>816</v>
+        <v>835</v>
       </c>
       <c r="J100" t="s">
-        <v>817</v>
+        <v>836</v>
       </c>
       <c r="K100" t="s">
-        <v>818</v>
+        <v>259</v>
       </c>
       <c r="L100" t="s">
-        <v>819</v>
+        <v>837</v>
       </c>
       <c r="M100" t="s">
-        <v>192</v>
+        <v>64</v>
       </c>
       <c r="N100" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O100" t="s">
-        <v>194</v>
+        <v>65</v>
       </c>
       <c r="P100" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="R100" t="s">
-        <v>821</v>
+        <v>838</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>822</v>
+        <v>839</v>
       </c>
       <c r="C101" t="s">
-        <v>18</v>
+        <v>840</v>
       </c>
       <c r="D101" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E101" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F101" t="s">
-        <v>823</v>
+        <v>841</v>
       </c>
       <c r="G101" t="s">
-        <v>824</v>
+        <v>842</v>
       </c>
       <c r="H101" t="s">
-        <v>825</v>
+        <v>843</v>
       </c>
       <c r="I101" t="s">
-        <v>825</v>
+        <v>843</v>
       </c>
       <c r="J101" t="s">
-        <v>826</v>
+        <v>844</v>
       </c>
       <c r="K101" t="s">
-        <v>827</v>
+        <v>787</v>
       </c>
       <c r="L101" t="s">
-        <v>828</v>
+        <v>845</v>
       </c>
       <c r="M101" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="N101" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O101" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="P101" t="s">
-        <v>307</v>
+        <v>789</v>
       </c>
       <c r="R101" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>830</v>
+        <v>846</v>
       </c>
       <c r="C102" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D102" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E102" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F102" t="s">
-        <v>831</v>
+        <v>847</v>
       </c>
       <c r="G102" t="s">
-        <v>832</v>
+        <v>142</v>
       </c>
       <c r="H102" t="s">
-        <v>833</v>
+        <v>848</v>
       </c>
       <c r="I102" t="s">
-        <v>833</v>
+        <v>848</v>
       </c>
       <c r="J102" t="s">
-        <v>834</v>
+        <v>849</v>
       </c>
       <c r="K102" t="s">
-        <v>835</v>
+        <v>259</v>
       </c>
       <c r="L102" t="s">
-        <v>836</v>
+        <v>288</v>
       </c>
       <c r="M102" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="N102" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="O102" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="P102" t="s">
-        <v>837</v>
+        <v>826</v>
       </c>
       <c r="R102" t="s">
-        <v>829</v>
+        <v>850</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>838</v>
+        <v>851</v>
       </c>
       <c r="C103" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D103" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E103" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F103" t="s">
-        <v>806</v>
+        <v>355</v>
       </c>
       <c r="G103" t="s">
-        <v>839</v>
+        <v>142</v>
       </c>
       <c r="H103" t="s">
-        <v>840</v>
+        <v>852</v>
       </c>
       <c r="I103" t="s">
-        <v>840</v>
+        <v>852</v>
       </c>
       <c r="J103" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="K103" t="s">
-        <v>652</v>
+        <v>854</v>
       </c>
       <c r="L103" t="s">
-        <v>842</v>
+        <v>855</v>
       </c>
       <c r="M103" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="N103" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O103" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P103" t="s">
-        <v>654</v>
+        <v>856</v>
       </c>
       <c r="R103" t="s">
-        <v>843</v>
+        <v>857</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>844</v>
+        <v>858</v>
       </c>
       <c r="C104" t="s">
-        <v>18</v>
+        <v>620</v>
       </c>
       <c r="D104" t="s">
-        <v>19</v>
+        <v>772</v>
       </c>
       <c r="E104" t="s">
-        <v>19</v>
+        <v>772</v>
       </c>
       <c r="F104" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="G104" t="s">
-        <v>846</v>
+        <v>860</v>
       </c>
       <c r="H104" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="I104" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="J104" t="s">
-        <v>848</v>
+        <v>862</v>
       </c>
       <c r="K104" t="s">
-        <v>237</v>
+        <v>812</v>
       </c>
       <c r="L104" t="s">
-        <v>849</v>
+        <v>863</v>
       </c>
       <c r="M104" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N104" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O104" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P104" t="s">
-        <v>439</v>
+        <v>42</v>
       </c>
       <c r="R104" t="s">
-        <v>591</v>
+        <v>781</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>850</v>
+        <v>864</v>
       </c>
       <c r="C105" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D105" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E105" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F105" t="s">
-        <v>851</v>
+        <v>865</v>
       </c>
       <c r="G105" t="s">
-        <v>852</v>
+        <v>866</v>
       </c>
       <c r="H105" t="s">
-        <v>853</v>
+        <v>867</v>
       </c>
       <c r="I105" t="s">
-        <v>854</v>
+        <v>867</v>
       </c>
       <c r="J105" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="K105" t="s">
-        <v>818</v>
+        <v>869</v>
       </c>
       <c r="L105" t="s">
-        <v>819</v>
+        <v>870</v>
       </c>
       <c r="M105" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="N105" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O105" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="P105" t="s">
-        <v>820</v>
+        <v>871</v>
       </c>
       <c r="R105" t="s">
-        <v>843</v>
+        <v>416</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>855</v>
+        <v>872</v>
       </c>
       <c r="C106" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D106" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E106" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F106" t="s">
-        <v>856</v>
+        <v>873</v>
       </c>
       <c r="G106" t="s">
-        <v>857</v>
+        <v>874</v>
       </c>
       <c r="H106" t="s">
-        <v>858</v>
+        <v>875</v>
       </c>
       <c r="I106" t="s">
-        <v>858</v>
+        <v>876</v>
       </c>
       <c r="J106" t="s">
-        <v>859</v>
+        <v>877</v>
       </c>
       <c r="K106" t="s">
-        <v>237</v>
+        <v>259</v>
       </c>
       <c r="L106" t="s">
-        <v>860</v>
+        <v>878</v>
       </c>
       <c r="M106" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="N106" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O106" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="P106" t="s">
-        <v>439</v>
+        <v>826</v>
       </c>
       <c r="R106" t="s">
-        <v>861</v>
+        <v>416</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>862</v>
+        <v>879</v>
       </c>
       <c r="C107" t="s">
-        <v>863</v>
+        <v>31</v>
       </c>
       <c r="D107" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E107" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F107" t="s">
-        <v>864</v>
+        <v>880</v>
       </c>
       <c r="G107" t="s">
-        <v>865</v>
+        <v>881</v>
       </c>
       <c r="H107" t="s">
-        <v>866</v>
+        <v>882</v>
       </c>
       <c r="I107" t="s">
-        <v>866</v>
+        <v>882</v>
       </c>
       <c r="J107" t="s">
-        <v>867</v>
+        <v>883</v>
       </c>
       <c r="K107" t="s">
-        <v>810</v>
+        <v>629</v>
       </c>
       <c r="L107" t="s">
-        <v>868</v>
+        <v>884</v>
       </c>
       <c r="M107" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="N107" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O107" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="P107" t="s">
-        <v>812</v>
+        <v>885</v>
       </c>
       <c r="R107" t="s">
-        <v>861</v>
+        <v>886</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>869</v>
+        <v>887</v>
       </c>
       <c r="C108" t="s">
-        <v>18</v>
+        <v>840</v>
       </c>
       <c r="D108" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E108" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F108" t="s">
-        <v>870</v>
+        <v>888</v>
       </c>
       <c r="G108" t="s">
-        <v>117</v>
+        <v>889</v>
       </c>
       <c r="H108" t="s">
-        <v>871</v>
+        <v>890</v>
       </c>
       <c r="I108" t="s">
-        <v>871</v>
+        <v>891</v>
       </c>
       <c r="J108" t="s">
-        <v>872</v>
+        <v>892</v>
       </c>
       <c r="K108" t="s">
-        <v>237</v>
+        <v>259</v>
       </c>
       <c r="L108" t="s">
-        <v>266</v>
+        <v>893</v>
       </c>
       <c r="M108" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="N108" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="O108" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="P108" t="s">
-        <v>439</v>
+        <v>826</v>
       </c>
       <c r="R108" t="s">
-        <v>873</v>
+        <v>567</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>874</v>
+        <v>894</v>
       </c>
       <c r="C109" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D109" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E109" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F109" t="s">
-        <v>333</v>
+        <v>895</v>
       </c>
       <c r="G109" t="s">
-        <v>117</v>
+        <v>896</v>
       </c>
       <c r="H109" t="s">
-        <v>875</v>
+        <v>897</v>
       </c>
       <c r="I109" t="s">
-        <v>875</v>
+        <v>897</v>
       </c>
       <c r="J109" t="s">
-        <v>876</v>
+        <v>898</v>
       </c>
       <c r="K109" t="s">
-        <v>877</v>
+        <v>899</v>
       </c>
       <c r="L109" t="s">
-        <v>878</v>
+        <v>430</v>
       </c>
       <c r="M109" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="N109" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O109" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="P109" t="s">
-        <v>879</v>
+        <v>431</v>
       </c>
       <c r="R109" t="s">
-        <v>880</v>
+        <v>416</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>881</v>
+        <v>900</v>
       </c>
       <c r="C110" t="s">
-        <v>643</v>
+        <v>31</v>
       </c>
       <c r="D110" t="s">
-        <v>795</v>
+        <v>32</v>
       </c>
       <c r="E110" t="s">
-        <v>795</v>
+        <v>32</v>
       </c>
       <c r="F110" t="s">
-        <v>882</v>
+        <v>901</v>
       </c>
       <c r="G110" t="s">
-        <v>883</v>
+        <v>902</v>
       </c>
       <c r="H110" t="s">
-        <v>884</v>
+        <v>903</v>
       </c>
       <c r="I110" t="s">
-        <v>884</v>
+        <v>903</v>
       </c>
       <c r="J110" t="s">
-        <v>885</v>
+        <v>904</v>
       </c>
       <c r="K110" t="s">
-        <v>835</v>
+        <v>854</v>
       </c>
       <c r="L110" t="s">
-        <v>886</v>
+        <v>905</v>
       </c>
       <c r="M110" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="N110" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="O110" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="P110" t="s">
-        <v>837</v>
+        <v>856</v>
       </c>
       <c r="R110" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>887</v>
+        <v>906</v>
       </c>
       <c r="C111" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D111" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E111" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F111" t="s">
-        <v>888</v>
+        <v>907</v>
       </c>
       <c r="G111" t="s">
-        <v>889</v>
+        <v>908</v>
       </c>
       <c r="H111" t="s">
-        <v>890</v>
+        <v>909</v>
       </c>
       <c r="I111" t="s">
-        <v>890</v>
+        <v>909</v>
       </c>
       <c r="J111" t="s">
-        <v>891</v>
+        <v>910</v>
       </c>
       <c r="K111" t="s">
-        <v>892</v>
+        <v>911</v>
       </c>
       <c r="L111" t="s">
-        <v>893</v>
+        <v>912</v>
       </c>
       <c r="M111" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N111" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O111" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P111" t="s">
-        <v>894</v>
+        <v>913</v>
       </c>
       <c r="R111" t="s">
-        <v>394</v>
+        <v>416</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>895</v>
+        <v>914</v>
       </c>
       <c r="C112" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D112" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E112" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F112" t="s">
-        <v>896</v>
+        <v>915</v>
       </c>
       <c r="G112" t="s">
-        <v>897</v>
+        <v>916</v>
       </c>
       <c r="H112" t="s">
-        <v>898</v>
+        <v>917</v>
       </c>
       <c r="I112" t="s">
-        <v>899</v>
+        <v>917</v>
       </c>
       <c r="J112" t="s">
-        <v>900</v>
+        <v>918</v>
       </c>
       <c r="K112" t="s">
-        <v>237</v>
+        <v>629</v>
       </c>
       <c r="L112" t="s">
-        <v>901</v>
+        <v>919</v>
       </c>
       <c r="M112" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="N112" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O112" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="P112" t="s">
-        <v>439</v>
+        <v>631</v>
       </c>
       <c r="R112" t="s">
-        <v>394</v>
+        <v>920</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>902</v>
+        <v>921</v>
       </c>
       <c r="C113" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D113" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E113" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F113" t="s">
-        <v>903</v>
+        <v>922</v>
       </c>
       <c r="G113" t="s">
-        <v>904</v>
+        <v>923</v>
       </c>
       <c r="H113" t="s">
-        <v>905</v>
+        <v>924</v>
       </c>
       <c r="I113" t="s">
-        <v>905</v>
+        <v>925</v>
       </c>
       <c r="J113" t="s">
-        <v>906</v>
+        <v>167</v>
       </c>
       <c r="K113" t="s">
-        <v>652</v>
+        <v>159</v>
       </c>
       <c r="L113" t="s">
-        <v>907</v>
+        <v>168</v>
       </c>
       <c r="M113" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N113" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O113" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P113" t="s">
-        <v>908</v>
+        <v>566</v>
       </c>
       <c r="R113" t="s">
-        <v>909</v>
+        <v>838</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>910</v>
+        <v>926</v>
       </c>
       <c r="C114" t="s">
-        <v>863</v>
+        <v>31</v>
       </c>
       <c r="D114" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E114" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F114" t="s">
-        <v>911</v>
+        <v>927</v>
       </c>
       <c r="G114" t="s">
-        <v>912</v>
+        <v>928</v>
       </c>
       <c r="H114" t="s">
-        <v>913</v>
+        <v>929</v>
       </c>
       <c r="I114" t="s">
-        <v>914</v>
+        <v>929</v>
       </c>
       <c r="J114" t="s">
-        <v>915</v>
+        <v>930</v>
       </c>
       <c r="K114" t="s">
-        <v>237</v>
+        <v>931</v>
       </c>
       <c r="L114" t="s">
-        <v>916</v>
+        <v>932</v>
       </c>
       <c r="M114" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="N114" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="O114" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="P114" t="s">
-        <v>439</v>
+        <v>933</v>
       </c>
       <c r="R114" t="s">
-        <v>591</v>
+        <v>934</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>917</v>
+        <v>935</v>
       </c>
       <c r="C115" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D115" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E115" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F115" t="s">
-        <v>918</v>
+        <v>936</v>
       </c>
       <c r="G115" t="s">
-        <v>919</v>
+        <v>937</v>
       </c>
       <c r="H115" t="s">
-        <v>920</v>
+        <v>938</v>
       </c>
       <c r="I115" t="s">
-        <v>920</v>
+        <v>938</v>
       </c>
       <c r="J115" t="s">
-        <v>921</v>
+        <v>939</v>
       </c>
       <c r="K115" t="s">
-        <v>922</v>
+        <v>159</v>
       </c>
       <c r="L115" t="s">
-        <v>455</v>
+        <v>940</v>
       </c>
       <c r="M115" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N115" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O115" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P115" t="s">
-        <v>456</v>
+        <v>566</v>
       </c>
       <c r="R115" t="s">
-        <v>394</v>
+        <v>941</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>923</v>
+        <v>942</v>
       </c>
       <c r="C116" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D116" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E116" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F116" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="G116" t="s">
-        <v>925</v>
+        <v>944</v>
       </c>
       <c r="H116" t="s">
-        <v>926</v>
+        <v>945</v>
       </c>
       <c r="I116" t="s">
-        <v>926</v>
+        <v>945</v>
       </c>
       <c r="J116" t="s">
-        <v>927</v>
+        <v>946</v>
       </c>
       <c r="K116" t="s">
-        <v>877</v>
+        <v>629</v>
       </c>
       <c r="L116" t="s">
-        <v>928</v>
+        <v>947</v>
       </c>
       <c r="M116" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="N116" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O116" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="P116" t="s">
-        <v>879</v>
+        <v>631</v>
       </c>
       <c r="R116" t="s">
-        <v>843</v>
+        <v>941</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>929</v>
+        <v>948</v>
       </c>
       <c r="C117" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D117" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E117" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F117" t="s">
-        <v>930</v>
+        <v>949</v>
       </c>
       <c r="G117" t="s">
-        <v>931</v>
+        <v>950</v>
       </c>
       <c r="H117" t="s">
-        <v>932</v>
+        <v>951</v>
       </c>
       <c r="I117" t="s">
-        <v>932</v>
+        <v>951</v>
       </c>
       <c r="J117" t="s">
-        <v>933</v>
+        <v>952</v>
       </c>
       <c r="K117" t="s">
-        <v>934</v>
+        <v>953</v>
       </c>
       <c r="L117" t="s">
-        <v>935</v>
+        <v>954</v>
       </c>
       <c r="M117" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N117" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O117" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P117" t="s">
-        <v>936</v>
+        <v>955</v>
       </c>
       <c r="R117" t="s">
-        <v>394</v>
+        <v>941</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>937</v>
+        <v>956</v>
       </c>
       <c r="C118" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D118" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E118" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F118" t="s">
-        <v>938</v>
+        <v>957</v>
       </c>
       <c r="G118" t="s">
-        <v>939</v>
+        <v>958</v>
       </c>
       <c r="H118" t="s">
-        <v>940</v>
+        <v>959</v>
       </c>
       <c r="I118" t="s">
-        <v>940</v>
+        <v>959</v>
       </c>
       <c r="J118" t="s">
+        <v>960</v>
+      </c>
+      <c r="K118" t="s">
+        <v>961</v>
+      </c>
+      <c r="L118" t="s">
+        <v>962</v>
+      </c>
+      <c r="M118" t="s">
+        <v>39</v>
+      </c>
+      <c r="N118" t="s">
+        <v>243</v>
+      </c>
+      <c r="O118" t="s">
+        <v>41</v>
+      </c>
+      <c r="P118" t="s">
+        <v>963</v>
+      </c>
+      <c r="R118" t="s">
         <v>941</v>
-      </c>
-[...19 lines deleted...]
-        <v>943</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>944</v>
+        <v>964</v>
       </c>
       <c r="C119" t="s">
-        <v>18</v>
+        <v>620</v>
       </c>
       <c r="D119" t="s">
-        <v>19</v>
+        <v>772</v>
       </c>
       <c r="E119" t="s">
-        <v>19</v>
+        <v>772</v>
       </c>
       <c r="F119" t="s">
-        <v>945</v>
+        <v>965</v>
       </c>
       <c r="G119" t="s">
-        <v>946</v>
+        <v>966</v>
       </c>
       <c r="H119" t="s">
-        <v>947</v>
+        <v>967</v>
       </c>
       <c r="I119" t="s">
-        <v>948</v>
+        <v>967</v>
       </c>
       <c r="J119" t="s">
-        <v>142</v>
+        <v>968</v>
       </c>
       <c r="K119" t="s">
-        <v>134</v>
+        <v>438</v>
       </c>
       <c r="L119" t="s">
-        <v>143</v>
+        <v>969</v>
       </c>
       <c r="M119" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N119" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O119" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P119" t="s">
-        <v>590</v>
+        <v>440</v>
       </c>
       <c r="R119" t="s">
-        <v>861</v>
+        <v>781</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>949</v>
+        <v>970</v>
       </c>
       <c r="C120" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D120" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E120" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F120" t="s">
-        <v>950</v>
+        <v>971</v>
       </c>
       <c r="G120" t="s">
-        <v>951</v>
+        <v>972</v>
       </c>
       <c r="H120" t="s">
-        <v>952</v>
+        <v>973</v>
       </c>
       <c r="I120" t="s">
-        <v>952</v>
+        <v>973</v>
       </c>
       <c r="J120" t="s">
-        <v>953</v>
+        <v>974</v>
       </c>
       <c r="K120" t="s">
-        <v>954</v>
+        <v>413</v>
       </c>
       <c r="L120" t="s">
-        <v>955</v>
+        <v>975</v>
       </c>
       <c r="M120" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="N120" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O120" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="P120" t="s">
-        <v>956</v>
+        <v>137</v>
       </c>
       <c r="R120" t="s">
-        <v>957</v>
+        <v>976</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>958</v>
+        <v>977</v>
       </c>
       <c r="C121" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D121" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E121" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F121" t="s">
-        <v>959</v>
+        <v>978</v>
       </c>
       <c r="G121" t="s">
-        <v>960</v>
+        <v>93</v>
       </c>
       <c r="H121" t="s">
-        <v>961</v>
+        <v>979</v>
       </c>
       <c r="I121" t="s">
-        <v>961</v>
+        <v>979</v>
       </c>
       <c r="J121" t="s">
-        <v>962</v>
+        <v>980</v>
       </c>
       <c r="K121" t="s">
-        <v>134</v>
+        <v>279</v>
       </c>
       <c r="L121" t="s">
-        <v>963</v>
+        <v>340</v>
       </c>
       <c r="M121" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="N121" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O121" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="P121" t="s">
-        <v>590</v>
+        <v>281</v>
       </c>
       <c r="R121" t="s">
-        <v>964</v>
+        <v>934</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>965</v>
+        <v>981</v>
       </c>
       <c r="C122" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D122" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E122" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F122" t="s">
-        <v>966</v>
+        <v>880</v>
       </c>
       <c r="G122" t="s">
-        <v>967</v>
+        <v>982</v>
       </c>
       <c r="H122" t="s">
-        <v>968</v>
+        <v>983</v>
       </c>
       <c r="I122" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="J122" t="s">
-        <v>969</v>
+        <v>985</v>
       </c>
       <c r="K122" t="s">
-        <v>652</v>
+        <v>555</v>
       </c>
       <c r="L122" t="s">
-        <v>970</v>
+        <v>986</v>
       </c>
       <c r="M122" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N122" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O122" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P122" t="s">
-        <v>654</v>
+        <v>557</v>
       </c>
       <c r="R122" t="s">
-        <v>964</v>
+        <v>886</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>971</v>
+        <v>987</v>
       </c>
       <c r="C123" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D123" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E123" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F123" t="s">
-        <v>972</v>
+        <v>988</v>
       </c>
       <c r="G123" t="s">
-        <v>973</v>
+        <v>989</v>
       </c>
       <c r="H123" t="s">
-        <v>974</v>
+        <v>990</v>
       </c>
       <c r="I123" t="s">
-        <v>974</v>
+        <v>990</v>
       </c>
       <c r="J123" t="s">
-        <v>975</v>
+        <v>991</v>
       </c>
       <c r="K123" t="s">
-        <v>976</v>
+        <v>629</v>
       </c>
       <c r="L123" t="s">
-        <v>977</v>
+        <v>992</v>
       </c>
       <c r="M123" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N123" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O123" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P123" t="s">
-        <v>978</v>
+        <v>631</v>
       </c>
       <c r="R123" t="s">
-        <v>964</v>
+        <v>993</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>979</v>
+        <v>994</v>
       </c>
       <c r="C124" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D124" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E124" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F124" t="s">
-        <v>980</v>
+        <v>995</v>
       </c>
       <c r="G124" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="H124" t="s">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="I124" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="J124" t="s">
-        <v>983</v>
+        <v>998</v>
       </c>
       <c r="K124" t="s">
-        <v>984</v>
+        <v>125</v>
       </c>
       <c r="L124" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
       <c r="M124" t="s">
-        <v>192</v>
+        <v>64</v>
       </c>
       <c r="N124" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O124" t="s">
-        <v>194</v>
+        <v>65</v>
       </c>
       <c r="P124" t="s">
-        <v>986</v>
+        <v>128</v>
       </c>
       <c r="R124" t="s">
-        <v>964</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="C125" t="s">
-        <v>643</v>
+        <v>840</v>
       </c>
       <c r="D125" t="s">
-        <v>795</v>
+        <v>32</v>
       </c>
       <c r="E125" t="s">
-        <v>795</v>
+        <v>32</v>
       </c>
       <c r="F125" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="G125" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="H125" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="I125" t="s">
-        <v>990</v>
+        <v>1005</v>
       </c>
       <c r="J125" t="s">
-        <v>991</v>
+        <v>1006</v>
       </c>
       <c r="K125" t="s">
-        <v>463</v>
+        <v>125</v>
       </c>
       <c r="L125" t="s">
-        <v>992</v>
+        <v>1007</v>
       </c>
       <c r="M125" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="N125" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O125" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="P125" t="s">
-        <v>465</v>
+        <v>128</v>
       </c>
       <c r="R125" t="s">
-        <v>804</v>
+        <v>838</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="C126" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D126" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E126" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F126" t="s">
-        <v>994</v>
+        <v>1009</v>
       </c>
       <c r="G126" t="s">
-        <v>995</v>
+        <v>1010</v>
       </c>
       <c r="H126" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="I126" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="J126" t="s">
-        <v>997</v>
+        <v>230</v>
       </c>
       <c r="K126" t="s">
-        <v>391</v>
+        <v>1012</v>
       </c>
       <c r="L126" t="s">
-        <v>998</v>
+        <v>232</v>
       </c>
       <c r="M126" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N126" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O126" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P126" t="s">
-        <v>112</v>
+        <v>234</v>
       </c>
       <c r="R126" t="s">
-        <v>999</v>
+        <v>976</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>1000</v>
+        <v>1013</v>
       </c>
       <c r="C127" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D127" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E127" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F127" t="s">
-        <v>1001</v>
+        <v>1014</v>
       </c>
       <c r="G127" t="s">
-        <v>65</v>
+        <v>1015</v>
       </c>
       <c r="H127" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="I127" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="J127" t="s">
-        <v>1003</v>
+        <v>437</v>
       </c>
       <c r="K127" t="s">
-        <v>257</v>
+        <v>438</v>
       </c>
       <c r="L127" t="s">
-        <v>318</v>
+        <v>439</v>
       </c>
       <c r="M127" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N127" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O127" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P127" t="s">
-        <v>259</v>
+        <v>440</v>
       </c>
       <c r="R127" t="s">
-        <v>957</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>1004</v>
+        <v>1018</v>
       </c>
       <c r="C128" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D128" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E128" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F128" t="s">
-        <v>903</v>
+        <v>1019</v>
       </c>
       <c r="G128" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="H128" t="s">
-        <v>1006</v>
+        <v>1021</v>
       </c>
       <c r="I128" t="s">
-        <v>1007</v>
+        <v>1021</v>
       </c>
       <c r="J128" t="s">
-        <v>1008</v>
+        <v>315</v>
       </c>
       <c r="K128" t="s">
-        <v>580</v>
+        <v>159</v>
       </c>
       <c r="L128" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
       <c r="M128" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N128" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O128" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P128" t="s">
-        <v>407</v>
+        <v>566</v>
       </c>
       <c r="R128" t="s">
-        <v>909</v>
+        <v>934</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
       <c r="C129" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D129" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E129" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F129" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="G129" t="s">
-        <v>1012</v>
+        <v>923</v>
       </c>
       <c r="H129" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="I129" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="J129" t="s">
-        <v>1014</v>
+        <v>158</v>
       </c>
       <c r="K129" t="s">
-        <v>652</v>
+        <v>159</v>
       </c>
       <c r="L129" t="s">
-        <v>1015</v>
+        <v>160</v>
       </c>
       <c r="M129" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N129" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O129" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P129" t="s">
-        <v>654</v>
+        <v>566</v>
       </c>
       <c r="R129" t="s">
-        <v>1016</v>
+        <v>934</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C130" t="s">
+        <v>31</v>
+      </c>
+      <c r="D130" t="s">
+        <v>32</v>
+      </c>
+      <c r="E130" t="s">
+        <v>32</v>
+      </c>
+      <c r="F130" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1028</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1029</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1030</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M130" t="s">
+        <v>64</v>
+      </c>
+      <c r="N130" t="s">
+        <v>233</v>
+      </c>
+      <c r="O130" t="s">
+        <v>65</v>
+      </c>
+      <c r="P130" t="s">
+        <v>1032</v>
+      </c>
+      <c r="R130" t="s">
         <v>1017</v>
-      </c>
-[...43 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="C131" t="s">
-        <v>863</v>
+        <v>31</v>
       </c>
       <c r="D131" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E131" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F131" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="G131" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="H131" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
       <c r="I131" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
       <c r="J131" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="K131" t="s">
-        <v>100</v>
+        <v>1038</v>
       </c>
       <c r="L131" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="M131" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N131" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O131" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P131" t="s">
-        <v>103</v>
+        <v>476</v>
       </c>
       <c r="R131" t="s">
-        <v>861</v>
+        <v>838</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="C132" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D132" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E132" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F132" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="G132" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="H132" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="I132" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="J132" t="s">
-        <v>208</v>
+        <v>1044</v>
       </c>
       <c r="K132" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="L132" t="s">
-        <v>210</v>
+        <v>1046</v>
       </c>
       <c r="M132" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N132" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O132" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P132" t="s">
-        <v>212</v>
+        <v>1047</v>
       </c>
       <c r="R132" t="s">
-        <v>999</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>1036</v>
+        <v>1049</v>
       </c>
       <c r="C133" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D133" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E133" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F133" t="s">
-        <v>1037</v>
+        <v>1050</v>
       </c>
       <c r="G133" t="s">
-        <v>1038</v>
+        <v>1051</v>
       </c>
       <c r="H133" t="s">
-        <v>1039</v>
+        <v>1052</v>
       </c>
       <c r="I133" t="s">
-        <v>1039</v>
+        <v>1052</v>
       </c>
       <c r="J133" t="s">
-        <v>462</v>
+        <v>1053</v>
       </c>
       <c r="K133" t="s">
-        <v>463</v>
+        <v>812</v>
       </c>
       <c r="L133" t="s">
-        <v>464</v>
+        <v>1054</v>
       </c>
       <c r="M133" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="N133" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="O133" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="P133" t="s">
-        <v>465</v>
+        <v>42</v>
       </c>
       <c r="R133" t="s">
-        <v>1040</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>1041</v>
+        <v>1055</v>
       </c>
       <c r="C134" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D134" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E134" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F134" t="s">
-        <v>1042</v>
+        <v>833</v>
       </c>
       <c r="G134" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="H134" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="I134" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="J134" t="s">
-        <v>293</v>
+        <v>1058</v>
       </c>
       <c r="K134" t="s">
-        <v>134</v>
+        <v>1059</v>
       </c>
       <c r="L134" t="s">
-        <v>1045</v>
+        <v>1060</v>
       </c>
       <c r="M134" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="N134" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O134" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P134" t="s">
-        <v>590</v>
+        <v>476</v>
       </c>
       <c r="R134" t="s">
-        <v>957</v>
+        <v>838</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="C135" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D135" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E135" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F135" t="s">
-        <v>1042</v>
+        <v>1062</v>
       </c>
       <c r="G135" t="s">
-        <v>946</v>
+        <v>1063</v>
       </c>
       <c r="H135" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
       <c r="I135" t="s">
-        <v>1047</v>
+        <v>1065</v>
       </c>
       <c r="J135" t="s">
-        <v>133</v>
+        <v>1066</v>
       </c>
       <c r="K135" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="L135" t="s">
-        <v>135</v>
+        <v>1067</v>
       </c>
       <c r="M135" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="N135" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O135" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="P135" t="s">
-        <v>590</v>
+        <v>128</v>
       </c>
       <c r="R135" t="s">
-        <v>957</v>
+        <v>934</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>1048</v>
+        <v>1068</v>
       </c>
       <c r="C136" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D136" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E136" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F136" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="G136" t="s">
-        <v>1050</v>
+        <v>1069</v>
       </c>
       <c r="H136" t="s">
-        <v>1051</v>
+        <v>1070</v>
       </c>
       <c r="I136" t="s">
-        <v>1051</v>
+        <v>1071</v>
       </c>
       <c r="J136" t="s">
-        <v>1052</v>
+        <v>1072</v>
       </c>
       <c r="K136" t="s">
-        <v>1053</v>
+        <v>125</v>
       </c>
       <c r="L136" t="s">
-        <v>1054</v>
+        <v>1073</v>
       </c>
       <c r="M136" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="N136" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O136" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="P136" t="s">
-        <v>1055</v>
+        <v>128</v>
       </c>
       <c r="R136" t="s">
-        <v>1040</v>
+        <v>934</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>1056</v>
+        <v>1074</v>
       </c>
       <c r="C137" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D137" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E137" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F137" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="G137" t="s">
-        <v>1058</v>
+        <v>1069</v>
       </c>
       <c r="H137" t="s">
-        <v>1059</v>
+        <v>1075</v>
       </c>
       <c r="I137" t="s">
-        <v>1059</v>
+        <v>1075</v>
       </c>
       <c r="J137" t="s">
-        <v>1060</v>
+        <v>1076</v>
       </c>
       <c r="K137" t="s">
-        <v>1061</v>
+        <v>1077</v>
       </c>
       <c r="L137" t="s">
-        <v>1062</v>
+        <v>1078</v>
       </c>
       <c r="M137" t="s">
-        <v>192</v>
+        <v>64</v>
       </c>
       <c r="N137" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O137" t="s">
-        <v>194</v>
+        <v>65</v>
       </c>
       <c r="P137" t="s">
-        <v>501</v>
+        <v>1079</v>
       </c>
       <c r="R137" t="s">
-        <v>861</v>
+        <v>934</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>1063</v>
+        <v>1080</v>
       </c>
       <c r="C138" t="s">
-        <v>18</v>
+        <v>1081</v>
       </c>
       <c r="D138" t="s">
-        <v>19</v>
+        <v>1082</v>
       </c>
       <c r="E138" t="s">
-        <v>19</v>
+        <v>1082</v>
       </c>
       <c r="F138" t="s">
-        <v>1064</v>
+        <v>1083</v>
       </c>
       <c r="G138" t="s">
-        <v>1065</v>
+        <v>321</v>
       </c>
       <c r="H138" t="s">
-        <v>1066</v>
+        <v>1084</v>
       </c>
       <c r="I138" t="s">
-        <v>1066</v>
+        <v>1084</v>
       </c>
       <c r="J138" t="s">
-        <v>1067</v>
+        <v>1085</v>
       </c>
       <c r="K138" t="s">
-        <v>1068</v>
+        <v>1086</v>
       </c>
       <c r="L138" t="s">
-        <v>1069</v>
+        <v>1087</v>
       </c>
       <c r="M138" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N138" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O138" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P138" t="s">
-        <v>1070</v>
+        <v>1088</v>
       </c>
       <c r="R138" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>1072</v>
+        <v>1090</v>
       </c>
       <c r="C139" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D139" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E139" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F139" t="s">
-        <v>1073</v>
+        <v>1091</v>
       </c>
       <c r="G139" t="s">
-        <v>1074</v>
+        <v>1092</v>
       </c>
       <c r="H139" t="s">
-        <v>1075</v>
+        <v>1093</v>
       </c>
       <c r="I139" t="s">
-        <v>1075</v>
+        <v>1093</v>
       </c>
       <c r="J139" t="s">
-        <v>1076</v>
+        <v>980</v>
       </c>
       <c r="K139" t="s">
-        <v>835</v>
+        <v>279</v>
       </c>
       <c r="L139" t="s">
-        <v>1077</v>
+        <v>340</v>
       </c>
       <c r="M139" t="s">
-        <v>192</v>
+        <v>64</v>
       </c>
       <c r="N139" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O139" t="s">
-        <v>194</v>
+        <v>65</v>
       </c>
       <c r="P139" t="s">
-        <v>837</v>
+        <v>281</v>
       </c>
       <c r="R139" t="s">
-        <v>1023</v>
+        <v>886</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>1078</v>
+        <v>1094</v>
       </c>
       <c r="C140" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D140" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E140" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F140" t="s">
-        <v>856</v>
+        <v>1095</v>
       </c>
       <c r="G140" t="s">
-        <v>1079</v>
+        <v>1096</v>
       </c>
       <c r="H140" t="s">
-        <v>1080</v>
+        <v>1097</v>
       </c>
       <c r="I140" t="s">
-        <v>1080</v>
+        <v>1097</v>
       </c>
       <c r="J140" t="s">
-        <v>1081</v>
+        <v>1098</v>
       </c>
       <c r="K140" t="s">
-        <v>1082</v>
+        <v>438</v>
       </c>
       <c r="L140" t="s">
-        <v>1083</v>
+        <v>1099</v>
       </c>
       <c r="M140" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="N140" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="O140" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="P140" t="s">
-        <v>501</v>
+        <v>440</v>
       </c>
       <c r="R140" t="s">
-        <v>861</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>1084</v>
+        <v>1101</v>
       </c>
       <c r="C141" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D141" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E141" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F141" t="s">
-        <v>1085</v>
+        <v>1102</v>
       </c>
       <c r="G141" t="s">
-        <v>1086</v>
+        <v>1103</v>
       </c>
       <c r="H141" t="s">
-        <v>1087</v>
+        <v>1104</v>
       </c>
       <c r="I141" t="s">
-        <v>1088</v>
+        <v>1104</v>
       </c>
       <c r="J141" t="s">
-        <v>1089</v>
+        <v>1105</v>
       </c>
       <c r="K141" t="s">
-        <v>100</v>
+        <v>1106</v>
       </c>
       <c r="L141" t="s">
-        <v>1090</v>
+        <v>1107</v>
       </c>
       <c r="M141" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="N141" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O141" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="P141" t="s">
-        <v>103</v>
+        <v>1108</v>
       </c>
       <c r="R141" t="s">
-        <v>957</v>
+        <v>424</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>1091</v>
+        <v>1109</v>
       </c>
       <c r="C142" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D142" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E142" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F142" t="s">
-        <v>1085</v>
+        <v>1110</v>
       </c>
       <c r="G142" t="s">
-        <v>1092</v>
+        <v>93</v>
       </c>
       <c r="H142" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="I142" t="s">
-        <v>1094</v>
+        <v>1111</v>
       </c>
       <c r="J142" t="s">
-        <v>1095</v>
+        <v>1112</v>
       </c>
       <c r="K142" t="s">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="L142" t="s">
-        <v>1096</v>
+        <v>1113</v>
       </c>
       <c r="M142" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="N142" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O142" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="P142" t="s">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="R142" t="s">
-        <v>957</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>1097</v>
+        <v>1115</v>
       </c>
       <c r="C143" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D143" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E143" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F143" t="s">
-        <v>1085</v>
+        <v>1110</v>
       </c>
       <c r="G143" t="s">
-        <v>1092</v>
+        <v>93</v>
       </c>
       <c r="H143" t="s">
-        <v>1098</v>
+        <v>1116</v>
       </c>
       <c r="I143" t="s">
-        <v>1098</v>
+        <v>1116</v>
       </c>
       <c r="J143" t="s">
-        <v>1099</v>
+        <v>1117</v>
       </c>
       <c r="K143" t="s">
-        <v>1100</v>
+        <v>1118</v>
       </c>
       <c r="L143" t="s">
-        <v>1101</v>
+        <v>1119</v>
       </c>
       <c r="M143" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N143" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O143" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P143" t="s">
-        <v>1102</v>
+        <v>660</v>
       </c>
       <c r="R143" t="s">
-        <v>957</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>1103</v>
+        <v>1120</v>
       </c>
       <c r="C144" t="s">
-        <v>1104</v>
+        <v>31</v>
       </c>
       <c r="D144" t="s">
-        <v>1105</v>
+        <v>32</v>
       </c>
       <c r="E144" t="s">
-        <v>1105</v>
+        <v>32</v>
       </c>
       <c r="F144" t="s">
-        <v>1106</v>
+        <v>1121</v>
       </c>
       <c r="G144" t="s">
-        <v>299</v>
+        <v>1122</v>
       </c>
       <c r="H144" t="s">
-        <v>1107</v>
+        <v>1123</v>
       </c>
       <c r="I144" t="s">
-        <v>1107</v>
+        <v>1123</v>
       </c>
       <c r="J144" t="s">
-        <v>1108</v>
+        <v>1124</v>
       </c>
       <c r="K144" t="s">
-        <v>1109</v>
+        <v>1125</v>
       </c>
       <c r="L144" t="s">
-        <v>1110</v>
+        <v>1126</v>
       </c>
       <c r="M144" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="N144" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O144" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="P144" t="s">
-        <v>1111</v>
+        <v>1079</v>
       </c>
       <c r="R144" t="s">
-        <v>1112</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>1113</v>
+        <v>1128</v>
       </c>
       <c r="C145" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D145" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E145" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F145" t="s">
-        <v>1114</v>
+        <v>1129</v>
       </c>
       <c r="G145" t="s">
-        <v>1115</v>
+        <v>1130</v>
       </c>
       <c r="H145" t="s">
-        <v>1116</v>
+        <v>1131</v>
       </c>
       <c r="I145" t="s">
-        <v>1116</v>
+        <v>1131</v>
       </c>
       <c r="J145" t="s">
-        <v>1003</v>
+        <v>849</v>
       </c>
       <c r="K145" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="L145" t="s">
-        <v>318</v>
+        <v>288</v>
       </c>
       <c r="M145" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N145" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O145" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P145" t="s">
-        <v>259</v>
+        <v>826</v>
       </c>
       <c r="R145" t="s">
-        <v>909</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>1117</v>
+        <v>1132</v>
       </c>
       <c r="C146" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D146" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E146" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F146" t="s">
-        <v>1118</v>
+        <v>1133</v>
       </c>
       <c r="G146" t="s">
-        <v>1119</v>
+        <v>1134</v>
       </c>
       <c r="H146" t="s">
-        <v>1120</v>
+        <v>1135</v>
       </c>
       <c r="I146" t="s">
-        <v>1120</v>
+        <v>1136</v>
       </c>
       <c r="J146" t="s">
-        <v>1121</v>
+        <v>1137</v>
       </c>
       <c r="K146" t="s">
-        <v>463</v>
+        <v>1138</v>
       </c>
       <c r="L146" t="s">
-        <v>1122</v>
+        <v>1139</v>
       </c>
       <c r="M146" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="N146" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O146" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="P146" t="s">
-        <v>465</v>
+        <v>1108</v>
       </c>
       <c r="R146" t="s">
-        <v>1123</v>
+        <v>993</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>1124</v>
+        <v>1140</v>
       </c>
       <c r="C147" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D147" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E147" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F147" t="s">
-        <v>1125</v>
+        <v>1141</v>
       </c>
       <c r="G147" t="s">
-        <v>1126</v>
+        <v>1142</v>
       </c>
       <c r="H147" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="I147" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="J147" t="s">
-        <v>1128</v>
+        <v>1144</v>
       </c>
       <c r="K147" t="s">
-        <v>1129</v>
+        <v>579</v>
       </c>
       <c r="L147" t="s">
-        <v>1130</v>
+        <v>1145</v>
       </c>
       <c r="M147" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="N147" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O147" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="P147" t="s">
-        <v>1131</v>
+        <v>1146</v>
       </c>
       <c r="R147" t="s">
-        <v>402</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>1132</v>
+        <v>1148</v>
       </c>
       <c r="C148" t="s">
-        <v>18</v>
+        <v>1149</v>
       </c>
       <c r="D148" t="s">
-        <v>19</v>
+        <v>1150</v>
       </c>
       <c r="E148" t="s">
-        <v>19</v>
+        <v>1150</v>
       </c>
       <c r="F148" t="s">
-        <v>1133</v>
+        <v>1151</v>
       </c>
       <c r="G148" t="s">
-        <v>65</v>
+        <v>321</v>
       </c>
       <c r="H148" t="s">
-        <v>1134</v>
+        <v>1152</v>
       </c>
       <c r="I148" t="s">
-        <v>1134</v>
+        <v>1152</v>
       </c>
       <c r="J148" t="s">
-        <v>1135</v>
+        <v>1153</v>
       </c>
       <c r="K148" t="s">
-        <v>100</v>
+        <v>931</v>
       </c>
       <c r="L148" t="s">
-        <v>1136</v>
+        <v>1154</v>
       </c>
       <c r="M148" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N148" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O148" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P148" t="s">
-        <v>103</v>
+        <v>1155</v>
       </c>
       <c r="R148" t="s">
-        <v>1137</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>1138</v>
+        <v>1157</v>
       </c>
       <c r="C149" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D149" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E149" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F149" t="s">
-        <v>1133</v>
+        <v>731</v>
       </c>
       <c r="G149" t="s">
-        <v>65</v>
+        <v>1158</v>
       </c>
       <c r="H149" t="s">
-        <v>1139</v>
+        <v>1159</v>
       </c>
       <c r="I149" t="s">
-        <v>1139</v>
+        <v>1160</v>
       </c>
       <c r="J149" t="s">
-        <v>1140</v>
+        <v>1161</v>
       </c>
       <c r="K149" t="s">
-        <v>1141</v>
+        <v>629</v>
       </c>
       <c r="L149" t="s">
-        <v>1142</v>
+        <v>1162</v>
       </c>
       <c r="M149" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="N149" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O149" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="P149" t="s">
-        <v>683</v>
+        <v>631</v>
       </c>
       <c r="R149" t="s">
-        <v>1137</v>
+        <v>886</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>1143</v>
+        <v>1163</v>
       </c>
       <c r="C150" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D150" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E150" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F150" t="s">
-        <v>1144</v>
+        <v>1164</v>
       </c>
       <c r="G150" t="s">
-        <v>1145</v>
+        <v>1165</v>
       </c>
       <c r="H150" t="s">
-        <v>1146</v>
+        <v>938</v>
       </c>
       <c r="I150" t="s">
-        <v>1146</v>
+        <v>938</v>
       </c>
       <c r="J150" t="s">
-        <v>1147</v>
+        <v>1166</v>
       </c>
       <c r="K150" t="s">
-        <v>1148</v>
+        <v>1030</v>
       </c>
       <c r="L150" t="s">
-        <v>1149</v>
+        <v>1167</v>
       </c>
       <c r="M150" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="N150" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O150" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="P150" t="s">
-        <v>1102</v>
+        <v>1032</v>
       </c>
       <c r="R150" t="s">
-        <v>1150</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>1151</v>
+        <v>1169</v>
       </c>
       <c r="C151" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D151" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E151" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F151" t="s">
-        <v>1152</v>
+        <v>880</v>
       </c>
       <c r="G151" t="s">
-        <v>1153</v>
+        <v>982</v>
       </c>
       <c r="H151" t="s">
-        <v>1154</v>
+        <v>1170</v>
       </c>
       <c r="I151" t="s">
-        <v>1154</v>
+        <v>1170</v>
       </c>
       <c r="J151" t="s">
-        <v>872</v>
+        <v>1171</v>
       </c>
       <c r="K151" t="s">
-        <v>237</v>
+        <v>629</v>
       </c>
       <c r="L151" t="s">
-        <v>266</v>
+        <v>1162</v>
       </c>
       <c r="M151" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="N151" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O151" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="P151" t="s">
-        <v>439</v>
+        <v>631</v>
       </c>
       <c r="R151" t="s">
-        <v>1150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>1155</v>
+        <v>1172</v>
       </c>
       <c r="C152" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D152" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E152" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F152" t="s">
-        <v>1156</v>
+        <v>1173</v>
       </c>
       <c r="G152" t="s">
-        <v>1157</v>
+        <v>1174</v>
       </c>
       <c r="H152" t="s">
-        <v>1158</v>
+        <v>1175</v>
       </c>
       <c r="I152" t="s">
-        <v>1159</v>
+        <v>1176</v>
       </c>
       <c r="J152" t="s">
-        <v>1160</v>
+        <v>188</v>
       </c>
       <c r="K152" t="s">
-        <v>1161</v>
+        <v>222</v>
       </c>
       <c r="L152" t="s">
-        <v>1162</v>
+        <v>190</v>
       </c>
       <c r="M152" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N152" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O152" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P152" t="s">
-        <v>1131</v>
+        <v>194</v>
       </c>
       <c r="R152" t="s">
-        <v>1016</v>
+        <v>993</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>1163</v>
+        <v>1177</v>
       </c>
       <c r="C153" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D153" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E153" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F153" t="s">
-        <v>1164</v>
+        <v>995</v>
       </c>
       <c r="G153" t="s">
-        <v>1165</v>
+        <v>989</v>
       </c>
       <c r="H153" t="s">
-        <v>1166</v>
+        <v>1178</v>
       </c>
       <c r="I153" t="s">
-        <v>1166</v>
+        <v>1179</v>
       </c>
       <c r="J153" t="s">
-        <v>1167</v>
+        <v>1180</v>
       </c>
       <c r="K153" t="s">
-        <v>399</v>
+        <v>629</v>
       </c>
       <c r="L153" t="s">
-        <v>1168</v>
+        <v>1181</v>
       </c>
       <c r="M153" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N153" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O153" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P153" t="s">
-        <v>1169</v>
+        <v>631</v>
       </c>
       <c r="R153" t="s">
-        <v>1170</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>1171</v>
+        <v>1182</v>
       </c>
       <c r="C154" t="s">
-        <v>1172</v>
+        <v>31</v>
       </c>
       <c r="D154" t="s">
-        <v>1173</v>
+        <v>32</v>
       </c>
       <c r="E154" t="s">
-        <v>1173</v>
+        <v>32</v>
       </c>
       <c r="F154" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="G154" t="s">
-        <v>299</v>
+        <v>1184</v>
       </c>
       <c r="H154" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
       <c r="I154" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
       <c r="J154" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="K154" t="s">
-        <v>954</v>
+        <v>1187</v>
       </c>
       <c r="L154" t="s">
-        <v>1177</v>
+        <v>1188</v>
       </c>
       <c r="M154" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="N154" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="O154" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="P154" t="s">
-        <v>1178</v>
+        <v>1189</v>
       </c>
       <c r="R154" t="s">
-        <v>1179</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="C155" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D155" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E155" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F155" t="s">
-        <v>754</v>
+        <v>1191</v>
       </c>
       <c r="G155" t="s">
-        <v>1181</v>
+        <v>1192</v>
       </c>
       <c r="H155" t="s">
-        <v>1182</v>
+        <v>1193</v>
       </c>
       <c r="I155" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
       <c r="J155" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
       <c r="K155" t="s">
-        <v>652</v>
+        <v>159</v>
       </c>
       <c r="L155" t="s">
-        <v>1185</v>
+        <v>565</v>
       </c>
       <c r="M155" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N155" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O155" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P155" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-        <v>909</v>
+        <v>566</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>1186</v>
+        <v>1195</v>
       </c>
       <c r="C156" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D156" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E156" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F156" t="s">
-        <v>1187</v>
+        <v>1196</v>
       </c>
       <c r="G156" t="s">
-        <v>1188</v>
+        <v>1197</v>
       </c>
       <c r="H156" t="s">
-        <v>961</v>
+        <v>938</v>
       </c>
       <c r="I156" t="s">
-        <v>961</v>
+        <v>938</v>
       </c>
       <c r="J156" t="s">
-        <v>1189</v>
+        <v>1198</v>
       </c>
       <c r="K156" t="s">
-        <v>1053</v>
+        <v>438</v>
       </c>
       <c r="L156" t="s">
-        <v>1190</v>
+        <v>1199</v>
       </c>
       <c r="M156" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N156" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="O156" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="P156" t="s">
-        <v>1055</v>
+        <v>440</v>
       </c>
       <c r="R156" t="s">
-        <v>1191</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>1192</v>
+        <v>1201</v>
       </c>
       <c r="C157" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D157" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E157" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F157" t="s">
-        <v>903</v>
+        <v>1019</v>
       </c>
       <c r="G157" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="H157" t="s">
-        <v>1193</v>
+        <v>1202</v>
       </c>
       <c r="I157" t="s">
-        <v>1193</v>
+        <v>1203</v>
       </c>
       <c r="J157" t="s">
-        <v>1194</v>
+        <v>1204</v>
       </c>
       <c r="K157" t="s">
-        <v>652</v>
+        <v>81</v>
       </c>
       <c r="L157" t="s">
-        <v>1185</v>
+        <v>1205</v>
       </c>
       <c r="M157" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="N157" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O157" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="P157" t="s">
-        <v>654</v>
+        <v>83</v>
       </c>
       <c r="R157" t="s">
-        <v>1023</v>
+        <v>934</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>1195</v>
+        <v>1206</v>
       </c>
       <c r="C158" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D158" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E158" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F158" t="s">
-        <v>1196</v>
+        <v>1041</v>
       </c>
       <c r="G158" t="s">
-        <v>1197</v>
+        <v>1056</v>
       </c>
       <c r="H158" t="s">
-        <v>1198</v>
+        <v>1207</v>
       </c>
       <c r="I158" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="J158" t="s">
-        <v>163</v>
+        <v>1208</v>
       </c>
       <c r="K158" t="s">
-        <v>200</v>
+        <v>81</v>
       </c>
       <c r="L158" t="s">
-        <v>165</v>
+        <v>1209</v>
       </c>
       <c r="M158" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="N158" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O158" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="P158" t="s">
-        <v>169</v>
+        <v>83</v>
       </c>
       <c r="R158" t="s">
-        <v>1016</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>1200</v>
+        <v>1210</v>
       </c>
       <c r="C159" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D159" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E159" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F159" t="s">
-        <v>1018</v>
+        <v>1211</v>
       </c>
       <c r="G159" t="s">
-        <v>1012</v>
+        <v>1212</v>
       </c>
       <c r="H159" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="I159" t="s">
-        <v>1202</v>
+        <v>1213</v>
       </c>
       <c r="J159" t="s">
-        <v>1203</v>
+        <v>1214</v>
       </c>
       <c r="K159" t="s">
-        <v>652</v>
+        <v>1215</v>
       </c>
       <c r="L159" t="s">
-        <v>1204</v>
+        <v>1216</v>
       </c>
       <c r="M159" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="N159" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O159" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="P159" t="s">
-        <v>654</v>
+        <v>1217</v>
       </c>
       <c r="R159" t="s">
-        <v>1023</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>1205</v>
+        <v>1219</v>
       </c>
       <c r="C160" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D160" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E160" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F160" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="G160" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="H160" t="s">
-        <v>1208</v>
+        <v>938</v>
       </c>
       <c r="I160" t="s">
-        <v>1208</v>
+        <v>938</v>
       </c>
       <c r="J160" t="s">
-        <v>1209</v>
+        <v>862</v>
       </c>
       <c r="K160" t="s">
-        <v>1210</v>
+        <v>812</v>
       </c>
       <c r="L160" t="s">
-        <v>1211</v>
+        <v>863</v>
       </c>
       <c r="M160" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="N160" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="O160" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="P160" t="s">
-        <v>1212</v>
+        <v>42</v>
       </c>
       <c r="R160" t="s">
-        <v>1170</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="C161" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D161" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E161" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F161" t="s">
-        <v>1214</v>
+        <v>1221</v>
       </c>
       <c r="G161" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="H161" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="I161" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="J161" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="K161" t="s">
-        <v>134</v>
+        <v>259</v>
       </c>
       <c r="L161" t="s">
-        <v>589</v>
+        <v>1225</v>
       </c>
       <c r="M161" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="N161" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="O161" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="P161" t="s">
-        <v>590</v>
+        <v>826</v>
+      </c>
+      <c r="R161" t="s">
+        <v>1218</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>1218</v>
+        <v>1226</v>
       </c>
       <c r="C162" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D162" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E162" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F162" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="G162" t="s">
-        <v>1220</v>
+        <v>1228</v>
       </c>
       <c r="H162" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1229</v>
+      </c>
+      <c r="J162" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K162" t="s">
         <v>961</v>
       </c>
-      <c r="I162" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L162" t="s">
-        <v>1222</v>
+        <v>1231</v>
       </c>
       <c r="M162" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="N162" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="O162" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="P162" t="s">
-        <v>465</v>
+        <v>963</v>
       </c>
       <c r="R162" t="s">
-        <v>1223</v>
+        <v>934</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>1224</v>
+        <v>1232</v>
       </c>
       <c r="C163" t="s">
-        <v>18</v>
+        <v>1233</v>
       </c>
       <c r="D163" t="s">
-        <v>19</v>
+        <v>1234</v>
       </c>
       <c r="E163" t="s">
-        <v>19</v>
+        <v>1235</v>
       </c>
       <c r="F163" t="s">
-        <v>1042</v>
+        <v>1236</v>
       </c>
       <c r="G163" t="s">
-        <v>1043</v>
+        <v>1237</v>
       </c>
       <c r="H163" t="s">
-        <v>1225</v>
+        <v>1238</v>
       </c>
       <c r="I163" t="s">
-        <v>1226</v>
+        <v>1238</v>
       </c>
       <c r="J163" t="s">
-        <v>1227</v>
+        <v>1239</v>
       </c>
       <c r="K163" t="s">
-        <v>50</v>
+        <v>1240</v>
       </c>
       <c r="L163" t="s">
-        <v>1228</v>
+        <v>367</v>
       </c>
       <c r="M163" t="s">
-        <v>33</v>
+        <v>1241</v>
       </c>
       <c r="N163" t="s">
-        <v>211</v>
+        <v>1242</v>
       </c>
       <c r="O163" t="s">
-        <v>34</v>
+        <v>1243</v>
       </c>
       <c r="P163" t="s">
-        <v>52</v>
+        <v>1244</v>
       </c>
       <c r="R163" t="s">
-        <v>957</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>1229</v>
+        <v>1246</v>
       </c>
       <c r="C164" t="s">
-        <v>18</v>
+        <v>1247</v>
       </c>
       <c r="D164" t="s">
-        <v>19</v>
+        <v>1248</v>
       </c>
       <c r="E164" t="s">
-        <v>19</v>
+        <v>1249</v>
       </c>
       <c r="F164" t="s">
-        <v>1064</v>
+        <v>1250</v>
       </c>
       <c r="G164" t="s">
-        <v>1079</v>
+        <v>1251</v>
       </c>
       <c r="H164" t="s">
-        <v>1230</v>
+        <v>1252</v>
       </c>
       <c r="I164" t="s">
-        <v>1230</v>
+        <v>1252</v>
       </c>
       <c r="J164" t="s">
-        <v>1231</v>
+        <v>1253</v>
       </c>
       <c r="K164" t="s">
-        <v>50</v>
+        <v>1254</v>
       </c>
       <c r="L164" t="s">
-        <v>1232</v>
+        <v>1255</v>
       </c>
       <c r="M164" t="s">
-        <v>33</v>
+        <v>1241</v>
       </c>
       <c r="N164" t="s">
-        <v>211</v>
+        <v>1242</v>
       </c>
       <c r="O164" t="s">
-        <v>34</v>
+        <v>1243</v>
       </c>
       <c r="P164" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>1123</v>
+        <v>83</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>1233</v>
+        <v>1256</v>
       </c>
       <c r="C165" t="s">
-        <v>18</v>
+        <v>181</v>
       </c>
       <c r="D165" t="s">
-        <v>19</v>
+        <v>1257</v>
       </c>
       <c r="E165" t="s">
-        <v>19</v>
+        <v>1258</v>
       </c>
       <c r="F165" t="s">
-        <v>1234</v>
+        <v>1259</v>
       </c>
       <c r="G165" t="s">
-        <v>1235</v>
+        <v>385</v>
       </c>
       <c r="H165" t="s">
-        <v>1236</v>
+        <v>1260</v>
       </c>
       <c r="I165" t="s">
-        <v>1236</v>
+        <v>1260</v>
       </c>
       <c r="J165" t="s">
-        <v>1237</v>
+        <v>1261</v>
       </c>
       <c r="K165" t="s">
-        <v>1238</v>
+        <v>1262</v>
       </c>
       <c r="L165" t="s">
-        <v>1239</v>
+        <v>1263</v>
       </c>
       <c r="M165" t="s">
-        <v>25</v>
+        <v>391</v>
       </c>
       <c r="N165" t="s">
-        <v>211</v>
+        <v>1242</v>
       </c>
       <c r="O165" t="s">
-        <v>27</v>
+        <v>1264</v>
       </c>
       <c r="P165" t="s">
-        <v>1240</v>
+        <v>933</v>
       </c>
       <c r="R165" t="s">
-        <v>1241</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C166" t="s">
+        <v>181</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F166" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H166" t="s">
+        <v>1271</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1271</v>
+      </c>
+      <c r="J166" t="s">
+        <v>572</v>
+      </c>
+      <c r="K166" t="s">
+        <v>269</v>
+      </c>
+      <c r="L166" t="s">
+        <v>573</v>
+      </c>
+      <c r="M166" t="s">
+        <v>391</v>
+      </c>
+      <c r="N166" t="s">
         <v>1242</v>
       </c>
-      <c r="C166" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O166" t="s">
-        <v>194</v>
+        <v>1264</v>
       </c>
       <c r="P166" t="s">
-        <v>837</v>
+        <v>271</v>
       </c>
       <c r="R166" t="s">
-        <v>1241</v>
-[...174 lines deleted...]
-      <c r="E170" t="s">
         <v>1272</v>
-      </c>
-[...243 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>