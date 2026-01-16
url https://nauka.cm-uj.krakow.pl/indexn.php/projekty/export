--- v3 (2025-12-25)
+++ v4 (2026-01-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1209">
   <si>
     <t>Lp.</t>
   </si>
   <si>
     <t>Tytuł projektu</t>
   </si>
   <si>
     <t>Instytucja finansująca</t>
   </si>
   <si>
     <t>Strona www instytucji</t>
   </si>
   <si>
     <t>Strona www projektu</t>
   </si>
   <si>
     <t>Okres realizacji - początek</t>
   </si>
   <si>
     <t>Okres realizacji - koniec</t>
   </si>
   <si>
     <t>Całkowita wartość projektu</t>
   </si>
   <si>
@@ -65,179 +65,239 @@
   <si>
     <t>Kierownik</t>
   </si>
   <si>
     <t>Telefon do Jednostki</t>
   </si>
   <si>
     <t>E-mail do kierownika</t>
   </si>
   <si>
     <t>Osoba do kontaktu</t>
   </si>
   <si>
     <t>Telefon osoby do kontaktu</t>
   </si>
   <si>
     <t>E-mail osoby do kontaktu</t>
   </si>
   <si>
     <t>Nazwa jednostki</t>
   </si>
   <si>
     <t>Konkurs</t>
   </si>
   <si>
+    <t>Wybór optymalnej metody maskowania gorzkiego smaku substancji leczniczej na przykładzie oseltamiwiru - substancji przeciwwirusowej.</t>
+  </si>
+  <si>
+    <t>NCN</t>
+  </si>
+  <si>
+    <t>https://www.ncn.gov.pl/</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>2026-09-04</t>
+  </si>
+  <si>
+    <t>38 500,00</t>
+  </si>
+  <si>
+    <t>dr Agata Antosik-Rogóż</t>
+  </si>
+  <si>
+    <t>12 620-56-00</t>
+  </si>
+  <si>
+    <t>agata.antosik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Małgorzata Tondryk</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 433 27 92</t>
+  </si>
+  <si>
+    <t>malgorzata.tondryk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Technologii Postaci Leku i Biofarmacji</t>
+  </si>
+  <si>
+    <t>Miniatura 9</t>
+  </si>
+  <si>
     <t>Zakup cytofluorymetru przepływowego z możliwością analizy pojedynczych pęcherzyków pozakomórkowych z 4 laserami oraz zestawem instalacyjnym</t>
   </si>
   <si>
     <t>Ministerstwo Nauki i Szkolnictwa Wyższego</t>
   </si>
   <si>
     <t>2025-12-17</t>
   </si>
   <si>
     <t>2026-12-31</t>
   </si>
   <si>
     <t>1 050 000,00 zł</t>
   </si>
   <si>
     <t>1000 000,00 zł</t>
   </si>
   <si>
     <t>Prof. dr hab. Krzysztof Bryniarski</t>
   </si>
   <si>
     <t>12 633-94-31</t>
   </si>
   <si>
     <t>krzysztof.bryniarski@uj.edu.pl</t>
   </si>
   <si>
     <t>mgr inż. Iwona Wcisło</t>
   </si>
   <si>
     <t>012 433 27 98</t>
   </si>
   <si>
     <t>Zakład Immunologii</t>
   </si>
   <si>
     <t>Wniosek w sprawie przyznania środków finansowych na realizację inwestycji związanej z działalnością naukową (tryb normalny - konkurs 6)</t>
   </si>
   <si>
     <t>Architektura węzła przedsionkowo-komorowego w kontekście starzenia i otyłości-analiza morfologiczna</t>
   </si>
   <si>
-    <t>NCN</t>
-[...10 lines deleted...]
-  <si>
     <t>49 500,00</t>
   </si>
   <si>
     <t>dr Paulina Urbaniak</t>
   </si>
   <si>
     <t xml:space="preserve"> 12 422-95-11</t>
   </si>
   <si>
     <t>paulina.urbaniak@uj.edu.pl</t>
   </si>
   <si>
     <t>Renata Sobieszczańska-Horbatowska</t>
   </si>
   <si>
     <t>12 433 27 97</t>
   </si>
   <si>
     <t>renata.sobieszczanska-horbatowska@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Anatomii</t>
   </si>
   <si>
     <t>MINIATURA 9</t>
   </si>
   <si>
     <t>Determinanty płodności kobiet Amiszów: Studium przypadku społeczności z Middlefield, Ohio.</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>2026-11-11</t>
   </si>
   <si>
     <t>dr Anna Kotlińska</t>
   </si>
   <si>
     <t xml:space="preserve"> 12 43-32-831</t>
   </si>
   <si>
     <t xml:space="preserve"> anna.kotlinska@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Zdrowia Środowiskowego</t>
   </si>
   <si>
+    <t>Opracowanie technologii DRUG-PREDICT do przedklinicznej predykcji efektywności klinicznej związków biologicznie aktywnych w indykacji nowotworów jelita grubego i trzustki, opartej o translacyjne modele przedkliniczne in vitro i in vivo wspomagane narzędziem ML umożliwiającej identyfikację najlepszych innowacyjnych kandydatów na lek i optymalnych grup pacjentów</t>
+  </si>
+  <si>
+    <t>NCBR</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>2029-12-31</t>
+  </si>
+  <si>
+    <t>18 971 451,12 zł</t>
+  </si>
+  <si>
+    <t>6 249 715 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Marcin Magierowski</t>
+  </si>
+  <si>
+    <t>12 6199640</t>
+  </si>
+  <si>
+    <t>m.magierowski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>iwona1.wcislo@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Ośrodek Biomedycyny i Nauk Interdyscyplinarnych</t>
+  </si>
+  <si>
+    <t>SMART - konsorcja</t>
+  </si>
+  <si>
     <t>Od wiązania do działania: rola kinetyki wiązania ligandów receptora dopaminowego D2 w bezpiecznej farmakoterapii zaburzeń neuropsychiatrycznych</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>2026-12-04</t>
   </si>
   <si>
     <t>Dr Oktawia Osiecka</t>
   </si>
   <si>
     <t>12 62-05-701</t>
   </si>
   <si>
     <t>oktawia.osiecka@uj.edu.pl</t>
   </si>
   <si>
-    <t>Małgorzata Tondryk</t>
-[...1 lines deleted...]
-  <si>
     <t>12 433 27 92</t>
   </si>
   <si>
-    <t>malgorzata.tondryk@uj.edu.pl</t>
-[...1 lines deleted...]
-  <si>
     <t>Katedra Farmakobiologii</t>
   </si>
   <si>
     <t>Mitochondria niedotlenionych komórek neuronalnych i astrocytów - nowe spojrzenie na niekorzystne zmiany w przebiegu niedokrwienia mózgu.</t>
   </si>
   <si>
     <t>dr Alicja Skórkowska</t>
   </si>
   <si>
     <t>alicja.skorkowska@uj.edu.pl</t>
   </si>
   <si>
     <t>Izabela Zawadzka</t>
   </si>
   <si>
     <t>izabela.zawadzka@uj.edu.pl</t>
   </si>
   <si>
     <t>Centrum Rozwoju Terapii Chorób Cywilizacyjnych i Związanych z Wiekiem</t>
   </si>
   <si>
     <t>Zaburzenia metabolizmu siarkowodoru w neurorozwojowym modelu schizofrenii wywołanym deficytem glutationu we wczesnym okresie rozwoju postnatalnego szczurów - potencjalny cel terapeutyczny.</t>
   </si>
   <si>
     <t>Dr Magdalena Górny</t>
@@ -344,53 +404,50 @@
   <si>
     <t>Zaproszenie Ministra Nauki i Szkolnictwa Wyższego do składania ofert w ramach projektu pt. „Wsparcie studentów w zakresie podniesienia ich kompetencji i umiejętności” Działanie 01.05 Umiejętności w szkolnictwie wyższym, Program FERS 2021-2027</t>
   </si>
   <si>
     <t>Bóle głowy – złożona problematyka zdrowotna. Analiza podłoża epidemiologicznego, charakterystyki klinicznej, metod leczenia, diagnostyki różnicowej oraz identyfikacji najbardziej narażonych grup społecznych</t>
   </si>
   <si>
     <t>2025-10-21</t>
   </si>
   <si>
     <t>2026-09-15</t>
   </si>
   <si>
     <t>160338,36 zł</t>
   </si>
   <si>
     <t>Opiekun merytoryczny Projektu: lek. Dominik Taterra</t>
   </si>
   <si>
     <t>18 20 22 110</t>
   </si>
   <si>
     <t>d.taterra@uj.edu.pl</t>
   </si>
   <si>
-    <t>iwona1.wcislo@uj.edu.pl</t>
-[...1 lines deleted...]
-  <si>
     <t>Klinika Ortopedii i Rehabilitacji</t>
   </si>
   <si>
     <t>Innowacje w kardiochirurgii dziecięcej – analiza nowych technik operacyjnych, w tym strategii chłodzenia oraz procedur minimalnie inwazyjnych</t>
   </si>
   <si>
     <t>143 578,00 zł</t>
   </si>
   <si>
     <t>Opiekun merytoryczny Projektu: dr hab. Tomasz Mroczek prof. UJ</t>
   </si>
   <si>
     <t>12 658-10-23</t>
   </si>
   <si>
     <t>t.mroczek@uj.edu.pl</t>
   </si>
   <si>
     <t>Klinika Kardiochirurgii Dziecięcej</t>
   </si>
   <si>
     <t>Wsparcie studentki medycyny, aktywnie zaangażowanej w działalność onkologiczną, w celu podniesienia jej kompetencji oraz umiejętności w środowisku międzynarodowym.</t>
   </si>
   <si>
     <t>37 356,00 zł</t>
@@ -419,161 +476,146 @@
   <si>
     <t> 12 433 27 92</t>
   </si>
   <si>
     <t>Katedra Mikrobiologii</t>
   </si>
   <si>
     <t>Badanie właściwości polimerowych membran jako personalizowanych materiałów opatrunkowych na rany trudno gojące otrzymanych techniką druku 3d.</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2028-09-30</t>
   </si>
   <si>
     <t>1 690 260,00</t>
   </si>
   <si>
     <t>378 100,00</t>
   </si>
   <si>
     <t>dr Anna Górska</t>
   </si>
   <si>
-    <t>12 620-56-00</t>
-[...1 lines deleted...]
-  <si>
     <t>an.gorska@uj.edu.pl</t>
   </si>
   <si>
-    <t>Katedra Technologii Postaci Leku i Biofarmacji</t>
-[...1 lines deleted...]
-  <si>
     <t>SONATA 20</t>
   </si>
   <si>
     <t>Kampus Bez Granic - Wzmocnienie Potencjału Umiędzynarodowienia Collegium Medicum</t>
   </si>
   <si>
     <t>NAWA</t>
   </si>
   <si>
     <t>https://nawa.gov.pl/</t>
   </si>
   <si>
     <t>2027-09-30</t>
   </si>
   <si>
     <t>495 556,00 PLN</t>
   </si>
   <si>
     <t>mgr Konrad Kuliński</t>
   </si>
   <si>
     <t>012 433 27 88</t>
   </si>
   <si>
     <t>konrad.kulinski@uj.edu.pl</t>
   </si>
   <si>
     <t>Jakub Papuczys</t>
   </si>
   <si>
     <t>012 433 27 86</t>
   </si>
   <si>
     <t>jakub.papuczys@uj.edu.pl</t>
   </si>
   <si>
     <t xml:space="preserve">Centrum Zarządzania Projektami </t>
   </si>
   <si>
     <t>NAWA - Welcome to Poland 2024</t>
   </si>
   <si>
     <t>Opracowanie selektywnych inhibitorów kinaz CDK2/5 jako innowacyjne podejście w poszukiwaniu skutecznej i bezpiecznej terapii glejaków</t>
   </si>
   <si>
-    <t>NCBR</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.gov.pl/web/ncbr</t>
   </si>
   <si>
     <t>2028-10-01</t>
   </si>
   <si>
     <t>1 725 765</t>
   </si>
   <si>
     <t xml:space="preserve">1 725 765 </t>
   </si>
   <si>
     <t>dr Dawid Panek</t>
   </si>
   <si>
     <t>12 620 54 50</t>
   </si>
   <si>
     <t>dawid.panek@uj.edu.pl</t>
   </si>
   <si>
     <t>Zakład Fizykochemicznej Analizy Leku</t>
   </si>
   <si>
     <t>LIDER 15</t>
   </si>
   <si>
     <t>Zwiększenie potencjału i konkurencyjności polskiej gospodarki w zakresie innowacyjnych terapii i leków przyszłości, poprzez rozwój Centrum Badawczo-Rozwojowego oraz metod i narzędzi badawczych, jako odpowiedź na potrzeby społeczne w obszarze zdrowia publicznego.</t>
   </si>
   <si>
-    <t>2029-12-31</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">238 401 739,95 zł </t>
   </si>
   <si>
     <t xml:space="preserve">5 334 081,25 zł </t>
   </si>
   <si>
     <t>prof. dr hab. Krzysztof Kamiński</t>
   </si>
   <si>
     <t>k.kaminski@uj.edu.pl</t>
   </si>
   <si>
     <t xml:space="preserve">Barbara Sporek </t>
   </si>
   <si>
     <t>Zakład Chemii Leków, Katedra Chemii Farmaceutycznej</t>
   </si>
   <si>
-    <t>SMART - konsorcja</t>
-[...1 lines deleted...]
-  <si>
     <t>Fluorochinolonowe ciecze jonowe nowej generacji: skuteczne środki antybiofilmowe.</t>
   </si>
   <si>
     <t>2025-09-15</t>
   </si>
   <si>
     <t>2028-09-14</t>
   </si>
   <si>
     <t>1 310 280,00</t>
   </si>
   <si>
     <t>295 240,00</t>
   </si>
   <si>
     <t>prof. dr hab. Magdalena Strus</t>
   </si>
   <si>
     <t xml:space="preserve"> 12 633-0877</t>
   </si>
   <si>
     <t>magdalena.strus@uj.edu.pl</t>
   </si>
   <si>
     <t>Hybrydowy tomograf rezonansu magnetycznego z pozytonową tomografią emisyjną (MRI/PET)</t>
@@ -686,53 +728,50 @@
   <si>
     <t>kornelia.klis@uj.edu.pl</t>
   </si>
   <si>
     <t>Klinika Neurochirurgii i Neurotraumatologii</t>
   </si>
   <si>
     <t>Hamowanie sprzężenia NMDAR i TRPM4 - nadzieja na nowy cel terapeutyczny w leczeniu niedokrwiennego uszkodzenia mózgu.</t>
   </si>
   <si>
     <t>2024-11-28</t>
   </si>
   <si>
     <t>2029-11-27</t>
   </si>
   <si>
     <t>4 326 486,00</t>
   </si>
   <si>
     <t>12 62-05-630</t>
   </si>
   <si>
     <t xml:space="preserve"> bartosz.pomierny@uj.edu.pl</t>
   </si>
   <si>
-    <t xml:space="preserve"> 12 433 27 92</t>
-[...1 lines deleted...]
-  <si>
     <t>SONATA BIS 13</t>
   </si>
   <si>
     <t>Dualni stronniczy agoniści receptorów 5-HT1A i 5-HT7 aktywujący receptor sigma-1 w poszukiwaniu innowacyjnego selenowego leku o szybkim działaniu przeciwdepresyjnym i prokognitywnym</t>
   </si>
   <si>
     <t>2025-02-17</t>
   </si>
   <si>
     <t>2029-02-16</t>
   </si>
   <si>
     <t>3 015 840,00</t>
   </si>
   <si>
     <t>prof. dr hab. Karolina Pytka</t>
   </si>
   <si>
     <t>12 620 55 30</t>
   </si>
   <si>
     <t>karolina.pytka@uj.edu.pl</t>
   </si>
   <si>
     <t>12 433 27 92</t>
@@ -971,212 +1010,203 @@
   <si>
     <t>2025-06-02</t>
   </si>
   <si>
     <t>2028-04-30</t>
   </si>
   <si>
     <t xml:space="preserve">13 920 217,50 zł </t>
   </si>
   <si>
     <t>Wysokość wkładu Funduszy Europejskich: 11 832 184,88</t>
   </si>
   <si>
     <t>prof. dr hab. Marcin Kołaczkowski</t>
   </si>
   <si>
     <t>12 620 54 13</t>
   </si>
   <si>
     <t xml:space="preserve">marcin.kolaczkowski@uj.edu.pl  </t>
   </si>
   <si>
     <t>Wydział Farmaceutyczny</t>
   </si>
   <si>
-    <t>Ból dolnego odcinka pleców – złożony problem zdrowotny. Analiza podłoża anatomicznego, genetycznego, chorób współistniejących i technik leczenia operacyjnego</t>
+    <t>Przeciwneurozapalne i przeciwdepresyjne działanie mycelialnych kultur in vitro wybranych grzybów jadalnych wzbogaconych cynkiem</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2028-02-02</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 209 023,00</t>
+  </si>
+  <si>
+    <t>mgr Jan Lazur</t>
+  </si>
+  <si>
+    <t>jan.lazur@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Biotechnologii Roślin i Grzybów Leczniczych</t>
+  </si>
+  <si>
+    <t>PRELUDIUM 23</t>
+  </si>
+  <si>
+    <t>EUVABECO_Europejska Strategia Szczepień po COVID-19</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/web/nauka</t>
+  </si>
+  <si>
+    <t>https://euvabeco.eu/</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>2026-06-30</t>
+  </si>
+  <si>
+    <t>2 005 481, 00 PLN</t>
+  </si>
+  <si>
+    <t>360 986, 00 PLN</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Mariusz Duplaga</t>
+  </si>
+  <si>
+    <t>12 433 28 27</t>
+  </si>
+  <si>
+    <t>mariusz.duplaga@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katarzyna Gubernat</t>
+  </si>
+  <si>
+    <t>12 433 27 87</t>
+  </si>
+  <si>
+    <t>katarzyna.gubernat@uj.edu.pl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekt Międzynarodowy Współfinansowany </t>
+  </si>
+  <si>
+    <t>Proces autofagii w autoimmunologicznych zapaleniach naczyń – podejście multiomiczne</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>2030-03-25</t>
+  </si>
+  <si>
+    <t>dr. hab. Marcin Surmiak</t>
+  </si>
+  <si>
+    <t>12 430-52-66 WEW. 238</t>
+  </si>
+  <si>
+    <t>marcin.surmiak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>II Katedra Chorób Wewnętrznych im. Profesora Andrzeja Szczeklika</t>
+  </si>
+  <si>
+    <t>SONATA BIS 14</t>
+  </si>
+  <si>
+    <t>MicroAIvag - Innowacyjne wykorzystanie sztucznej inteligencji do diagnostyki zakażeń pochwy</t>
+  </si>
+  <si>
+    <t>Agencja Badań Medycznych, ABM</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2 029 130,08 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kierownik merytoryczny Przedsięwzięcia: dr hab. n. med. Monika Brzychczy-Włoch </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 633-0877 w.225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">m.brzychczy-wloch@uj.edu.pl </t>
+  </si>
+  <si>
+    <t>mgr inż. Barbara Sporek</t>
+  </si>
+  <si>
+    <t>Zakład Molekularnej Mikrobiologii Medycznej</t>
+  </si>
+  <si>
+    <t>Konkurs dla jednostek naukowych na realizację badań o charakterze aplikacyjnym w obszarze biomedycznym (2024/ABM/03/KPO)</t>
+  </si>
+  <si>
+    <t>Immunoterapia adoptywna CAR-T w leczeniu przewodowego raka trzustki: przeprowadzenie fazy rozwojowej badanego produktu leczniczego terapii zaawansowanej</t>
+  </si>
+  <si>
+    <t>11 677 984,38 zł</t>
+  </si>
+  <si>
+    <t>Kierownik merytoryczny Przedsięwzięcia: dr Marcin Piejko</t>
+  </si>
+  <si>
+    <t>12 257-83-21</t>
+  </si>
+  <si>
+    <t>marcin.piejko@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>12 4332798</t>
+  </si>
+  <si>
+    <t>Biobank UJCM</t>
+  </si>
+  <si>
+    <t>Historyczny zbiór Biblioteki Medycznej UJ CM: konserwacja, opracowanie, digitalizacja, udostępnienie</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/web/nauka/spoleczna-odpowiedzialnosc-nauki-ii</t>
+  </si>
+  <si>
+    <t>https://bm.cm.uj.edu.pl/pl/o-bibliotece/historia-i-osiagniecia-biblioteki/projekty-realizowane-w-bibliotece-medycznej/</t>
   </si>
   <si>
     <t>2024-12-01</t>
   </si>
   <si>
-    <t>2025-12-31</t>
-[...154 lines deleted...]
-  <si>
     <t>2026-11-30</t>
   </si>
   <si>
     <t>249 569,30 zł</t>
   </si>
   <si>
     <t>224 612,37 zł</t>
   </si>
   <si>
     <t>Anna Uryga</t>
   </si>
   <si>
     <t xml:space="preserve">12 658 02 72 </t>
   </si>
   <si>
     <t>anna.uryga@uj.edu.pl</t>
   </si>
   <si>
     <t>12 433 27 89</t>
   </si>
   <si>
     <t xml:space="preserve">Biblioteka Medyczna </t>
   </si>
   <si>
     <t>Społeczna Odpowiedzialność Nauki II</t>
@@ -1325,62 +1355,53 @@
   <si>
     <t>12 620 56 54</t>
   </si>
   <si>
     <t>kinga.gawlinska@uj.edu.pl</t>
   </si>
   <si>
     <t>Zaklad Farmacji Klinicznej</t>
   </si>
   <si>
     <t>SONATINA 8</t>
   </si>
   <si>
     <t>Celowana komórkowa sygnalizacja cząsteczek siarkowodoru jako brakujący klucz do fundamentalnej i klinicznej interpretacji schorzeń przełyku</t>
   </si>
   <si>
     <t>2024-12-06</t>
   </si>
   <si>
     <t>2029-12-05</t>
   </si>
   <si>
     <t xml:space="preserve"> 5 499 000,00</t>
   </si>
   <si>
-    <t>prof. dr hab. Marcin Magierowski</t>
-[...1 lines deleted...]
-  <si>
     <t>12 619-96-40</t>
   </si>
   <si>
-    <t>m.magierowski@uj.edu.pl</t>
-[...4 lines deleted...]
-  <si>
     <t>Sonata BIS</t>
   </si>
   <si>
     <t xml:space="preserve">OPI </t>
   </si>
   <si>
     <t>https://opi.org.pl/</t>
   </si>
   <si>
     <t>https://cdt-card.cm-uj.krakow.pl/pl/strona-glowna/o-projektach-2/o-projekcie-feng/</t>
   </si>
   <si>
     <t>2028-06-30</t>
   </si>
   <si>
     <t>33 936 081,66</t>
   </si>
   <si>
     <t>23 483 119,8</t>
   </si>
   <si>
     <t>dr inż. Magdalena Łopuszańska-Rusek</t>
   </si>
   <si>
     <t>12 433 27 65</t>
@@ -1568,68 +1589,50 @@
   <si>
     <t>https://euthyroid2.eu/</t>
   </si>
   <si>
     <t>2023-01-01</t>
   </si>
   <si>
     <t>2 567 165,00 EUR</t>
   </si>
   <si>
     <t>130 688 EUR</t>
   </si>
   <si>
     <t>prof.  Dr hab. Alicja Hubalewska-Dydejczyk</t>
   </si>
   <si>
     <t>12 400 23 00</t>
   </si>
   <si>
     <t>alicja.hubalewska-dydejczyk@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Endokrynologii</t>
   </si>
   <si>
-    <t>FACILITATE_Ramy ponownego wykorzystania danych uczestników badan klinicznych dla w pełni przejrzystego i etycznego ekosystemu/Framework for clinical trial participants data reutilization for a fully transparent and ethical ecosystem</t>
-[...16 lines deleted...]
-  <si>
     <t>Europejski magister w zdrowiu publicznym</t>
   </si>
   <si>
     <t>2030-08-31</t>
   </si>
   <si>
     <t>€ 3 312 000,00</t>
   </si>
   <si>
     <t>prof. Christoph Sowada</t>
   </si>
   <si>
     <t>12 43 32 8 33</t>
   </si>
   <si>
     <t>christoph.sowada@uj.edu.pl</t>
   </si>
   <si>
     <t>Anna Zaręba</t>
   </si>
   <si>
     <t>anna1.zareba@uj.edu.pl</t>
   </si>
   <si>
     <t>Instytut Zdrowia Publicznego</t>
@@ -1664,1361 +1667,1265 @@
   <si>
     <t>€ 400 000,00</t>
   </si>
   <si>
     <t>€ 55 400,00</t>
   </si>
   <si>
     <t>prof. Andrzej Kononowicz</t>
   </si>
   <si>
     <t>12 347 69 08</t>
   </si>
   <si>
     <t>andrzej.kononowicz@uj.edu.pl</t>
   </si>
   <si>
     <t>Zakład Bioinformatyki i Telemedycyny</t>
   </si>
   <si>
     <t>Adaptacja kultrowa i dostosowanie do systemu opieki zdrowotnej wrtualnych pacjentów jako elektronicznych zasobów edukacyjnych do wspólnej nauki dla Azji Południowo-Wschodniej</t>
   </si>
   <si>
     <t>758 650,45 €</t>
   </si>
   <si>
-    <t>Zrównoważona mechanochemiczna synteza stronniczych i klatkowych ligandów receptora 5-HT6</t>
-[...11 lines deleted...]
-    <t>dr Vittorio Canale</t>
+    <t>Podwójne uderzenie w ścieżkę sygnalizacyjną NF-κB w walce z chorobami wywołanymi stanem zapalnym – opracowanie związków indukujących degradację TAK1 i IKKß</t>
+  </si>
+  <si>
+    <t>2024-01-09</t>
+  </si>
+  <si>
+    <t>2028-01-08</t>
+  </si>
+  <si>
+    <t>2 061 296,00 zł</t>
+  </si>
+  <si>
+    <t>prof. Dr hab. Anna Więckowska</t>
+  </si>
+  <si>
+    <t>(12) 620 54 65</t>
+  </si>
+  <si>
+    <t>anna.wieckowska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chemii Farmaceutycznej</t>
+  </si>
+  <si>
+    <t>OPUS 24</t>
+  </si>
+  <si>
+    <t>Interactive TEAching of Medical 3D cardiac anatomy supported by Mixed Reality</t>
+  </si>
+  <si>
+    <t>2023-09-01</t>
+  </si>
+  <si>
+    <t>400 000,00 €</t>
+  </si>
+  <si>
+    <t>938 410,50 zł</t>
+  </si>
+  <si>
+    <t>dr inż. Klaudia Proniewska</t>
+  </si>
+  <si>
+    <t>klaudia.proniewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Prolactinoma oporne na leczenie kabergoliną</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>Warstwy bioaktywne z przeznaczeniem do celów farmaceutycznych</t>
+  </si>
+  <si>
+    <t>374 800,06 PLN</t>
+  </si>
+  <si>
+    <t>Prof. dr hab. Przemysław Dorożyński</t>
+  </si>
+  <si>
+    <t>12 620 54 80</t>
+  </si>
+  <si>
+    <t>przemyslaw.dorozynski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>12 433 2798</t>
+  </si>
+  <si>
+    <t>Zakład Chemii Nieorganicznej</t>
+  </si>
+  <si>
+    <t>Doktorat wdrożeniowy 2024</t>
+  </si>
+  <si>
+    <t>Telemedycznie Zintegrowane Polsko-Niemieckie Centrum Onkologii Dziecięcej w Euroregionie Pomerania 2.0 - zastosowanie i zbadanie innowacyjnych technologii</t>
+  </si>
+  <si>
+    <t>Wspólny Sekretariat INTERREG VIA</t>
+  </si>
+  <si>
+    <t>https://www.interreg6a.net/pl/</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>2027-03-31</t>
+  </si>
+  <si>
+    <t>2 591 981,96 €</t>
+  </si>
+  <si>
+    <t>137 944,40 €</t>
+  </si>
+  <si>
+    <t>dr Aleksandra Wieczorek</t>
+  </si>
+  <si>
+    <t>12 333 92 21</t>
+  </si>
+  <si>
+    <t>a.wieczorek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Konrad Kuliński</t>
+  </si>
+  <si>
+    <t>Klinika Onkologii i Hematologii Dziecięcej</t>
+  </si>
+  <si>
+    <t>INTERREG VIA INT01/2023 – wszystkie priorytety</t>
+  </si>
+  <si>
+    <t>Utworzenie i wsparcie funkcjonowania branżowego centrum umiejętności (BCU) w dziedzinie opieki medycznej w Zespole Jednostek Edukacyjnych Województwa Małopolskiego w Krakowie</t>
+  </si>
+  <si>
+    <t>FRSE</t>
+  </si>
+  <si>
+    <t>https://www.zjewm.krakow.pl/projekty-unijne/branzowe-centrum-umiejetnosci/</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>11 620 487,23 zł</t>
+  </si>
+  <si>
+    <t>465 500,00 zł</t>
+  </si>
+  <si>
+    <t>Dr hab. Iwona Bodys-Cupak, prof. UJ</t>
+  </si>
+  <si>
+    <t>126 336 259</t>
+  </si>
+  <si>
+    <t>i.bodys-cupak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Iwona Wcisło</t>
+  </si>
+  <si>
+    <t>13 433 27 98</t>
+  </si>
+  <si>
+    <t>Pracownia Teorii i Podstaw Pielęgniarstwa Instytut Pielęgniarstwa i Położnictwa, Instytut Pielęgniarstwa i Położnictwa</t>
+  </si>
+  <si>
+    <t>konkurs&amp;quot; Utworzenie i wsparcie funkcjonowania 120 branżowych centrów umiejętności (BCU), realizujących koncepcję centrów doskonałości zawodowej (CoVEs)&amp;quot; nabór 2022. Krajowego Planu Odbudowy i Zwiększania Odporności</t>
+  </si>
+  <si>
+    <t>Nowa metoda przesiewowej diagnostyki tętniaka tętnicy środkowej mózgu - analiza sygnału przezczaszkowej ultrasonografii dopplerowskiej z zastosowaniem metod sztucznej inteligencji</t>
+  </si>
+  <si>
+    <t>2023-04-01</t>
+  </si>
+  <si>
+    <t>2026-04-01</t>
+  </si>
+  <si>
+    <t>1 215 875,00 zł</t>
+  </si>
+  <si>
+    <t>dr Roger Krzyżewski</t>
+  </si>
+  <si>
+    <t>roger.krzyzewski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Barbara Sporek</t>
+  </si>
+  <si>
+    <t>12 433 27 98</t>
+  </si>
+  <si>
+    <t>LIDER XIII</t>
+  </si>
+  <si>
+    <t>Zastosowanie farmakometrii do oceny nieliniowości farmakokinetyki i efektu autoinhibicji w procesie rozwoju leku</t>
+  </si>
+  <si>
+    <t>MEiN</t>
+  </si>
+  <si>
+    <t>2022-10-01</t>
+  </si>
+  <si>
+    <t>324 077,36 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Maria Walczak, prof. UJ</t>
+  </si>
+  <si>
+    <t>12 620-56-31</t>
+  </si>
+  <si>
+    <t>maria.walczak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Doktorat wdrożeniowy VI</t>
+  </si>
+  <si>
+    <t>Rozwój ujednoliconego modelu do ilościowej oceny metabolizmu związanego z cytochromem P450</t>
+  </si>
+  <si>
+    <t>dr hab. Gniewomir Latacz</t>
+  </si>
+  <si>
+    <t>12 620-55-80</t>
+  </si>
+  <si>
+    <t>gniewomir.latacz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Technologii i Biotechnologii Środków Leczniczych</t>
+  </si>
+  <si>
+    <t>Projekt Flagowy - Centre for Brain Research</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE Priorytetowy Obszar Badawczy FutureSoc w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://id.uj.edu.pl/</t>
+  </si>
+  <si>
+    <t>https://cbm.uj.edu.pl/</t>
+  </si>
+  <si>
+    <t>3 717 122,00 zł</t>
+  </si>
+  <si>
+    <t>600 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Michał Wierzchoń</t>
+  </si>
+  <si>
+    <t>nd</t>
+  </si>
+  <si>
+    <t>michal.wierzchon@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Magdalena Pałyga</t>
+  </si>
+  <si>
+    <t>506 836 985</t>
+  </si>
+  <si>
+    <t>magdalena.palyga@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Centrum Badań Mózgu</t>
+  </si>
+  <si>
+    <t>Projekt Flagowy - Center for Theranostics</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE oraz Priorytetowy Obszar Badawczy SciMat w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://centhe.id.uj.edu.pl/start</t>
+  </si>
+  <si>
+    <t>4 340 492,00 zł</t>
+  </si>
+  <si>
+    <t>2 150 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Paweł Moskal</t>
+  </si>
+  <si>
+    <t>p.moskal@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Centrum Teranostyki</t>
+  </si>
+  <si>
+    <t>Zaprojektowanie funkcjonalnych pęcherzyków zewnątrzkomórkowych do celowego dostarczania radiofarmaceutyków</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE w ramach programu strategicznego Inicjatywa Doskonałości w Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://qlife.cm-uj.krakow.pl/</t>
+  </si>
+  <si>
+    <t>2023-03-01</t>
+  </si>
+  <si>
+    <t>178 623,80 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Magdalena Kostkiewicz</t>
+  </si>
+  <si>
+    <t>magdalena.kostkiewicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika Chorób Serca i Naczyń</t>
+  </si>
+  <si>
+    <t>Konkurs #14 - Dofinansowanie kosztów stypendium doktoranckiego dla doktorantów realizujących program doktorski w Szkole Doktorskiej Nauk Medycznych i Nauk o Zdrowiu UJ CM</t>
+  </si>
+  <si>
+    <t>Priorytetowy Obszar Badawczy qLIFE (ID.UJ)</t>
+  </si>
+  <si>
+    <t>2020-01-01</t>
+  </si>
+  <si>
+    <t>468 504 720,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centrum Zarządzania Projektami UJ CM </t>
+  </si>
+  <si>
+    <t>Program „Inicjatywa doskonałości – uczelnia badawcza” (IDUB)</t>
+  </si>
+  <si>
+    <t>Program Strategiczny Inicjatywa Doskonałości na Uniwersytecie Jagiellońskim</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/web/nauka/program-inicjatywa-doskonalosci--uczelnia-badawcza</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Wojciech Macyk</t>
+  </si>
+  <si>
+    <t>biuro.id@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Aneta Łapczuk</t>
+  </si>
+  <si>
+    <t>(12) 663 30 24</t>
+  </si>
+  <si>
+    <t>Centrum Wsparcia Projektów UJ</t>
+  </si>
+  <si>
+    <t>Innowacje w edukacji i praktyce medycznej (InnoWMed) – Podnoszenie kompetencji kadr medycznych w zakresie edukacji, medycyny translacyjnej, technik obliczeniowych, technik wizualizacji 3D z elementami Sztucznej Inteligencji</t>
+  </si>
+  <si>
+    <t>Agencja Badań Medycznych ABM</t>
+  </si>
+  <si>
+    <t>https://abm.gov.pl/</t>
+  </si>
+  <si>
+    <t>https://www.mckp.uj.edu.pl/studiaabm/</t>
+  </si>
+  <si>
+    <t>4 351 254,64 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Barbara Gryglewska</t>
+  </si>
+  <si>
+    <t>12 400 29 00</t>
+  </si>
+  <si>
+    <t>barbara.gryglewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Agnieszka Widawska</t>
+  </si>
+  <si>
+    <t>12 433 27 93</t>
+  </si>
+  <si>
+    <t>a.widawska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Klinika i Katedra Chorób Wewnętrznych i Geriatrii</t>
+  </si>
+  <si>
+    <t>Konkurs na opracowanie i realizację autorskiego programu studiów podyplomowych z zakresu nauk biomedycznych ABM/2023/6</t>
+  </si>
+  <si>
+    <t>Ocena skuteczności i bezpieczeństwa stosowania jodowych w środków kontrastowych w mammografii spektralnej w korelacji z badaniem rezonansu magnetycznego piersi u chorych z podejrzeniem raka piersi</t>
+  </si>
+  <si>
+    <t>2029-05-31</t>
+  </si>
+  <si>
+    <t>12 401 918,20 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Elżbieta Łuczyńska, prof. UJ</t>
+  </si>
+  <si>
+    <t>12 634 33 97 WEW.25</t>
+  </si>
+  <si>
+    <t>elzbieta.luczynska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Natalia Dziewońska</t>
+  </si>
+  <si>
+    <t>519 307 933</t>
+  </si>
+  <si>
+    <t>natalia.dziewonska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Elektroradiologii</t>
+  </si>
+  <si>
+    <t>Konkurs na badania head-to-head w zakresie niekomercyjnych badań klinicznych lub eksperymentów badawczych ABM/2022/3</t>
+  </si>
+  <si>
+    <t>The effect of noradrenaline infusion versus standard blood pressure management on perioperative HYPotension in NOncaRdiac surgery (HYP-NOR trial). The HYP-NOR randomised, controlled, parallel-group trial will address the following question: is per...</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>7 807 521,20 zł</t>
+  </si>
+  <si>
+    <t>Dominika Gryszówka</t>
+  </si>
+  <si>
+    <t>532 409 117</t>
+  </si>
+  <si>
+    <t>dominika.gryszowka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Wieloośrodkowe, kontrolowane, randomizowane badanie kliniczne porównujące skuteczność auto- i allogenicznych mezenchymalnych komórek stromalnych w gojeniu przetok odbytu powstałych w przebiegu choroby Leśniowskiego i Crohna</t>
+  </si>
+  <si>
+    <t>2022-08-01</t>
+  </si>
+  <si>
+    <t>2028-07-30</t>
+  </si>
+  <si>
+    <t>12 554 850,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Wałęga</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 12 257-83-21, 12 633-19-95</t>
+  </si>
+  <si>
+    <t>piotr.walega@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;amp;quot;Klinika Chirurgii Ogólnej, Onkologicznej i Geriatrycznej III Katedra Chirurgii Ogólnej&amp;amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Konkurs na niekomercyjne badania kliniczne ABM/2022/1</t>
+  </si>
+  <si>
+    <t>Zastosowanie terapii tandemowej LutaPol/ItraPol (177Lu/90Y-DOTATATE) jako skutecznego narzędzia w leczeniu nowotworów neuroendokrynnych</t>
+  </si>
+  <si>
+    <t>2020-06-15</t>
+  </si>
+  <si>
+    <t>2026-06-15</t>
+  </si>
+  <si>
+    <t>16 225.166,35 zł</t>
+  </si>
+  <si>
+    <t>458 562,96 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Alicja Hubalewska-Dydejczyk</t>
+  </si>
+  <si>
+    <t>572 337 659</t>
+  </si>
+  <si>
+    <t>Klinika i Katedra Endokrynologii</t>
+  </si>
+  <si>
+    <t>Konkurs na działalność badawczo – rozwojową w zakresie niekomercyjnych badań klinicznych ABM/2019/1</t>
+  </si>
+  <si>
+    <t>Immunoterapia z zastosowaniem dinutuksymabu beta skojarzona z chemioterapią w leczeniu pacjentów z neuroblastoma pierwotnie opornym na leczenie standardowe oraz ze wznową lub progresją choroby</t>
+  </si>
+  <si>
+    <t>Głównym celem badania jest ocena bezpieczeństwa podawania przeciwciał anty-GD2 w połączeniu z konwencjonalną chemioterapią oraz wstępna ocena skuteczności terapii.</t>
+  </si>
+  <si>
+    <t>2021-01-01</t>
+  </si>
+  <si>
+    <t>17 168 744,64 zł</t>
+  </si>
+  <si>
+    <t>958 435,04 zł</t>
+  </si>
+  <si>
+    <t>prof. dr. hab. Walentyna Balwierz</t>
+  </si>
+  <si>
+    <t>12 333 92 20, 12 333 92 21</t>
+  </si>
+  <si>
+    <t>walentyna.balwierz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Beata Michalak</t>
+  </si>
+  <si>
+    <t>512 749 452</t>
+  </si>
+  <si>
+    <t>beata.michalak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;amp;quot;Klinika Onkologii i Hematologii Dziecięcej Instytut Pediatrii&amp;amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Konkurs na działalność badawczo – rozwojową w zakresie niekomercyjnych badań klinicznych ABM/2020/1</t>
+  </si>
+  <si>
+    <t>Przedoperacyjna chemioterapia dootrzewnowa w hipertermii uzupełniająca leczenie skojarzone w zaawansowanym raku żołądka z wysokim ryzykiem nawrotu otrzewnowego – badanie wieloośrodkowe  z randomizacją</t>
+  </si>
+  <si>
+    <t>https://chimera.cm-uj.krakow.pl/</t>
+  </si>
+  <si>
+    <t>2020-07-01</t>
+  </si>
+  <si>
+    <t>9 640 999,72 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Richter</t>
+  </si>
+  <si>
+    <t>12 400 24 00</t>
+  </si>
+  <si>
+    <t>piotr.richter@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>&amp;amp;amp;quot;Klinika Chirurgii Ogólnej, Onkologicznej i Gastroenterologicznej I Katedra Chirurgii Ogólnej&amp;amp;amp;quot;</t>
+  </si>
+  <si>
+    <t>Ivabradine for PREVENTion of Myocardial Injury after Noncardiac Surgery (MINS) – PREVENT-MINS Trial</t>
+  </si>
+  <si>
+    <t>16 968.518,00 zł</t>
+  </si>
+  <si>
+    <t>Innowacyjny model predykcyjny dla skuteczności leczenia atopowego zapalenia skóry dupilumabem</t>
+  </si>
+  <si>
+    <t>https://www.gov.pl/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.gov.pl/ </t>
+  </si>
+  <si>
+    <t>2023-08-28</t>
+  </si>
+  <si>
+    <t>2026-11-27</t>
+  </si>
+  <si>
+    <t>239 948,00 zł</t>
+  </si>
+  <si>
+    <t>Przemysław Hałubiec</t>
+  </si>
+  <si>
+    <t>12 424 86 62</t>
+  </si>
+  <si>
+    <t>przemyslaw.halubiec@student.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Dermatologii</t>
+  </si>
+  <si>
+    <t>Perły Nauki</t>
+  </si>
+  <si>
+    <t>Dysfunkcja naczyń krwionośnych po chemioterapii neoadjuwantowej raka gruczołu sutkowego. Znaczenie stanu menopauzalnego i estrogenów</t>
+  </si>
+  <si>
+    <t>2024-07-10</t>
+  </si>
+  <si>
+    <t>2027-10-09</t>
+  </si>
+  <si>
+    <t>1 996 246,00 zł</t>
+  </si>
+  <si>
+    <t>dr Piotr Szczepaniak</t>
+  </si>
+  <si>
+    <t>12 630 48 22</t>
+  </si>
+  <si>
+    <t>piotr.szczepaniak@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Chorób Wewnętrznych i Medycyny Wsi</t>
+  </si>
+  <si>
+    <t>Alfa-mannozydazy szlaku N-glikozylacji białek w komórkach nabłonkowych przewodu pokarmowego. Badania nad ich rolą w modulowaniu glikomu oraz przepuszczalności bariery jelitowej w warunkach fizjologicznych i pod presją stanu zapalnego</t>
+  </si>
+  <si>
+    <t>2023-04-18</t>
+  </si>
+  <si>
+    <t>2029-04-17</t>
+  </si>
+  <si>
+    <t>4 064 186,00 zł</t>
+  </si>
+  <si>
+    <t>dr Paweł Link-Lenczowski</t>
+  </si>
+  <si>
+    <t>12 634 33 97 wew. 33</t>
+  </si>
+  <si>
+    <t>p.link-lenczowski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Fizjologii Medycznej</t>
+  </si>
+  <si>
+    <t>SONATA BIS 12</t>
+  </si>
+  <si>
+    <t>Czy nanocząstki metali wpływają na biosyntezę bioaktywnych metabolitów roślinnych? - badania na modelu kultur in vitro gatunków z rodziny Brassicaceae o działaniu prozdrowotnym</t>
+  </si>
+  <si>
+    <t>2024-01-19</t>
+  </si>
+  <si>
+    <t>2029-01-18</t>
+  </si>
+  <si>
+    <t>1 223 520,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Agnieszka Szopa</t>
+  </si>
+  <si>
+    <t>12 620 54 30</t>
+  </si>
+  <si>
+    <t>a.szopa@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 25</t>
+  </si>
+  <si>
+    <t>Identyfikacja kluczowych dysfunkcji morfologicznych,proteomicznych i genomicznych ludzkiego węzła przedsionkowo-komorowego w niewydolności serca</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>2028-10-29</t>
+  </si>
+  <si>
+    <t>3 554 000,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Mateusz Hołda</t>
+  </si>
+  <si>
+    <t>12 422-95-11</t>
+  </si>
+  <si>
+    <t>mk.holda@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Pierwsze w swojej klasie dualne modulatory kinaz nekroptozy i receptora 5-HT6 jako nowatorskie podejście w opracowaniu skutecznej terapii chorób neurodegeneracyjnych z defektem kognitywnym</t>
+  </si>
+  <si>
+    <t>2028-07-09</t>
+  </si>
+  <si>
+    <t>3 088 400,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Jadwiga Handzlik</t>
+  </si>
+  <si>
+    <t>j.handzlik@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 26</t>
+  </si>
+  <si>
+    <t>Określenie wpływu czynnika transkrypcyjnego SNAIL1 na biologię nowotworowych komórek macierzystych w modelu mięsaka prążkowanokomórkowego</t>
+  </si>
+  <si>
+    <t>2023-06-27</t>
+  </si>
+  <si>
+    <t>2028-06-26</t>
+  </si>
+  <si>
+    <t>3 024 990,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Marcin Majka</t>
+  </si>
+  <si>
+    <t>marcin.majka@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Immunologii Klinicznej i Transplantologii</t>
+  </si>
+  <si>
+    <t>Modulacja N-glikozylacji jako narzędzie zwiększające skuteczność terapii CAR-T</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>2028-06-19</t>
+  </si>
+  <si>
+    <t>3 075 728,00 zł</t>
+  </si>
+  <si>
+    <t>278 404,00 zł</t>
+  </si>
+  <si>
+    <t>Nieokreślona rola białka Dickkopf-related protein 1 (DKK1) pochodzącego z płytek krwi w patomechanizmie spondyloartropatii osiowej (axSpA)</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>2028-01-31</t>
+  </si>
+  <si>
+    <t>1 815 340,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Maciej Siedlar</t>
+  </si>
+  <si>
+    <t>maciej.siedlar@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>OPUS 23</t>
+  </si>
+  <si>
+    <t>Aminokwasy wśród biomarkerów ciśnienia krwi - wnioskowanie przyczynowe z użyciem metod genetycznych, epidemiologicznych i molekularnych</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NCN </t>
+  </si>
+  <si>
+    <t>2023-01-16</t>
+  </si>
+  <si>
+    <t>2028-01-15</t>
+  </si>
+  <si>
+    <t>1 423 740,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Mateusz Siedliński</t>
+  </si>
+  <si>
+    <t>mateusz.siedlinski@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Rola komórek śródbłonka w rozwoju pozapalnej kardiomiopatii rozstrzeniowej</t>
+  </si>
+  <si>
+    <t>2023-10-01</t>
+  </si>
+  <si>
+    <t>688 080,00 zł</t>
+  </si>
+  <si>
+    <t>Prof.dr hab. Przemysław Błyszczuk, prof. UJ</t>
+  </si>
+  <si>
+    <t>PRELUDIUM BIS 3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Właściwości skrzepu fibrynowego u pacjentów z całkowitą lub częściową niewydolnością oddechową w trakcie kwalifikacji oraz po 3 miesiącach przewlekłej długotrwałej suplementacji tlenu lub nieinwazyjnej wentylacji mechanicznej w warunkach domowych </t>
+  </si>
+  <si>
+    <t>498 960,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Michał Ząbczyk</t>
+  </si>
+  <si>
+    <t>12 614-30-04</t>
+  </si>
+  <si>
+    <t>michal.zabczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Chorób Zatorowo-Zakrzepowych</t>
+  </si>
+  <si>
+    <t>PRELUDIUM BIS 5</t>
+  </si>
+  <si>
+    <t>Anatomia oponowych połączeń tętnic mózgowych w aspekcie krążenia obocznego w udarze niedokrwiennym</t>
+  </si>
+  <si>
+    <t>2023-08-29</t>
+  </si>
+  <si>
+    <t>2027-08-29</t>
+  </si>
+  <si>
+    <t>239 800,00 zł</t>
+  </si>
+  <si>
+    <t>Karolina Brzegowy-Solewska</t>
+  </si>
+  <si>
+    <t>karolina.brzegowy@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Mikrobiom zatok przynosowych - dynamika czasowa i zmiany spowodowane przez selektywną presję antybiotykową</t>
+  </si>
+  <si>
+    <t>2024-07-30</t>
+  </si>
+  <si>
+    <t>2027-07-29</t>
+  </si>
+  <si>
+    <t>1 901 858,00 zł</t>
+  </si>
+  <si>
+    <t>dr Joanna Szaleniec</t>
+  </si>
+  <si>
+    <t>12 400 27 50</t>
+  </si>
+  <si>
+    <t>joanna.szaleniec@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Otolaryngologii</t>
+  </si>
+  <si>
+    <t>Zastosowanie mikrosystemów Cell-on-a-chip do badań przebiegu oraz monitorowania leczenia obwodowych chorób demielinizacyjnych o podłożu autoimmunizacyjnym</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>2027-07-23</t>
+  </si>
+  <si>
+    <t>1 839 028,00 zł</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 443 348,00 zł </t>
+  </si>
+  <si>
+    <t>dr Marzena Lenart</t>
+  </si>
+  <si>
+    <t>m.lenart@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Badania nad aktywnością przeciwzapalną ligandów GPR18 oraz ich udziałem w modulacji fenotypów mikrogleju - nowego celu terapii stanów zapalnych ośrodkowego układu nerwowego</t>
+  </si>
+  <si>
+    <t>2022-07-18</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>1 996 530,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Dorota Łażewska</t>
+  </si>
+  <si>
+    <t>dorota.lazewska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Technologii Chemicznej i Biotechnologii Leków</t>
+  </si>
+  <si>
+    <t>OPUS 22</t>
+  </si>
+  <si>
+    <t>Rozwój i różnicowanie populacji mieloidalnych komórek supresorowych „wczesnego stadium” (e-MDSCs) w raku jelita grubego – rola anemii</t>
+  </si>
+  <si>
+    <t>2023-07-14</t>
+  </si>
+  <si>
+    <t>2027-07-13</t>
+  </si>
+  <si>
+    <t>2 080 100,00 zł</t>
+  </si>
+  <si>
+    <t>1 520 120,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Jarosław Baran, prof. UJ</t>
+  </si>
+  <si>
+    <t>jarek.baran@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Oś jelitowo-mózgowa płodu jako obiecujący klucz do rozszyfrowania źródeł zaburzeń ze spektrum autyzmu</t>
+  </si>
+  <si>
+    <t>2024-07-08</t>
+  </si>
+  <si>
+    <t>2027-07-07</t>
+  </si>
+  <si>
+    <t>2 332 860,00 zł</t>
+  </si>
+  <si>
+    <t>dr inż. Kinga Gawlińska</t>
+  </si>
+  <si>
+    <t>12 620-56-54</t>
+  </si>
+  <si>
+    <t>Flozyny jako potencjalne inhibitory progresji stenozy aortalnej u pacjentów z towarzyszącą cukrzycą typu 2: wpływ na wapnienie i remodeling zastawki w badaniu nierandomizowanym</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>2027-07-03</t>
+  </si>
+  <si>
+    <t>1 555 600,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Joanna Natorska</t>
+  </si>
+  <si>
+    <t>joanna.natorska@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Selektywne hamowanie kinaz Janusowych w leczeniu autoimmunologicznego zapalenia wątroby: Translacyjne modelowanie PK/PD od poziomu molekularnego do populacyjnego</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>2027-06-24</t>
+  </si>
+  <si>
+    <t>1 507 180,00 zł</t>
+  </si>
+  <si>
+    <t>dr Artur Świerczek</t>
+  </si>
+  <si>
+    <t>12 620-57-20</t>
+  </si>
+  <si>
+    <t>artur.swierczek@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Farmakokinetyki i Farmacji Fizycznej</t>
+  </si>
+  <si>
+    <t>Połączenie inhibicji enzymu FAAH z działaniem poprzez receptor serotoninowy 5-HT6 jako pionierskie podejście do walki z chorobą Alzheimera</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>2027-02-21</t>
+  </si>
+  <si>
+    <t>209 984,00 zł</t>
+  </si>
+  <si>
+    <t>mgr Kinga Czarnota-Łydka</t>
+  </si>
+  <si>
+    <t>kinga.czarnota@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>PRELUDIUM 21</t>
+  </si>
+  <si>
+    <t>Nowe pozytywne allosteryczne modulatory transportera EAAT2 dla glutaminianu jako kandydaci do terapii chorób neurologicznych i psychiatrycznych</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>2027-02-06</t>
+  </si>
+  <si>
+    <t>2 884 054,00 zł</t>
+  </si>
+  <si>
+    <t>2 102 840,00 zł</t>
+  </si>
+  <si>
+    <t>Wpływ doustnych antykoagulantów: rivaroxabanu i dabigatranu, na rozwój i przebieg ostrego zapalenia trzustki wywołanego niedokrwieniem z następową reperfuzją</t>
+  </si>
+  <si>
+    <t>2022-02-03</t>
+  </si>
+  <si>
+    <t>2027-02-02</t>
+  </si>
+  <si>
+    <t>1 284 840,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Piotr Ceranowicz</t>
+  </si>
+  <si>
+    <t>12 424-76-00</t>
+  </si>
+  <si>
+    <t>piotr.ceranowicz@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Katedra Fizjologii</t>
+  </si>
+  <si>
+    <t>OPUS 21</t>
+  </si>
+  <si>
+    <t>Poszukiwanie nowych inhibitorów kinazy IKK-β w kontekście terapii chorób o podłożu neurodegeneracyjnym w oparciu o strukturę celu molekularnego z wykorzystaniem zaawansowanych metod obliczeniowych i krystalografii makromolekularnej.</t>
+  </si>
+  <si>
+    <t>2024-01-23</t>
+  </si>
+  <si>
+    <t>2027-01-22</t>
+  </si>
+  <si>
+    <t>210 000,00 zł</t>
+  </si>
+  <si>
+    <t>Emilia Sługocka</t>
+  </si>
+  <si>
+    <t>emilia.slugocka@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>PRELUDIUM 22</t>
+  </si>
+  <si>
+    <t>Receptor serotoninowy 5-HT7 jako cel w poszukiwaniu nowych strategii leczenia zaburzeń psychicznych</t>
+  </si>
+  <si>
+    <t>2024-01-17</t>
+  </si>
+  <si>
+    <t>2027-01-16</t>
+  </si>
+  <si>
+    <t>209 840,00 zł</t>
+  </si>
+  <si>
+    <t>Patryk Pyka</t>
+  </si>
+  <si>
+    <t>patryk98.pyka@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Modelowanie wypływu substancji pomocniczych na przenikanie leku przez skórę</t>
+  </si>
+  <si>
+    <t>2024-01-16</t>
+  </si>
+  <si>
+    <t>2027-01-15</t>
+  </si>
+  <si>
+    <t>209 960,00 zł</t>
+  </si>
+  <si>
+    <t>Laura Krumpholz</t>
+  </si>
+  <si>
+    <t>12 62-05-900</t>
+  </si>
+  <si>
+    <t>laura.krumpholz@doctoral.uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Farmacji Społecznej</t>
+  </si>
+  <si>
+    <t>Nic o nas bez nas? Etyka badań z grupami niedoreprezentowanymi na przykładzie osób głuchych</t>
+  </si>
+  <si>
+    <t>2024-01-12</t>
+  </si>
+  <si>
+    <t>2027-01-11</t>
+  </si>
+  <si>
+    <t>190 686,00 zł</t>
+  </si>
+  <si>
+    <t>Tomasz Krawczyk</t>
+  </si>
+  <si>
+    <t>12 634-33-97 WEW.16</t>
+  </si>
+  <si>
+    <t>tomasz.r.krawczyk@uj.edu.pl</t>
+  </si>
+  <si>
+    <t>Zakład Filozofii i Bioetyki</t>
+  </si>
+  <si>
+    <t>Terapeutyczny potencjał nowego proleku uwalniającego CO w gojeniu przewlekłych wrzodów żołądka</t>
+  </si>
+  <si>
+    <t>2023-11-08</t>
+  </si>
+  <si>
+    <t>2026-11-07</t>
+  </si>
+  <si>
+    <t>239 844,00 zł</t>
+  </si>
+  <si>
+    <t>Aleksandra Danielak</t>
+  </si>
+  <si>
+    <t>aleksandradanielak26@gmail.com</t>
+  </si>
+  <si>
+    <t>Układy przesycone jako uniwersalna platforma do rozwiązywania problemu trudnej rozpuszczalności substancji leczniczych</t>
+  </si>
+  <si>
+    <t>2020-10-30</t>
+  </si>
+  <si>
+    <t>2026-10-29</t>
+  </si>
+  <si>
+    <t>2 524 020,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Anna Krupa</t>
+  </si>
+  <si>
+    <t>akrupa@cm-uj.krakow.pl</t>
+  </si>
+  <si>
+    <t>SONATA BIS 9</t>
+  </si>
+  <si>
+    <t>Kompetencje zdrowotne a odporność na zdrowotny denializm i dezinformację</t>
+  </si>
+  <si>
+    <t>2022-04-01</t>
+  </si>
+  <si>
+    <t>976 360,00 zł</t>
+  </si>
+  <si>
+    <t>dr hab. Mariusz Duplaga, prof. UJ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Podwójni antagoniści receptora 5-HT3 i 5-HT6 w chorobach neuropsychiatrycznych i neurologicznych </t>
+  </si>
+  <si>
+    <t>2026-07-17</t>
+  </si>
+  <si>
+    <t>3 601 928,00 zł</t>
+  </si>
+  <si>
+    <t>2 145 248,00 zł</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Paweł Zajdel (konsorcjum)</t>
   </si>
   <si>
     <t>12 620-55-00</t>
   </si>
   <si>
-    <t>vittorio.canale@uj.edu.pl</t>
+    <t>pawel.zajdel@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Chemii Organicznej</t>
   </si>
   <si>
-    <t>NAWA Wspólne projekty badawcze Francja 2024</t>
-[...1285 lines deleted...]
-  <si>
     <t>Chinoksalino-2,3-diony jako skuteczne narzędzia w badaniach nad jonotropowymi receptorami kainowymi</t>
   </si>
   <si>
     <t>2021-07-15</t>
   </si>
   <si>
     <t>2026-07-14</t>
   </si>
   <si>
     <t>1 479 520,00 zł</t>
   </si>
   <si>
     <t>dr hab. Ewa Szymańska</t>
   </si>
   <si>
     <t>ewa.szymanska@uj.edu.pl</t>
   </si>
   <si>
     <t>OPUS 20</t>
   </si>
   <si>
     <t>Ocena mikrobiomu i proteomu mózgu oraz roli przeszczepu mikrobioty jelitowej (FMT) w schizofrenii - badania na szczurzym modelu MAM-E17</t>
   </si>
   <si>
     <t>2022-07-15</t>
@@ -3254,80 +3161,50 @@
   <si>
     <t>dr Magdalena Skóra</t>
   </si>
   <si>
     <t>magdalena.skora@uj.edu.pl</t>
   </si>
   <si>
     <t>Nasilenie odpowiedzi immunologicznej człowieka w stosunku do właściwości alergizujących podjednostek i frakcji białek pyłku brzozy brodawkowatej (Betula pendula) na tle zanieczyszczenia powietrza</t>
   </si>
   <si>
     <t>1 169 160,00 zł</t>
   </si>
   <si>
     <t>dr hab. Dorota Myszkowska</t>
   </si>
   <si>
     <t>12 424 86 50</t>
   </si>
   <si>
     <t>dorota.myszkowska@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Toksykologii i Chorób Środowiskowych</t>
   </si>
   <si>
-    <t>Prowadzenie platformy e-terapii oraz aplikacji telefonicznej wspierającej ograniczenie spożywania alkoholu</t>
-[...28 lines deleted...]
-  <si>
     <t>Determinanty akceptacji i gotowości wykorzystania aplikacji e-zdrowia i technologii Zdrowia 4.0 w polskim społeczeństwie</t>
   </si>
   <si>
     <t>2022-11-02</t>
   </si>
   <si>
     <t>2026-11-01</t>
   </si>
   <si>
     <t>698 450,00 zł</t>
   </si>
   <si>
     <t>Rola wysiłku fizycznego i osi mięśnie szkieletowe-tkanka tłuszczowa w rozwoju przełyku Barretta i raka gruczołowego przełyku</t>
   </si>
   <si>
     <t>2021-02-15</t>
   </si>
   <si>
     <t>2026-02-14</t>
   </si>
   <si>
     <t>2 181 600,00 zł</t>
   </si>
   <si>
     <t>prof. dr hab. Tomasz Brzozowski</t>
@@ -3458,77 +3335,50 @@
   <si>
     <t>Ocena zawartości wybranych dodatków do żywności w gotowych produktach spożywczych przy zastosowaniu woltamperometrycznych metod detekcji.</t>
   </si>
   <si>
     <t>2024-08-08</t>
   </si>
   <si>
     <t>2026-02-07</t>
   </si>
   <si>
     <t>44 220,00 zł</t>
   </si>
   <si>
     <t>dr Marek Szlósarczyk</t>
   </si>
   <si>
     <t>m.szlosarczyk@uj.edu.pl</t>
   </si>
   <si>
     <t>Katedra Chemii Nieorganicznej i Analityki Farmaceutycznej</t>
   </si>
   <si>
     <t>Miniatura 8</t>
   </si>
   <si>
-    <t>Monitorowanie czynności śródbłonka naczyniowego u chorych na przewlekłą białaczkę szpikową leczonych inhibitorami kinaz tyrozynowych</t>
-[...25 lines deleted...]
-  <si>
     <t>Nowe substancje o szerokim spektrum aktywności na ośrodkowy układ nerwowy: optymalizacja ich wielocelowego profilu działania</t>
   </si>
   <si>
     <t>2026-07-31</t>
   </si>
   <si>
     <t>1 944 680,00 zł</t>
   </si>
   <si>
     <t>235 460,00 zł</t>
   </si>
   <si>
     <t xml:space="preserve">dr Tadeusz Karcz </t>
   </si>
   <si>
     <t>tkarcz@uj.edu.pl</t>
   </si>
   <si>
     <t>Procesy zapalno-zakrzepowe a występowanie niepożądanych zdarzeń sercowo-naczyniowych u pacjentów z wielopoziomową miażdżycą zarostową tętnic</t>
   </si>
   <si>
     <t>2020-07-27</t>
   </si>
   <si>
     <t>2026-07-26</t>
@@ -3560,74 +3410,50 @@
   <si>
     <t>2026-07-15</t>
   </si>
   <si>
     <t>3 379 660,00 zł</t>
   </si>
   <si>
     <t>390 960,00 zł</t>
   </si>
   <si>
     <t>Rozwój wiedzy na temat roli ligandów GPR18 jako strategii ukierunkowanej na mikroglej w regulacji neurozapalenia</t>
   </si>
   <si>
     <t>1 227 871,00 zł</t>
   </si>
   <si>
     <t>1 041 811,00 zł</t>
   </si>
   <si>
     <t>dr Ewelina Honkisz-Orzechowska</t>
   </si>
   <si>
     <t>ewelina.honkisz@uj.edu.pl</t>
   </si>
   <si>
-    <t>Ocena wpływu dysfunkcji mikrokrążenia na zmiany przepływu w miokardium w przebiegu pomostowania aortalno-wieńcowego oraz przepływ w pomoście wieńcowym u pacjentów z cukrzycą</t>
-[...22 lines deleted...]
-  <si>
     <t>Ligandy wielofunkcyjne szansą na zatrzymanie błędnego koła tauopatii i procesów neurozapalnych w chorobie Alzheimera: poszukiwanie dualnych inhibitorw kinaz GSK-3 beta i IKK beta</t>
   </si>
   <si>
     <t>2020-04-10</t>
   </si>
   <si>
     <t>2026-04-09</t>
   </si>
   <si>
     <t>2 414 780,00 zł</t>
   </si>
   <si>
     <t>dr hab. Anna Więckowska, prof. UJ</t>
   </si>
   <si>
     <t>Modulacja szlaków molekularnych przez farmakologiczny mitochondrialny donor siarkowodoru w procesie gojenia przewlekłych wrzodów błony śluzowej żołądka</t>
   </si>
   <si>
     <t>2021-02-11</t>
   </si>
   <si>
     <t>2026-02-10</t>
   </si>
   <si>
     <t>dr Dagmara Wójcik-Grzybek</t>
@@ -3690,68 +3516,50 @@
     <t>Zakład Diagnostyki Medycznej</t>
   </si>
   <si>
     <t>PRELUDIUM 20</t>
   </si>
   <si>
     <t xml:space="preserve">Ocena skrzeplin pozyskanych podczas trombektomii mechanicznej przeprowadzonej u pacjentów z udarem niedokrwiennym mózgu: charakterystyka histologiczna i ocena radiologiczna </t>
   </si>
   <si>
     <t>Mechanizmy generowania mieloidalnych komórek supresorowych pochodzenia monocytarnego (Mo-MDSCs) przez pęcherzyki zewnątrzkomórkowe od pacjentów z rakiem jelita grubego - rola mikro-RNA i białek morfogenetycznych kości</t>
   </si>
   <si>
     <t>2022-01-21</t>
   </si>
   <si>
     <t>2026-01-20</t>
   </si>
   <si>
     <t>139 080,00 zł</t>
   </si>
   <si>
     <t>mgr Izabela Siemińska</t>
   </si>
   <si>
     <t>gorskai@wp.pl</t>
-  </si>
-[...16 lines deleted...]
-    <t>m.waligora@uj.edu.pl</t>
   </si>
   <si>
     <t>Czy krażące komórki nowotworowe w raku trzustki mogą stanowić nowy cel terapeutyczny dla CAR-T</t>
   </si>
   <si>
     <t>Polskie Towarzystwo Onkologiczne</t>
   </si>
   <si>
     <t>https://www.pto.med.pl/</t>
   </si>
   <si>
     <t>https://www.uj.edu.pl/wiadomosci/-/journal_content/56_INSTANCE_d82lKZvhit4m/10172/155780423</t>
   </si>
   <si>
     <t>2024-05-15</t>
   </si>
   <si>
     <t>2026-05-14</t>
   </si>
   <si>
     <t>130 408,52 zł</t>
   </si>
   <si>
     <t>dr Marcin Piejko</t>
   </si>
@@ -4188,51 +3996,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R166"/>
+  <dimension ref="A1:R156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -4260,8606 +4068,8082 @@
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1"/>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
       <c r="F2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I2" t="s">
         <v>22</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="R2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="E3" t="s">
         <v>32</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N3" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="O3" t="s">
         <v>41</v>
       </c>
       <c r="P3" t="s">
         <v>42</v>
       </c>
       <c r="R3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" t="s">
         <v>45</v>
       </c>
-      <c r="G4" t="s">
+      <c r="I4" t="s">
+        <v>45</v>
+      </c>
+      <c r="J4" t="s">
         <v>46</v>
       </c>
-      <c r="H4" t="s">
-[...5 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>47</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>48</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>49</v>
       </c>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="P4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="R4" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>58</v>
+      </c>
+      <c r="L5" t="s">
+        <v>59</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
         <v>51</v>
-      </c>
-[...37 lines deleted...]
-        <v>59</v>
       </c>
       <c r="P5" t="s">
         <v>60</v>
       </c>
       <c r="R5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>49999</v>
+        <v>64</v>
+      </c>
+      <c r="H6" t="s">
+        <v>65</v>
+      </c>
+      <c r="I6" t="s">
+        <v>66</v>
       </c>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>67</v>
+      </c>
+      <c r="K6" t="s">
+        <v>68</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="M6" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>40</v>
+      </c>
+      <c r="N6">
+        <v>124332798</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="R6" t="s">
-        <v>43</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:18">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F7" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7">
+        <v>49999</v>
+      </c>
+      <c r="I7">
+        <v>49999</v>
+      </c>
+      <c r="J7" t="s">
+        <v>76</v>
+      </c>
+      <c r="K7" t="s">
+        <v>77</v>
+      </c>
+      <c r="L7" t="s">
+        <v>78</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>79</v>
+      </c>
+      <c r="O7" t="s">
+        <v>28</v>
+      </c>
+      <c r="P7" t="s">
+        <v>80</v>
+      </c>
+      <c r="R7" t="s">
         <v>53</v>
-      </c>
-[...28 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F8" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8">
+        <v>49999</v>
+      </c>
+      <c r="I8">
+        <v>49999</v>
+      </c>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>79</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+      <c r="R8" t="s">
         <v>53</v>
-      </c>
-[...28 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F9" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="G9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9">
+        <v>49544</v>
+      </c>
+      <c r="I9">
+        <v>49544</v>
+      </c>
+      <c r="J9" t="s">
+        <v>88</v>
+      </c>
+      <c r="K9" t="s">
+        <v>89</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>79</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+      <c r="R9" t="s">
         <v>53</v>
-      </c>
-[...28 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="H10" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="I10" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="J10" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="K10" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="L10" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="O10" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="P10" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="R10" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>91</v>
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
       </c>
       <c r="F11" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
       <c r="G11" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="H11" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="I11" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="J11" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="L11" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="N11" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="P11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="R11" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
       </c>
       <c r="F12" t="s">
-        <v>104</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
         <v>105</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
+        <v>105</v>
+      </c>
+      <c r="J12" t="s">
         <v>106</v>
       </c>
-      <c r="I12" t="s">
-[...2 lines deleted...]
-      <c r="J12" t="s">
+      <c r="K12" t="s">
         <v>107</v>
       </c>
-      <c r="K12" t="s">
+      <c r="L12" t="s">
         <v>108</v>
       </c>
-      <c r="L12" t="s">
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>79</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
         <v>109</v>
       </c>
-      <c r="M12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R12" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="F13" t="s">
         <v>112</v>
       </c>
-      <c r="C13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="H13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M13" t="s">
-        <v>26</v>
+        <v>118</v>
       </c>
       <c r="N13" t="s">
-        <v>27</v>
+        <v>119</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="P13" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="R13" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="F14" t="s">
-        <v>92</v>
+        <v>124</v>
       </c>
       <c r="G14" t="s">
-        <v>93</v>
+        <v>125</v>
       </c>
       <c r="H14" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="I14" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="J14" t="s">
-        <v>95</v>
+        <v>127</v>
       </c>
       <c r="K14" t="s">
-        <v>96</v>
+        <v>128</v>
       </c>
       <c r="L14" t="s">
-        <v>97</v>
+        <v>129</v>
       </c>
       <c r="M14" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="N14" t="s">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="O14" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="P14" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="R14" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>32</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="G15" t="s">
+        <v>125</v>
+      </c>
+      <c r="H15" t="s">
+        <v>132</v>
+      </c>
+      <c r="I15" t="s">
+        <v>132</v>
+      </c>
+      <c r="J15" t="s">
+        <v>133</v>
+      </c>
+      <c r="K15" t="s">
+        <v>134</v>
+      </c>
+      <c r="L15" t="s">
+        <v>135</v>
+      </c>
+      <c r="M15" t="s">
+        <v>40</v>
+      </c>
+      <c r="N15" t="s">
+        <v>41</v>
+      </c>
+      <c r="O15" t="s">
+        <v>70</v>
+      </c>
+      <c r="P15" t="s">
+        <v>136</v>
+      </c>
+      <c r="R15" t="s">
         <v>122</v>
-      </c>
-[...28 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
         <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="F16" t="s">
-        <v>130</v>
+        <v>112</v>
       </c>
       <c r="G16" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="H16" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="I16" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="J16" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="K16" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="L16" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="M16" t="s">
-        <v>57</v>
+        <v>118</v>
       </c>
       <c r="N16" t="s">
-        <v>58</v>
+        <v>119</v>
       </c>
       <c r="O16" t="s">
-        <v>59</v>
+        <v>120</v>
       </c>
       <c r="P16" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="R16" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C17" t="s">
-        <v>140</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>141</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>142</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
+        <v>142</v>
+      </c>
+      <c r="J17" t="s">
         <v>143</v>
       </c>
-      <c r="I17" t="s">
-[...2 lines deleted...]
-      <c r="J17" t="s">
+      <c r="K17" t="s">
         <v>144</v>
       </c>
-      <c r="K17" t="s">
+      <c r="L17" t="s">
         <v>145</v>
       </c>
-      <c r="L17" t="s">
+      <c r="M17" t="s">
+        <v>84</v>
+      </c>
+      <c r="N17" t="s">
         <v>146</v>
       </c>
-      <c r="M17" t="s">
+      <c r="O17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P17" t="s">
         <v>147</v>
       </c>
-      <c r="N17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R17" t="s">
-        <v>151</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F18" t="s">
+        <v>149</v>
+      </c>
+      <c r="G18" t="s">
+        <v>150</v>
+      </c>
+      <c r="H18" t="s">
+        <v>151</v>
+      </c>
+      <c r="I18" t="s">
         <v>152</v>
       </c>
-      <c r="C18" t="s">
+      <c r="J18" t="s">
         <v>153</v>
       </c>
-      <c r="D18" t="s">
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
         <v>154</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>79</v>
+      </c>
+      <c r="O18" t="s">
+        <v>28</v>
+      </c>
+      <c r="P18" t="s">
+        <v>29</v>
+      </c>
+      <c r="R18" t="s">
         <v>155</v>
-      </c>
-[...28 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C19" t="s">
+        <v>157</v>
+      </c>
+      <c r="D19" t="s">
+        <v>158</v>
+      </c>
+      <c r="F19" t="s">
+        <v>149</v>
+      </c>
+      <c r="G19" t="s">
+        <v>159</v>
+      </c>
+      <c r="H19" t="s">
+        <v>160</v>
+      </c>
+      <c r="I19" t="s">
+        <v>160</v>
+      </c>
+      <c r="J19" t="s">
+        <v>161</v>
+      </c>
+      <c r="K19" t="s">
+        <v>162</v>
+      </c>
+      <c r="L19" t="s">
         <v>163</v>
       </c>
-      <c r="C19" t="s">
-[...8 lines deleted...]
-      <c r="G19" t="s">
+      <c r="M19" t="s">
         <v>164</v>
       </c>
-      <c r="H19" t="s">
+      <c r="N19" t="s">
         <v>165</v>
       </c>
-      <c r="I19" t="s">
+      <c r="O19" t="s">
         <v>166</v>
       </c>
-      <c r="J19" t="s">
+      <c r="P19" t="s">
         <v>167</v>
       </c>
-      <c r="K19" t="s">
-[...2 lines deleted...]
-      <c r="L19" t="s">
+      <c r="R19" t="s">
         <v>168</v>
-      </c>
-[...13 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>169</v>
+      </c>
+      <c r="C20" t="s">
+        <v>62</v>
+      </c>
+      <c r="D20" t="s">
+        <v>170</v>
+      </c>
+      <c r="F20" t="s">
+        <v>149</v>
+      </c>
+      <c r="G20" t="s">
+        <v>171</v>
+      </c>
+      <c r="H20" t="s">
         <v>172</v>
       </c>
-      <c r="C20" t="s">
-[...8 lines deleted...]
-      <c r="F20" t="s">
+      <c r="I20" t="s">
         <v>173</v>
       </c>
-      <c r="G20" t="s">
+      <c r="J20" t="s">
         <v>174</v>
       </c>
-      <c r="H20" t="s">
+      <c r="K20" t="s">
         <v>175</v>
       </c>
-      <c r="I20" t="s">
+      <c r="L20" t="s">
         <v>176</v>
       </c>
-      <c r="J20" t="s">
+      <c r="M20" t="s">
+        <v>164</v>
+      </c>
+      <c r="N20" t="s">
+        <v>165</v>
+      </c>
+      <c r="O20" t="s">
+        <v>166</v>
+      </c>
+      <c r="P20" t="s">
         <v>177</v>
       </c>
-      <c r="K20" t="s">
+      <c r="R20" t="s">
         <v>178</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>179</v>
+      </c>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" t="s">
+        <v>170</v>
+      </c>
+      <c r="F21" t="s">
+        <v>112</v>
+      </c>
+      <c r="G21" t="s">
+        <v>64</v>
+      </c>
+      <c r="H21" t="s">
         <v>180</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>181</v>
       </c>
-      <c r="D21" t="s">
+      <c r="J21" t="s">
         <v>182</v>
       </c>
-      <c r="E21" t="s">
+      <c r="K21" t="s">
+        <v>175</v>
+      </c>
+      <c r="L21" t="s">
         <v>183</v>
       </c>
-      <c r="F21" t="s">
+      <c r="M21" t="s">
         <v>184</v>
       </c>
-      <c r="G21" t="s">
+      <c r="N21" t="s">
+        <v>119</v>
+      </c>
+      <c r="O21" t="s">
+        <v>120</v>
+      </c>
+      <c r="P21" t="s">
         <v>185</v>
       </c>
-      <c r="H21" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R21" t="s">
-        <v>195</v>
+        <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="C22" t="s">
-        <v>197</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>198</v>
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>19</v>
       </c>
       <c r="F22" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="G22" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="H22" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="I22" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="J22" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="K22" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="L22" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="M22" t="s">
-        <v>206</v>
+        <v>84</v>
       </c>
       <c r="N22" t="s">
-        <v>207</v>
+        <v>79</v>
       </c>
       <c r="O22" t="s">
-        <v>146</v>
+        <v>85</v>
       </c>
       <c r="P22" t="s">
-        <v>208</v>
+        <v>147</v>
       </c>
       <c r="R22" t="s">
-        <v>209</v>
+        <v>155</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="C23" t="s">
-        <v>31</v>
+        <v>195</v>
       </c>
       <c r="D23" t="s">
-        <v>32</v>
+        <v>196</v>
       </c>
       <c r="E23" t="s">
-        <v>32</v>
+        <v>197</v>
       </c>
       <c r="F23" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="G23" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="H23" t="s">
-        <v>213</v>
+        <v>200</v>
       </c>
       <c r="I23" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="J23" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="K23" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="L23" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="M23" t="s">
-        <v>39</v>
+        <v>205</v>
       </c>
       <c r="N23" t="s">
-        <v>40</v>
+        <v>206</v>
       </c>
       <c r="O23" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="P23" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="R23" t="s">
-        <v>138</v>
+        <v>209</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>210</v>
+      </c>
+      <c r="C24" t="s">
+        <v>211</v>
+      </c>
+      <c r="D24" t="s">
+        <v>212</v>
+      </c>
+      <c r="F24" t="s">
+        <v>213</v>
+      </c>
+      <c r="G24" t="s">
+        <v>214</v>
+      </c>
+      <c r="H24" t="s">
+        <v>215</v>
+      </c>
+      <c r="I24" t="s">
+        <v>216</v>
+      </c>
+      <c r="J24" t="s">
+        <v>217</v>
+      </c>
+      <c r="K24" t="s">
         <v>218</v>
       </c>
-      <c r="C24" t="s">
-[...8 lines deleted...]
-      <c r="F24" t="s">
+      <c r="L24" t="s">
         <v>219</v>
       </c>
-      <c r="G24" t="s">
+      <c r="M24" t="s">
         <v>220</v>
       </c>
-      <c r="H24" t="s">
+      <c r="N24" t="s">
         <v>221</v>
       </c>
-      <c r="I24" t="s">
-[...5 lines deleted...]
-      <c r="K24" t="s">
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
         <v>222</v>
       </c>
-      <c r="L24" t="s">
+      <c r="R24" t="s">
         <v>223</v>
-      </c>
-[...13 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>224</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>225</v>
+      </c>
+      <c r="G25" t="s">
         <v>226</v>
       </c>
-      <c r="C25" t="s">
-[...8 lines deleted...]
-      <c r="F25" t="s">
+      <c r="H25" t="s">
         <v>227</v>
       </c>
-      <c r="G25" t="s">
+      <c r="I25" t="s">
+        <v>227</v>
+      </c>
+      <c r="J25" t="s">
         <v>228</v>
       </c>
-      <c r="H25" t="s">
+      <c r="K25" t="s">
         <v>229</v>
       </c>
-      <c r="I25" t="s">
-[...2 lines deleted...]
-      <c r="J25" t="s">
+      <c r="L25" t="s">
         <v>230</v>
       </c>
-      <c r="K25" t="s">
+      <c r="M25" t="s">
+        <v>49</v>
+      </c>
+      <c r="N25" t="s">
+        <v>50</v>
+      </c>
+      <c r="O25" t="s">
+        <v>51</v>
+      </c>
+      <c r="P25" t="s">
         <v>231</v>
       </c>
-      <c r="L25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R25" t="s">
-        <v>235</v>
+        <v>155</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>232</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F26" t="s">
+        <v>233</v>
+      </c>
+      <c r="G26" t="s">
+        <v>234</v>
+      </c>
+      <c r="H26" t="s">
+        <v>235</v>
+      </c>
+      <c r="I26" t="s">
+        <v>235</v>
+      </c>
+      <c r="J26" t="s">
+        <v>202</v>
+      </c>
+      <c r="K26" t="s">
         <v>236</v>
       </c>
-      <c r="C26" t="s">
-[...8 lines deleted...]
-      <c r="F26" t="s">
+      <c r="L26" t="s">
         <v>237</v>
       </c>
-      <c r="G26" t="s">
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>28</v>
+      </c>
+      <c r="P26" t="s">
+        <v>208</v>
+      </c>
+      <c r="R26" t="s">
         <v>238</v>
-      </c>
-[...28 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>239</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" t="s">
+        <v>240</v>
+      </c>
+      <c r="G27" t="s">
+        <v>241</v>
+      </c>
+      <c r="H27" t="s">
+        <v>242</v>
+      </c>
+      <c r="I27" t="s">
+        <v>242</v>
+      </c>
+      <c r="J27" t="s">
+        <v>243</v>
+      </c>
+      <c r="K27" t="s">
+        <v>244</v>
+      </c>
+      <c r="L27" t="s">
         <v>245</v>
       </c>
-      <c r="C27" t="s">
-[...8 lines deleted...]
-      <c r="F27" t="s">
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
         <v>246</v>
       </c>
-      <c r="G27" t="s">
+      <c r="O27" t="s">
+        <v>28</v>
+      </c>
+      <c r="P27" t="s">
         <v>247</v>
       </c>
-      <c r="H27" t="s">
+      <c r="R27" t="s">
         <v>248</v>
-      </c>
-[...25 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>249</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>19</v>
+      </c>
+      <c r="F28" t="s">
+        <v>250</v>
+      </c>
+      <c r="G28" t="s">
+        <v>251</v>
+      </c>
+      <c r="H28" t="s">
+        <v>252</v>
+      </c>
+      <c r="I28" t="s">
+        <v>252</v>
+      </c>
+      <c r="J28" t="s">
         <v>253</v>
       </c>
-      <c r="C28" t="s">
-[...8 lines deleted...]
-      <c r="F28" t="s">
+      <c r="K28" t="s">
         <v>254</v>
       </c>
-      <c r="G28" t="s">
+      <c r="L28" t="s">
         <v>255</v>
       </c>
-      <c r="H28" t="s">
+      <c r="M28" t="s">
+        <v>49</v>
+      </c>
+      <c r="N28" t="s">
         <v>256</v>
       </c>
-      <c r="I28" t="s">
+      <c r="O28" t="s">
+        <v>51</v>
+      </c>
+      <c r="P28" t="s">
         <v>257</v>
       </c>
-      <c r="J28" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R28" t="s">
-        <v>263</v>
+        <v>248</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>258</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>19</v>
+      </c>
+      <c r="F29" t="s">
+        <v>259</v>
+      </c>
+      <c r="G29" t="s">
+        <v>260</v>
+      </c>
+      <c r="H29" t="s">
+        <v>261</v>
+      </c>
+      <c r="I29" t="s">
+        <v>261</v>
+      </c>
+      <c r="J29" t="s">
+        <v>262</v>
+      </c>
+      <c r="K29" t="s">
+        <v>263</v>
+      </c>
+      <c r="L29" t="s">
         <v>264</v>
       </c>
-      <c r="C29" t="s">
-[...8 lines deleted...]
-      <c r="F29" t="s">
+      <c r="M29" t="s">
+        <v>49</v>
+      </c>
+      <c r="N29" t="s">
+        <v>256</v>
+      </c>
+      <c r="O29" t="s">
+        <v>51</v>
+      </c>
+      <c r="P29" t="s">
         <v>265</v>
       </c>
-      <c r="G29" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R29" t="s">
-        <v>263</v>
+        <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>266</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>19</v>
+      </c>
+      <c r="F30" t="s">
+        <v>267</v>
+      </c>
+      <c r="G30" t="s">
+        <v>268</v>
+      </c>
+      <c r="H30" t="s">
+        <v>269</v>
+      </c>
+      <c r="I30" t="s">
+        <v>270</v>
+      </c>
+      <c r="J30" t="s">
+        <v>271</v>
+      </c>
+      <c r="K30" t="s">
         <v>272</v>
       </c>
-      <c r="C30" t="s">
-[...11 lines deleted...]
-      <c r="G30" t="s">
+      <c r="L30" t="s">
         <v>273</v>
       </c>
-      <c r="H30">
-[...5 lines deleted...]
-      <c r="J30" t="s">
+      <c r="M30" t="s">
+        <v>49</v>
+      </c>
+      <c r="N30" t="s">
         <v>274</v>
       </c>
-      <c r="K30" t="s">
+      <c r="O30" t="s">
+        <v>51</v>
+      </c>
+      <c r="P30" t="s">
         <v>275</v>
       </c>
-      <c r="L30" t="s">
+      <c r="R30" t="s">
         <v>276</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>277</v>
       </c>
       <c r="C31" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E31" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F31" t="s">
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="G31" t="s">
-        <v>273</v>
-[...5 lines deleted...]
-        <v>46750</v>
+        <v>279</v>
+      </c>
+      <c r="H31" t="s">
+        <v>280</v>
+      </c>
+      <c r="I31" t="s">
+        <v>280</v>
       </c>
       <c r="J31" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="K31" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="L31" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="M31" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="N31" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="O31" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="P31" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="R31" t="s">
-        <v>43</v>
+        <v>276</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C32" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E32" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F32" t="s">
-        <v>283</v>
+        <v>259</v>
       </c>
       <c r="G32" t="s">
-        <v>284</v>
-[...4 lines deleted...]
-      <c r="I32" t="s">
         <v>286</v>
+      </c>
+      <c r="H32">
+        <v>49500</v>
+      </c>
+      <c r="I32">
+        <v>49500</v>
       </c>
       <c r="J32" t="s">
         <v>287</v>
       </c>
       <c r="K32" t="s">
-        <v>259</v>
+        <v>288</v>
       </c>
       <c r="L32" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M32" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N32" t="s">
-        <v>289</v>
+        <v>79</v>
       </c>
       <c r="O32" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="P32" t="s">
-        <v>262</v>
+        <v>247</v>
       </c>
       <c r="R32" t="s">
-        <v>263</v>
+        <v>53</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>290</v>
       </c>
       <c r="C33" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E33" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F33" t="s">
-        <v>283</v>
+        <v>259</v>
       </c>
       <c r="G33" t="s">
+        <v>286</v>
+      </c>
+      <c r="H33">
+        <v>46750</v>
+      </c>
+      <c r="I33">
+        <v>46750</v>
+      </c>
+      <c r="J33" t="s">
         <v>291</v>
       </c>
-      <c r="H33" t="s">
+      <c r="K33" t="s">
         <v>292</v>
       </c>
-      <c r="I33" t="s">
-[...2 lines deleted...]
-      <c r="J33" t="s">
+      <c r="L33" t="s">
         <v>293</v>
       </c>
-      <c r="K33" t="s">
+      <c r="M33" t="s">
+        <v>84</v>
+      </c>
+      <c r="N33" t="s">
+        <v>79</v>
+      </c>
+      <c r="O33" t="s">
+        <v>85</v>
+      </c>
+      <c r="P33" t="s">
         <v>294</v>
       </c>
-      <c r="L33" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R33" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>295</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>19</v>
+      </c>
+      <c r="F34" t="s">
+        <v>296</v>
+      </c>
+      <c r="G34" t="s">
         <v>297</v>
       </c>
-      <c r="C34" t="s">
+      <c r="H34" t="s">
         <v>298</v>
       </c>
-      <c r="D34" t="s">
+      <c r="I34" t="s">
         <v>299</v>
       </c>
-      <c r="F34" t="s">
+      <c r="J34" t="s">
         <v>300</v>
       </c>
-      <c r="G34" t="s">
+      <c r="K34" t="s">
+        <v>272</v>
+      </c>
+      <c r="L34" t="s">
         <v>301</v>
       </c>
-      <c r="H34" t="s">
+      <c r="M34" t="s">
+        <v>49</v>
+      </c>
+      <c r="N34" t="s">
         <v>302</v>
       </c>
-      <c r="I34" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O34" t="s">
-        <v>146</v>
+        <v>51</v>
       </c>
       <c r="P34" t="s">
-        <v>308</v>
+        <v>275</v>
       </c>
       <c r="R34" t="s">
-        <v>309</v>
+        <v>276</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="C35" t="s">
-        <v>298</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>299</v>
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>19</v>
       </c>
       <c r="F35" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
       <c r="G35" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="H35" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="I35" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="J35" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="K35" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="L35" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="M35" t="s">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="N35" t="s">
-        <v>307</v>
+        <v>79</v>
       </c>
       <c r="O35" t="s">
-        <v>146</v>
+        <v>85</v>
       </c>
       <c r="P35" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="R35" t="s">
-        <v>309</v>
+        <v>53</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>310</v>
+      </c>
+      <c r="C36" t="s">
+        <v>311</v>
+      </c>
+      <c r="D36" t="s">
+        <v>312</v>
+      </c>
+      <c r="F36" t="s">
+        <v>313</v>
+      </c>
+      <c r="G36" t="s">
+        <v>314</v>
+      </c>
+      <c r="H36" t="s">
+        <v>315</v>
+      </c>
+      <c r="I36" t="s">
+        <v>316</v>
+      </c>
+      <c r="J36" t="s">
+        <v>317</v>
+      </c>
+      <c r="K36" t="s">
+        <v>318</v>
+      </c>
+      <c r="L36" t="s">
         <v>319</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="F36" t="s">
+      <c r="M36" t="s">
+        <v>161</v>
+      </c>
+      <c r="N36" t="s">
         <v>320</v>
       </c>
-      <c r="G36" t="s">
+      <c r="O36" t="s">
+        <v>163</v>
+      </c>
+      <c r="P36" t="s">
         <v>321</v>
       </c>
-      <c r="H36" t="s">
+      <c r="R36" t="s">
         <v>322</v>
-      </c>
-[...25 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>323</v>
       </c>
       <c r="C37" t="s">
-        <v>31</v>
+        <v>311</v>
       </c>
       <c r="D37" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>312</v>
       </c>
       <c r="F37" t="s">
         <v>324</v>
       </c>
       <c r="G37" t="s">
         <v>325</v>
       </c>
       <c r="H37" t="s">
         <v>326</v>
       </c>
       <c r="I37" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J37" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>126205436</v>
+        <v>328</v>
+      </c>
+      <c r="K37" t="s">
+        <v>329</v>
       </c>
       <c r="L37" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="M37" t="s">
-        <v>57</v>
+        <v>161</v>
       </c>
       <c r="N37" t="s">
-        <v>58</v>
+        <v>320</v>
       </c>
       <c r="O37" t="s">
-        <v>59</v>
+        <v>163</v>
       </c>
       <c r="P37" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="R37" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>332</v>
+        <v>19</v>
       </c>
       <c r="E38" t="s">
+        <v>19</v>
+      </c>
+      <c r="F38" t="s">
         <v>333</v>
       </c>
-      <c r="F38" t="s">
+      <c r="G38" t="s">
         <v>334</v>
       </c>
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>335</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
+        <v>335</v>
+      </c>
+      <c r="J38" t="s">
         <v>336</v>
       </c>
-      <c r="I38" t="s">
+      <c r="K38">
+        <v>126205436</v>
+      </c>
+      <c r="L38" t="s">
         <v>337</v>
       </c>
-      <c r="J38" t="s">
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>79</v>
+      </c>
+      <c r="O38" t="s">
+        <v>28</v>
+      </c>
+      <c r="P38" t="s">
         <v>338</v>
       </c>
-      <c r="K38" t="s">
+      <c r="R38" t="s">
         <v>339</v>
-      </c>
-[...16 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>340</v>
+      </c>
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>341</v>
+      </c>
+      <c r="E39" t="s">
+        <v>342</v>
+      </c>
+      <c r="F39" t="s">
+        <v>343</v>
+      </c>
+      <c r="G39" t="s">
+        <v>344</v>
+      </c>
+      <c r="H39" t="s">
         <v>345</v>
       </c>
-      <c r="C39" t="s">
-[...8 lines deleted...]
-      <c r="F39" t="s">
+      <c r="I39" t="s">
         <v>346</v>
       </c>
-      <c r="G39" t="s">
+      <c r="J39" t="s">
         <v>347</v>
       </c>
-      <c r="H39">
-[...5 lines deleted...]
-      <c r="J39" t="s">
+      <c r="K39" t="s">
         <v>348</v>
       </c>
-      <c r="K39" t="s">
+      <c r="L39" t="s">
         <v>349</v>
       </c>
-      <c r="L39" t="s">
+      <c r="M39" t="s">
         <v>350</v>
       </c>
-      <c r="M39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N39" t="s">
-        <v>58</v>
+        <v>351</v>
       </c>
       <c r="O39" t="s">
-        <v>65</v>
+        <v>352</v>
       </c>
       <c r="P39" t="s">
-        <v>351</v>
+        <v>294</v>
       </c>
       <c r="R39" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C40" t="s">
-        <v>354</v>
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>19</v>
       </c>
       <c r="F40" t="s">
         <v>355</v>
       </c>
       <c r="G40" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="H40" t="s">
         <v>356</v>
       </c>
-      <c r="I40" t="s">
-        <v>356</v>
+      <c r="H40">
+        <v>4524980</v>
+      </c>
+      <c r="I40">
+        <v>4524980</v>
       </c>
       <c r="J40" t="s">
         <v>357</v>
       </c>
       <c r="K40" t="s">
         <v>358</v>
       </c>
       <c r="L40" t="s">
         <v>359</v>
       </c>
       <c r="M40" t="s">
+        <v>84</v>
+      </c>
+      <c r="N40" t="s">
+        <v>79</v>
+      </c>
+      <c r="O40" t="s">
+        <v>85</v>
+      </c>
+      <c r="P40" t="s">
         <v>360</v>
       </c>
-      <c r="N40">
-[...5 lines deleted...]
-      <c r="P40" t="s">
+      <c r="R40" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>362</v>
+      </c>
+      <c r="C41" t="s">
         <v>363</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="G41" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="H41" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I41" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J41" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K41" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L41" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="M41" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>369</v>
+      </c>
+      <c r="N41">
+        <v>124332798</v>
       </c>
       <c r="O41" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="P41" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="R41" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C42" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
+        <v>363</v>
+      </c>
+      <c r="F42" t="s">
+        <v>364</v>
+      </c>
+      <c r="G42" t="s">
+        <v>214</v>
+      </c>
+      <c r="H42" t="s">
+        <v>373</v>
+      </c>
+      <c r="I42" t="s">
+        <v>373</v>
+      </c>
+      <c r="J42" t="s">
+        <v>374</v>
+      </c>
+      <c r="K42" t="s">
+        <v>375</v>
+      </c>
+      <c r="L42" t="s">
+        <v>376</v>
+      </c>
+      <c r="M42" t="s">
+        <v>40</v>
+      </c>
+      <c r="N42" t="s">
+        <v>377</v>
+      </c>
+      <c r="O42" t="s">
+        <v>70</v>
+      </c>
+      <c r="P42" t="s">
+        <v>378</v>
+      </c>
+      <c r="R42" t="s">
         <v>371</v>
-      </c>
-[...37 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>379</v>
+      </c>
+      <c r="C43" t="s">
+        <v>195</v>
+      </c>
+      <c r="D43" t="s">
+        <v>380</v>
+      </c>
+      <c r="E43" t="s">
+        <v>381</v>
+      </c>
+      <c r="F43" t="s">
         <v>382</v>
       </c>
-      <c r="C43" t="s">
-[...2 lines deleted...]
-      <c r="D43" t="s">
+      <c r="G43" t="s">
         <v>383</v>
       </c>
-      <c r="F43" t="s">
+      <c r="H43" t="s">
         <v>384</v>
       </c>
-      <c r="G43" t="s">
+      <c r="I43" t="s">
         <v>385</v>
       </c>
-      <c r="H43" t="s">
+      <c r="J43" t="s">
         <v>386</v>
       </c>
-      <c r="I43" t="s">
+      <c r="K43" t="s">
         <v>387</v>
       </c>
-      <c r="J43" t="s">
+      <c r="L43" t="s">
         <v>388</v>
       </c>
-      <c r="K43" t="s">
+      <c r="M43" t="s">
+        <v>205</v>
+      </c>
+      <c r="N43" t="s">
         <v>389</v>
       </c>
-      <c r="L43" t="s">
+      <c r="O43" t="s">
+        <v>207</v>
+      </c>
+      <c r="P43" t="s">
         <v>390</v>
       </c>
-      <c r="M43" t="s">
+      <c r="R43" t="s">
         <v>391</v>
-      </c>
-[...10 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>392</v>
+      </c>
+      <c r="C44" t="s">
+        <v>195</v>
+      </c>
+      <c r="D44" t="s">
+        <v>393</v>
+      </c>
+      <c r="F44" t="s">
+        <v>394</v>
+      </c>
+      <c r="G44" t="s">
+        <v>395</v>
+      </c>
+      <c r="H44" t="s">
         <v>396</v>
       </c>
-      <c r="C44" t="s">
-[...8 lines deleted...]
-      <c r="F44" t="s">
+      <c r="I44" t="s">
         <v>397</v>
-      </c>
-[...7 lines deleted...]
-        <v>209023</v>
       </c>
       <c r="J44" t="s">
         <v>398</v>
       </c>
       <c r="K44" t="s">
-        <v>81</v>
+        <v>399</v>
       </c>
       <c r="L44" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="M44" t="s">
-        <v>64</v>
+        <v>401</v>
       </c>
       <c r="N44" t="s">
-        <v>58</v>
+        <v>402</v>
       </c>
       <c r="O44" t="s">
-        <v>65</v>
+        <v>403</v>
       </c>
       <c r="P44" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="R44" t="s">
-        <v>330</v>
+        <v>405</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="C45" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E45" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F45" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="G45" t="s">
-        <v>403</v>
-[...5 lines deleted...]
-        <v>404</v>
+        <v>334</v>
+      </c>
+      <c r="H45">
+        <v>209023</v>
+      </c>
+      <c r="I45">
+        <v>209023</v>
       </c>
       <c r="J45" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="K45" t="s">
-        <v>406</v>
+        <v>101</v>
       </c>
       <c r="L45" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="M45" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="N45" t="s">
-        <v>243</v>
+        <v>79</v>
       </c>
       <c r="O45" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="P45" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="R45" t="s">
-        <v>235</v>
+        <v>339</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C46" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E46" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F46" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="G46" t="s">
-        <v>411</v>
-[...5 lines deleted...]
-        <v>2932800</v>
+        <v>413</v>
+      </c>
+      <c r="H46" t="s">
+        <v>414</v>
+      </c>
+      <c r="I46" t="s">
+        <v>414</v>
       </c>
       <c r="J46" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="K46" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="L46" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="M46" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="N46" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="O46" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P46" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="R46" t="s">
-        <v>416</v>
+        <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C47" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E47" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F47" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
       <c r="G47" t="s">
-        <v>418</v>
-[...5 lines deleted...]
-        <v>419</v>
+        <v>421</v>
+      </c>
+      <c r="H47">
+        <v>2932800</v>
+      </c>
+      <c r="I47">
+        <v>2932800</v>
       </c>
       <c r="J47" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="K47" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="L47" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="M47" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N47" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O47" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P47" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="R47" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C48" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E48" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F48" t="s">
-        <v>219</v>
+        <v>420</v>
       </c>
       <c r="G48" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H48" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="I48" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="J48" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="K48" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="L48" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="M48" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N48" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O48" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P48" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="R48" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C49" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E49" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F49" t="s">
-        <v>434</v>
+        <v>233</v>
       </c>
       <c r="G49" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H49" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="I49" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J49" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K49" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="L49" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="M49" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N49" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O49" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="P49" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="R49" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>66</v>
+        <v>443</v>
       </c>
       <c r="C50" t="s">
-        <v>442</v>
+        <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>443</v>
+        <v>19</v>
       </c>
       <c r="E50" t="s">
+        <v>19</v>
+      </c>
+      <c r="F50" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G50" t="s">
         <v>445</v>
       </c>
       <c r="H50" t="s">
         <v>446</v>
       </c>
       <c r="I50" t="s">
+        <v>446</v>
+      </c>
+      <c r="J50" t="s">
+        <v>67</v>
+      </c>
+      <c r="K50" t="s">
         <v>447</v>
       </c>
-      <c r="J50" t="s">
+      <c r="L50" t="s">
+        <v>69</v>
+      </c>
+      <c r="M50" t="s">
+        <v>49</v>
+      </c>
+      <c r="N50" t="s">
+        <v>256</v>
+      </c>
+      <c r="O50" t="s">
+        <v>51</v>
+      </c>
+      <c r="P50" t="s">
+        <v>71</v>
+      </c>
+      <c r="R50" t="s">
         <v>448</v>
-      </c>
-[...19 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>86</v>
+      </c>
+      <c r="C51" t="s">
+        <v>449</v>
+      </c>
+      <c r="D51" t="s">
+        <v>450</v>
+      </c>
+      <c r="E51" t="s">
+        <v>451</v>
+      </c>
+      <c r="F51" t="s">
+        <v>112</v>
+      </c>
+      <c r="G51" t="s">
+        <v>452</v>
+      </c>
+      <c r="H51" t="s">
         <v>453</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>454</v>
       </c>
-      <c r="D51" t="s">
+      <c r="J51" t="s">
         <v>455</v>
       </c>
-      <c r="F51" t="s">
+      <c r="K51" t="s">
         <v>456</v>
       </c>
-      <c r="G51" t="s">
+      <c r="L51" t="s">
         <v>457</v>
       </c>
-      <c r="H51" t="s">
+      <c r="M51" t="s">
+        <v>164</v>
+      </c>
+      <c r="N51" t="s">
+        <v>165</v>
+      </c>
+      <c r="O51" t="s">
+        <v>166</v>
+      </c>
+      <c r="P51" t="s">
         <v>458</v>
       </c>
-      <c r="I51" t="s">
-[...2 lines deleted...]
-      <c r="J51" t="s">
+      <c r="R51" t="s">
         <v>459</v>
-      </c>
-[...19 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>331</v>
+        <v>460</v>
       </c>
       <c r="C52" t="s">
+        <v>461</v>
+      </c>
+      <c r="D52" t="s">
+        <v>462</v>
+      </c>
+      <c r="F52" t="s">
         <v>463</v>
       </c>
-      <c r="D52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G52" t="s">
-        <v>335</v>
+        <v>464</v>
       </c>
       <c r="H52" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="I52" t="s">
         <v>465</v>
       </c>
       <c r="J52" t="s">
-        <v>338</v>
+        <v>466</v>
       </c>
       <c r="K52" t="s">
-        <v>339</v>
+        <v>254</v>
       </c>
       <c r="L52" t="s">
-        <v>340</v>
+        <v>467</v>
       </c>
       <c r="M52" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="N52" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="O52" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="P52" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="R52" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>468</v>
+        <v>340</v>
       </c>
       <c r="C53" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="D53" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E53" t="s">
-        <v>469</v>
+        <v>342</v>
       </c>
       <c r="F53" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="G53" t="s">
-        <v>470</v>
+        <v>344</v>
       </c>
       <c r="H53" t="s">
         <v>471</v>
       </c>
       <c r="I53" t="s">
         <v>472</v>
       </c>
       <c r="J53" t="s">
+        <v>347</v>
+      </c>
+      <c r="K53" t="s">
+        <v>348</v>
+      </c>
+      <c r="L53" t="s">
+        <v>349</v>
+      </c>
+      <c r="M53" t="s">
+        <v>350</v>
+      </c>
+      <c r="N53" t="s">
+        <v>351</v>
+      </c>
+      <c r="O53" t="s">
+        <v>352</v>
+      </c>
+      <c r="P53" t="s">
         <v>473</v>
       </c>
-      <c r="K53" t="s">
+      <c r="R53" t="s">
         <v>474</v>
-      </c>
-[...16 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>475</v>
+      </c>
+      <c r="C54" t="s">
+        <v>470</v>
+      </c>
+      <c r="D54" t="s">
+        <v>462</v>
+      </c>
+      <c r="E54" t="s">
+        <v>476</v>
+      </c>
+      <c r="F54" t="s">
+        <v>343</v>
+      </c>
+      <c r="G54" t="s">
+        <v>477</v>
+      </c>
+      <c r="H54" t="s">
         <v>478</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="I54" t="s">
         <v>479</v>
       </c>
-      <c r="F54" t="s">
-[...5 lines deleted...]
-      <c r="H54" t="s">
+      <c r="J54" t="s">
         <v>480</v>
       </c>
-      <c r="I54" t="s">
+      <c r="K54" t="s">
         <v>481</v>
       </c>
-      <c r="J54" t="s">
+      <c r="L54" t="s">
         <v>482</v>
       </c>
-      <c r="K54" t="s">
+      <c r="M54" t="s">
+        <v>350</v>
+      </c>
+      <c r="N54" t="s">
+        <v>351</v>
+      </c>
+      <c r="O54" t="s">
+        <v>352</v>
+      </c>
+      <c r="P54" t="s">
         <v>483</v>
       </c>
-      <c r="L54" t="s">
+      <c r="R54" t="s">
         <v>484</v>
-      </c>
-[...13 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>485</v>
+      </c>
+      <c r="C55" t="s">
+        <v>470</v>
+      </c>
+      <c r="D55" t="s">
+        <v>462</v>
+      </c>
+      <c r="E55" t="s">
         <v>486</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>343</v>
+      </c>
+      <c r="G55" t="s">
+        <v>477</v>
+      </c>
+      <c r="H55" t="s">
         <v>487</v>
       </c>
-      <c r="F55" t="s">
+      <c r="I55" t="s">
         <v>488</v>
       </c>
-      <c r="G55" t="s">
-[...2 lines deleted...]
-      <c r="H55" t="s">
+      <c r="J55" t="s">
         <v>489</v>
       </c>
-      <c r="I55" t="s">
+      <c r="K55" t="s">
         <v>490</v>
       </c>
-      <c r="J55" t="s">
+      <c r="L55" t="s">
         <v>491</v>
       </c>
-      <c r="K55" t="s">
+      <c r="M55" t="s">
+        <v>350</v>
+      </c>
+      <c r="N55" t="s">
         <v>492</v>
       </c>
-      <c r="L55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O55" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="P55" t="s">
-        <v>494</v>
+        <v>29</v>
       </c>
       <c r="R55" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>493</v>
+      </c>
+      <c r="C56" t="s">
+        <v>470</v>
+      </c>
+      <c r="D56" t="s">
+        <v>462</v>
+      </c>
+      <c r="E56" t="s">
+        <v>494</v>
+      </c>
+      <c r="F56" t="s">
         <v>495</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="G56" t="s">
+        <v>325</v>
+      </c>
+      <c r="H56" t="s">
         <v>496</v>
       </c>
-      <c r="F56" t="s">
+      <c r="I56" t="s">
         <v>497</v>
       </c>
-      <c r="G56" t="s">
+      <c r="J56" t="s">
         <v>498</v>
       </c>
-      <c r="H56" t="s">
+      <c r="K56" t="s">
         <v>499</v>
       </c>
-      <c r="I56" t="s">
+      <c r="L56" t="s">
         <v>500</v>
       </c>
-      <c r="J56" t="s">
+      <c r="M56" t="s">
+        <v>350</v>
+      </c>
+      <c r="N56" t="s">
+        <v>351</v>
+      </c>
+      <c r="O56" t="s">
+        <v>352</v>
+      </c>
+      <c r="P56" t="s">
         <v>501</v>
       </c>
-      <c r="K56" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R56" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>502</v>
+      </c>
+      <c r="C57" t="s">
+        <v>470</v>
+      </c>
+      <c r="D57" t="s">
+        <v>462</v>
+      </c>
+      <c r="E57" t="s">
+        <v>503</v>
+      </c>
+      <c r="F57" t="s">
+        <v>504</v>
+      </c>
+      <c r="G57" t="s">
         <v>505</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="H57" t="s">
         <v>506</v>
       </c>
-      <c r="F57" t="s">
-[...5 lines deleted...]
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>507</v>
       </c>
-      <c r="I57" t="s">
+      <c r="J57" t="s">
         <v>508</v>
       </c>
-      <c r="J57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K57" t="s">
-        <v>474</v>
+        <v>509</v>
       </c>
       <c r="L57" t="s">
-        <v>475</v>
+        <v>510</v>
       </c>
       <c r="M57" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="N57" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="O57" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="P57" t="s">
-        <v>476</v>
+        <v>511</v>
       </c>
       <c r="R57" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C58" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="D58" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E58" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F58" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="G58" t="s">
-        <v>20</v>
+        <v>505</v>
       </c>
       <c r="H58" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="I58" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="J58" t="s">
-        <v>514</v>
+        <v>480</v>
       </c>
       <c r="K58" t="s">
-        <v>515</v>
+        <v>481</v>
       </c>
       <c r="L58" t="s">
-        <v>516</v>
+        <v>482</v>
       </c>
       <c r="M58" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="N58" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="O58" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="P58" t="s">
-        <v>517</v>
+        <v>483</v>
       </c>
       <c r="R58" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>516</v>
+      </c>
+      <c r="C59" t="s">
+        <v>470</v>
+      </c>
+      <c r="D59" t="s">
+        <v>462</v>
+      </c>
+      <c r="E59" t="s">
+        <v>517</v>
+      </c>
+      <c r="F59" t="s">
         <v>518</v>
       </c>
-      <c r="C59" t="s">
-[...5 lines deleted...]
-      <c r="E59" t="s">
+      <c r="G59" t="s">
+        <v>34</v>
+      </c>
+      <c r="H59" t="s">
         <v>519</v>
       </c>
-      <c r="F59" t="s">
+      <c r="I59" t="s">
         <v>520</v>
       </c>
-      <c r="G59" t="s">
-[...2 lines deleted...]
-      <c r="H59" t="s">
+      <c r="J59" t="s">
         <v>521</v>
       </c>
-      <c r="I59" t="s">
+      <c r="K59" t="s">
         <v>522</v>
       </c>
-      <c r="J59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L59" t="s">
-        <v>460</v>
+        <v>523</v>
       </c>
       <c r="M59" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="N59" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="O59" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="P59" t="s">
-        <v>461</v>
+        <v>524</v>
       </c>
       <c r="R59" t="s">
-        <v>523</v>
+        <v>484</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C60" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="F60" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="G60" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="H60" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="J60" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="K60" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="L60" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="M60" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="O60" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P60" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="R60" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C61" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F61" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="G61" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61">
         <v>0</v>
       </c>
       <c r="J61" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="K61" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="L61" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="M61" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="O61" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P61" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C62" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D62" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="F62" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="G62" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="H62" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I62" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="J62" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="K62" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="L62" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="M62" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="O62" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P62" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="R62" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>549</v>
+      </c>
+      <c r="C63" t="s">
+        <v>470</v>
+      </c>
+      <c r="F63" t="s">
+        <v>313</v>
+      </c>
+      <c r="G63" t="s">
+        <v>505</v>
+      </c>
+      <c r="H63" t="s">
+        <v>550</v>
+      </c>
+      <c r="J63" t="s">
+        <v>545</v>
+      </c>
+      <c r="K63" t="s">
+        <v>546</v>
+      </c>
+      <c r="L63" t="s">
+        <v>547</v>
+      </c>
+      <c r="M63" t="s">
+        <v>531</v>
+      </c>
+      <c r="O63" t="s">
+        <v>532</v>
+      </c>
+      <c r="P63" t="s">
         <v>548</v>
       </c>
-      <c r="C63" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R63" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C64" t="s">
-        <v>140</v>
+        <v>18</v>
       </c>
       <c r="D64" t="s">
-        <v>551</v>
+        <v>19</v>
       </c>
       <c r="F64" t="s">
         <v>552</v>
       </c>
       <c r="G64" t="s">
-        <v>321</v>
+        <v>553</v>
       </c>
       <c r="H64" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="I64" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="J64" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="K64" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="L64" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="M64" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="O64" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P64" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="R64" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C65" t="s">
-        <v>31</v>
+        <v>541</v>
       </c>
       <c r="D65" t="s">
-        <v>32</v>
+        <v>542</v>
       </c>
       <c r="F65" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="G65" t="s">
-        <v>561</v>
+        <v>505</v>
       </c>
       <c r="H65" t="s">
         <v>562</v>
       </c>
       <c r="I65" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="J65" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="K65" t="s">
-        <v>564</v>
+        <v>282</v>
       </c>
       <c r="L65" t="s">
         <v>565</v>
       </c>
       <c r="M65" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="O65" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P65" t="s">
-        <v>566</v>
+        <v>284</v>
       </c>
       <c r="R65" t="s">
-        <v>567</v>
+        <v>534</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="C66" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="F66" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="G66" t="s">
-        <v>498</v>
-[...5 lines deleted...]
-        <v>571</v>
+        <v>159</v>
+      </c>
+      <c r="H66">
+        <v>0</v>
+      </c>
+      <c r="I66">
+        <v>0</v>
       </c>
       <c r="J66" t="s">
-        <v>572</v>
+        <v>537</v>
       </c>
       <c r="K66" t="s">
-        <v>269</v>
+        <v>538</v>
       </c>
       <c r="L66" t="s">
-        <v>573</v>
+        <v>539</v>
       </c>
       <c r="M66" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="O66" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P66" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>524</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>568</v>
+      </c>
+      <c r="C67" t="s">
+        <v>32</v>
+      </c>
+      <c r="D67" t="s">
+        <v>341</v>
+      </c>
+      <c r="F67" t="s">
+        <v>364</v>
+      </c>
+      <c r="G67" t="s">
+        <v>150</v>
+      </c>
+      <c r="H67" t="s">
+        <v>569</v>
+      </c>
+      <c r="I67" t="s">
+        <v>569</v>
+      </c>
+      <c r="J67" t="s">
+        <v>570</v>
+      </c>
+      <c r="K67" t="s">
+        <v>571</v>
+      </c>
+      <c r="L67" t="s">
+        <v>572</v>
+      </c>
+      <c r="M67" t="s">
+        <v>40</v>
+      </c>
+      <c r="N67" t="s">
+        <v>573</v>
+      </c>
+      <c r="O67" t="s">
+        <v>70</v>
+      </c>
+      <c r="P67" t="s">
         <v>574</v>
       </c>
-      <c r="C67" t="s">
-[...2 lines deleted...]
-      <c r="F67" t="s">
+      <c r="R67" t="s">
         <v>575</v>
-      </c>
-[...25 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>576</v>
       </c>
       <c r="C68" t="s">
-        <v>18</v>
+        <v>577</v>
       </c>
       <c r="D68" t="s">
-        <v>332</v>
+        <v>578</v>
       </c>
       <c r="F68" t="s">
-        <v>355</v>
+        <v>579</v>
       </c>
       <c r="G68" t="s">
-        <v>131</v>
+        <v>580</v>
       </c>
       <c r="H68" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="I68" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="J68" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="K68" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="L68" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="M68" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>586</v>
+      </c>
+      <c r="N68">
+        <v>512749598</v>
       </c>
       <c r="O68" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
       <c r="P68" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="R68" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="C69" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="D69" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="F69" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="G69" t="s">
-        <v>588</v>
+        <v>344</v>
       </c>
       <c r="H69" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="I69" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="J69" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="K69" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="L69" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="M69" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>512749598</v>
+        <v>598</v>
+      </c>
+      <c r="N69" t="s">
+        <v>599</v>
       </c>
       <c r="O69" t="s">
-        <v>146</v>
+        <v>70</v>
       </c>
       <c r="P69" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="R69" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C70" t="s">
-        <v>598</v>
+        <v>62</v>
       </c>
       <c r="D70" t="s">
-        <v>599</v>
+        <v>170</v>
       </c>
       <c r="F70" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="G70" t="s">
-        <v>335</v>
+        <v>604</v>
       </c>
       <c r="H70" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="I70" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="J70" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="K70" t="s">
-        <v>604</v>
+        <v>229</v>
       </c>
       <c r="L70" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="M70" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="N70" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="O70" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="P70" t="s">
-        <v>608</v>
+        <v>231</v>
       </c>
       <c r="R70" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C71" t="s">
-        <v>153</v>
+        <v>612</v>
       </c>
       <c r="D71" t="s">
-        <v>154</v>
+        <v>341</v>
       </c>
       <c r="F71" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="G71" t="s">
-        <v>612</v>
+        <v>113</v>
       </c>
       <c r="H71" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="I71" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J71" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="K71" t="s">
-        <v>215</v>
+        <v>616</v>
       </c>
       <c r="L71" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="M71" t="s">
-        <v>616</v>
+        <v>598</v>
       </c>
       <c r="N71" t="s">
-        <v>617</v>
+        <v>599</v>
       </c>
       <c r="O71" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="P71" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="R71" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>619</v>
       </c>
       <c r="C72" t="s">
+        <v>612</v>
+      </c>
+      <c r="D72" t="s">
+        <v>341</v>
+      </c>
+      <c r="F72" t="s">
+        <v>613</v>
+      </c>
+      <c r="G72" t="s">
+        <v>113</v>
+      </c>
+      <c r="H72" t="s">
+        <v>614</v>
+      </c>
+      <c r="I72" t="s">
+        <v>614</v>
+      </c>
+      <c r="J72" t="s">
         <v>620</v>
       </c>
-      <c r="D72" t="s">
-[...2 lines deleted...]
-      <c r="F72" t="s">
+      <c r="K72" t="s">
         <v>621</v>
       </c>
-      <c r="G72" t="s">
-[...2 lines deleted...]
-      <c r="H72" t="s">
+      <c r="L72" t="s">
         <v>622</v>
       </c>
-      <c r="I72" t="s">
-[...2 lines deleted...]
-      <c r="J72" t="s">
+      <c r="M72" t="s">
+        <v>598</v>
+      </c>
+      <c r="N72" t="s">
+        <v>599</v>
+      </c>
+      <c r="O72" t="s">
+        <v>70</v>
+      </c>
+      <c r="P72" t="s">
         <v>623</v>
       </c>
-      <c r="K72" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R72" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>624</v>
+      </c>
+      <c r="C73" t="s">
+        <v>625</v>
+      </c>
+      <c r="D73" t="s">
+        <v>626</v>
+      </c>
+      <c r="E73" t="s">
         <v>627</v>
       </c>
-      <c r="C73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>621</v>
+        <v>518</v>
       </c>
       <c r="G73" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="H73" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="I73" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="J73" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="K73" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="L73" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="M73" t="s">
-        <v>606</v>
+        <v>633</v>
       </c>
       <c r="N73" t="s">
-        <v>607</v>
+        <v>634</v>
       </c>
       <c r="O73" t="s">
-        <v>110</v>
+        <v>635</v>
       </c>
       <c r="P73" t="s">
+        <v>636</v>
+      </c>
+      <c r="R73" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="C74" t="s">
+        <v>638</v>
+      </c>
+      <c r="D74" t="s">
+        <v>626</v>
+      </c>
+      <c r="E74" t="s">
+        <v>639</v>
+      </c>
+      <c r="F74" t="s">
+        <v>518</v>
+      </c>
+      <c r="G74" t="s">
+        <v>34</v>
+      </c>
+      <c r="H74" t="s">
+        <v>640</v>
+      </c>
+      <c r="I74" t="s">
+        <v>641</v>
+      </c>
+      <c r="J74" t="s">
+        <v>642</v>
+      </c>
+      <c r="K74" t="s">
+        <v>631</v>
+      </c>
+      <c r="L74" t="s">
+        <v>643</v>
+      </c>
+      <c r="M74" t="s">
         <v>633</v>
       </c>
-      <c r="D74" t="s">
+      <c r="N74" t="s">
         <v>634</v>
       </c>
-      <c r="E74" t="s">
+      <c r="O74" t="s">
         <v>635</v>
-      </c>
-[...28 lines deleted...]
-        <v>643</v>
       </c>
       <c r="P74" t="s">
         <v>644</v>
       </c>
       <c r="R74" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>645</v>
       </c>
       <c r="C75" t="s">
         <v>646</v>
       </c>
       <c r="D75" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="E75" t="s">
         <v>647</v>
       </c>
       <c r="F75" t="s">
-        <v>511</v>
+        <v>648</v>
       </c>
       <c r="G75" t="s">
-        <v>20</v>
+        <v>395</v>
       </c>
       <c r="H75" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="I75" t="s">
         <v>649</v>
       </c>
       <c r="J75" t="s">
         <v>650</v>
       </c>
       <c r="K75" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="L75" t="s">
         <v>651</v>
       </c>
       <c r="M75" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="N75" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="O75" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="P75" t="s">
         <v>652</v>
       </c>
       <c r="R75" t="s">
-        <v>639</v>
+        <v>653</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C76" t="s">
-        <v>654</v>
+        <v>32</v>
       </c>
       <c r="D76" t="s">
+        <v>626</v>
+      </c>
+      <c r="E76" t="s">
+        <v>647</v>
+      </c>
+      <c r="F76" t="s">
+        <v>655</v>
+      </c>
+      <c r="G76" t="s">
+        <v>34</v>
+      </c>
+      <c r="H76" t="s">
+        <v>656</v>
+      </c>
+      <c r="I76">
+        <v>0.0</v>
+      </c>
+      <c r="J76" t="s">
+        <v>489</v>
+      </c>
+      <c r="K76" t="s">
+        <v>631</v>
+      </c>
+      <c r="L76" t="s">
+        <v>491</v>
+      </c>
+      <c r="M76" t="s">
+        <v>633</v>
+      </c>
+      <c r="N76" t="s">
         <v>634</v>
       </c>
-      <c r="E76" t="s">
-[...8 lines deleted...]
-      <c r="H76" t="s">
+      <c r="O76" t="s">
+        <v>635</v>
+      </c>
+      <c r="P76" t="s">
         <v>657</v>
       </c>
-      <c r="I76" t="s">
-[...2 lines deleted...]
-      <c r="J76" t="s">
+      <c r="R76" t="s">
         <v>658</v>
-      </c>
-[...19 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>659</v>
+      </c>
+      <c r="C77" t="s">
+        <v>32</v>
+      </c>
+      <c r="D77" t="s">
+        <v>660</v>
+      </c>
+      <c r="E77" t="s">
+        <v>626</v>
+      </c>
+      <c r="F77" t="s">
+        <v>655</v>
+      </c>
+      <c r="G77" t="s">
+        <v>34</v>
+      </c>
+      <c r="H77" t="s">
+        <v>656</v>
+      </c>
+      <c r="I77" t="s">
+        <v>631</v>
+      </c>
+      <c r="J77" t="s">
+        <v>661</v>
+      </c>
+      <c r="L77" t="s">
         <v>662</v>
       </c>
-      <c r="C77" t="s">
-[...14 lines deleted...]
-      <c r="H77" t="s">
+      <c r="M77" t="s">
         <v>663</v>
       </c>
-      <c r="I77" t="s">
-[...2 lines deleted...]
-      <c r="J77" t="s">
+      <c r="N77" t="s">
         <v>664</v>
       </c>
-      <c r="K77" t="s">
-[...2 lines deleted...]
-      <c r="L77" t="s">
+      <c r="O77" t="s">
+        <v>662</v>
+      </c>
+      <c r="P77" t="s">
         <v>665</v>
       </c>
-      <c r="M77" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R77" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>666</v>
+      </c>
+      <c r="C78" t="s">
         <v>667</v>
       </c>
-      <c r="C78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78" t="s">
-        <v>634</v>
+        <v>668</v>
       </c>
       <c r="E78" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="F78" t="s">
-        <v>668</v>
+        <v>343</v>
       </c>
       <c r="G78" t="s">
-        <v>20</v>
+        <v>199</v>
       </c>
       <c r="H78" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>670</v>
+      </c>
+      <c r="I78" t="s">
+        <v>670</v>
       </c>
       <c r="J78" t="s">
-        <v>482</v>
+        <v>671</v>
       </c>
       <c r="K78" t="s">
-        <v>639</v>
+        <v>672</v>
       </c>
       <c r="L78" t="s">
-        <v>484</v>
+        <v>673</v>
       </c>
       <c r="M78" t="s">
-        <v>641</v>
+        <v>674</v>
       </c>
       <c r="N78" t="s">
-        <v>642</v>
+        <v>675</v>
       </c>
       <c r="O78" t="s">
-        <v>643</v>
+        <v>676</v>
       </c>
       <c r="P78" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="R78" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="C79" t="s">
-        <v>654</v>
+        <v>667</v>
       </c>
       <c r="D79" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>668</v>
       </c>
       <c r="F79" t="s">
-        <v>334</v>
+        <v>463</v>
       </c>
       <c r="G79" t="s">
-        <v>321</v>
+        <v>680</v>
       </c>
       <c r="H79" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="I79" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="J79" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="K79" t="s">
-        <v>639</v>
+        <v>683</v>
       </c>
       <c r="L79" t="s">
-        <v>190</v>
+        <v>684</v>
       </c>
       <c r="M79" t="s">
-        <v>641</v>
+        <v>685</v>
       </c>
       <c r="N79" t="s">
-        <v>642</v>
+        <v>686</v>
       </c>
       <c r="O79" t="s">
-        <v>643</v>
+        <v>687</v>
       </c>
       <c r="P79" t="s">
-        <v>675</v>
+        <v>688</v>
       </c>
       <c r="R79" t="s">
-        <v>676</v>
+        <v>689</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>677</v>
+        <v>690</v>
       </c>
       <c r="C80" t="s">
-        <v>654</v>
+        <v>667</v>
       </c>
       <c r="D80" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>668</v>
       </c>
       <c r="F80" t="s">
-        <v>334</v>
+        <v>691</v>
       </c>
       <c r="G80" t="s">
-        <v>321</v>
+        <v>692</v>
       </c>
       <c r="H80" t="s">
-        <v>678</v>
+        <v>693</v>
       </c>
       <c r="I80" t="s">
-        <v>678</v>
+        <v>693</v>
       </c>
       <c r="J80" t="s">
-        <v>679</v>
+        <v>508</v>
       </c>
       <c r="K80" t="s">
-        <v>639</v>
+        <v>509</v>
       </c>
       <c r="L80" t="s">
-        <v>680</v>
+        <v>510</v>
       </c>
       <c r="M80" t="s">
-        <v>641</v>
+        <v>694</v>
       </c>
       <c r="N80" t="s">
-        <v>642</v>
+        <v>695</v>
       </c>
       <c r="O80" t="s">
-        <v>643</v>
+        <v>696</v>
       </c>
       <c r="P80" t="s">
-        <v>681</v>
+        <v>511</v>
       </c>
       <c r="R80" t="s">
-        <v>676</v>
+        <v>689</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>682</v>
+        <v>697</v>
       </c>
       <c r="C81" t="s">
-        <v>654</v>
+        <v>667</v>
       </c>
       <c r="D81" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>668</v>
       </c>
       <c r="F81" t="s">
-        <v>334</v>
+        <v>698</v>
       </c>
       <c r="G81" t="s">
-        <v>321</v>
+        <v>699</v>
       </c>
       <c r="H81" t="s">
-        <v>683</v>
+        <v>700</v>
       </c>
       <c r="I81" t="s">
-        <v>683</v>
+        <v>700</v>
       </c>
       <c r="J81" t="s">
-        <v>684</v>
+        <v>701</v>
       </c>
       <c r="K81" t="s">
-        <v>639</v>
+        <v>702</v>
       </c>
       <c r="L81" t="s">
+        <v>703</v>
+      </c>
+      <c r="M81" t="s">
         <v>685</v>
       </c>
-      <c r="M81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N81" t="s">
-        <v>642</v>
+        <v>686</v>
       </c>
       <c r="O81" t="s">
-        <v>643</v>
+        <v>687</v>
       </c>
       <c r="P81" t="s">
-        <v>686</v>
+        <v>704</v>
       </c>
       <c r="R81" t="s">
-        <v>676</v>
+        <v>705</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>687</v>
+        <v>706</v>
       </c>
       <c r="C82" t="s">
-        <v>654</v>
+        <v>667</v>
       </c>
       <c r="D82" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>668</v>
       </c>
       <c r="F82" t="s">
-        <v>334</v>
+        <v>707</v>
       </c>
       <c r="G82" t="s">
-        <v>321</v>
+        <v>708</v>
       </c>
       <c r="H82" t="s">
-        <v>688</v>
+        <v>709</v>
       </c>
       <c r="I82" t="s">
-        <v>688</v>
+        <v>710</v>
       </c>
       <c r="J82" t="s">
-        <v>689</v>
+        <v>711</v>
       </c>
       <c r="K82" t="s">
-        <v>639</v>
+        <v>522</v>
       </c>
       <c r="L82" t="s">
-        <v>690</v>
+        <v>523</v>
       </c>
       <c r="M82" t="s">
-        <v>641</v>
+        <v>674</v>
       </c>
       <c r="N82" t="s">
-        <v>642</v>
+        <v>712</v>
       </c>
       <c r="O82" t="s">
-        <v>643</v>
+        <v>676</v>
       </c>
       <c r="P82" t="s">
-        <v>691</v>
+        <v>713</v>
       </c>
       <c r="R82" t="s">
-        <v>676</v>
+        <v>714</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>692</v>
+        <v>715</v>
       </c>
       <c r="C83" t="s">
-        <v>18</v>
+        <v>667</v>
       </c>
       <c r="D83" t="s">
-        <v>693</v>
+        <v>668</v>
       </c>
       <c r="E83" t="s">
-        <v>634</v>
+        <v>716</v>
       </c>
       <c r="F83" t="s">
-        <v>668</v>
+        <v>717</v>
       </c>
       <c r="G83" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H83" t="s">
-        <v>669</v>
+        <v>718</v>
       </c>
       <c r="I83" t="s">
-        <v>639</v>
+        <v>719</v>
       </c>
       <c r="J83" t="s">
-        <v>694</v>
+        <v>720</v>
+      </c>
+      <c r="K83" t="s">
+        <v>721</v>
       </c>
       <c r="L83" t="s">
-        <v>695</v>
+        <v>722</v>
       </c>
       <c r="M83" t="s">
-        <v>696</v>
+        <v>723</v>
       </c>
       <c r="N83" t="s">
-        <v>697</v>
+        <v>724</v>
       </c>
       <c r="O83" t="s">
-        <v>695</v>
+        <v>725</v>
       </c>
       <c r="P83" t="s">
-        <v>698</v>
+        <v>726</v>
       </c>
       <c r="R83" t="s">
-        <v>671</v>
+        <v>727</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>699</v>
+        <v>728</v>
       </c>
       <c r="C84" t="s">
-        <v>700</v>
+        <v>667</v>
       </c>
       <c r="D84" t="s">
-        <v>701</v>
+        <v>668</v>
       </c>
       <c r="E84" t="s">
-        <v>702</v>
+        <v>729</v>
       </c>
       <c r="F84" t="s">
-        <v>334</v>
+        <v>730</v>
       </c>
       <c r="G84" t="s">
-        <v>185</v>
+        <v>344</v>
       </c>
       <c r="H84" t="s">
-        <v>703</v>
+        <v>731</v>
       </c>
       <c r="I84" t="s">
-        <v>703</v>
+        <v>731</v>
       </c>
       <c r="J84" t="s">
-        <v>704</v>
+        <v>732</v>
       </c>
       <c r="K84" t="s">
-        <v>705</v>
+        <v>733</v>
       </c>
       <c r="L84" t="s">
-        <v>706</v>
+        <v>734</v>
       </c>
       <c r="M84" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>708</v>
+        <v>685</v>
+      </c>
+      <c r="N84">
+        <v>519307933</v>
       </c>
       <c r="O84" t="s">
-        <v>709</v>
+        <v>687</v>
       </c>
       <c r="P84" t="s">
-        <v>710</v>
+        <v>735</v>
       </c>
       <c r="R84" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>712</v>
+        <v>736</v>
       </c>
       <c r="C85" t="s">
-        <v>700</v>
+        <v>667</v>
       </c>
       <c r="D85" t="s">
-        <v>701</v>
+        <v>668</v>
       </c>
       <c r="F85" t="s">
-        <v>456</v>
+        <v>730</v>
       </c>
       <c r="G85" t="s">
-        <v>713</v>
+        <v>34</v>
       </c>
       <c r="H85" t="s">
+        <v>737</v>
+      </c>
+      <c r="I85" t="s">
+        <v>737</v>
+      </c>
+      <c r="J85" t="s">
+        <v>508</v>
+      </c>
+      <c r="K85" t="s">
+        <v>509</v>
+      </c>
+      <c r="L85" t="s">
+        <v>510</v>
+      </c>
+      <c r="M85" t="s">
+        <v>694</v>
+      </c>
+      <c r="N85" t="s">
+        <v>695</v>
+      </c>
+      <c r="O85" t="s">
+        <v>696</v>
+      </c>
+      <c r="P85" t="s">
+        <v>511</v>
+      </c>
+      <c r="R85" t="s">
         <v>714</v>
-      </c>
-[...25 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>723</v>
+        <v>738</v>
       </c>
       <c r="C86" t="s">
-        <v>700</v>
+        <v>612</v>
       </c>
       <c r="D86" t="s">
-        <v>701</v>
+        <v>739</v>
+      </c>
+      <c r="E86" t="s">
+        <v>740</v>
       </c>
       <c r="F86" t="s">
-        <v>724</v>
+        <v>741</v>
       </c>
       <c r="G86" t="s">
-        <v>725</v>
+        <v>742</v>
       </c>
       <c r="H86" t="s">
-        <v>726</v>
+        <v>743</v>
       </c>
       <c r="I86" t="s">
-        <v>726</v>
+        <v>743</v>
       </c>
       <c r="J86" t="s">
-        <v>501</v>
+        <v>744</v>
       </c>
       <c r="K86" t="s">
-        <v>502</v>
+        <v>745</v>
       </c>
       <c r="L86" t="s">
-        <v>503</v>
+        <v>746</v>
       </c>
       <c r="M86" t="s">
-        <v>727</v>
+        <v>84</v>
       </c>
       <c r="N86" t="s">
-        <v>728</v>
+        <v>246</v>
       </c>
       <c r="O86" t="s">
-        <v>729</v>
+        <v>85</v>
       </c>
       <c r="P86" t="s">
-        <v>504</v>
+        <v>747</v>
       </c>
       <c r="R86" t="s">
-        <v>722</v>
+        <v>748</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>730</v>
+        <v>749</v>
       </c>
       <c r="C87" t="s">
-        <v>700</v>
+        <v>18</v>
       </c>
       <c r="D87" t="s">
-        <v>701</v>
+        <v>19</v>
+      </c>
+      <c r="E87" t="s">
+        <v>19</v>
       </c>
       <c r="F87" t="s">
-        <v>731</v>
+        <v>750</v>
       </c>
       <c r="G87" t="s">
-        <v>732</v>
+        <v>751</v>
       </c>
       <c r="H87" t="s">
-        <v>733</v>
+        <v>752</v>
       </c>
       <c r="I87" t="s">
-        <v>733</v>
+        <v>752</v>
       </c>
       <c r="J87" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="K87" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="L87" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="M87" t="s">
-        <v>718</v>
+        <v>84</v>
       </c>
       <c r="N87" t="s">
-        <v>719</v>
+        <v>246</v>
       </c>
       <c r="O87" t="s">
-        <v>720</v>
+        <v>85</v>
       </c>
       <c r="P87" t="s">
-        <v>737</v>
+        <v>756</v>
       </c>
       <c r="R87" t="s">
-        <v>738</v>
+        <v>426</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>739</v>
+        <v>757</v>
       </c>
       <c r="C88" t="s">
-        <v>700</v>
+        <v>18</v>
       </c>
       <c r="D88" t="s">
-        <v>701</v>
+        <v>19</v>
+      </c>
+      <c r="E88" t="s">
+        <v>19</v>
       </c>
       <c r="F88" t="s">
-        <v>740</v>
+        <v>758</v>
       </c>
       <c r="G88" t="s">
-        <v>741</v>
+        <v>759</v>
       </c>
       <c r="H88" t="s">
-        <v>742</v>
+        <v>760</v>
       </c>
       <c r="I88" t="s">
-        <v>743</v>
+        <v>760</v>
       </c>
       <c r="J88" t="s">
-        <v>744</v>
+        <v>761</v>
       </c>
       <c r="K88" t="s">
-        <v>515</v>
+        <v>762</v>
       </c>
       <c r="L88" t="s">
-        <v>516</v>
+        <v>763</v>
       </c>
       <c r="M88" t="s">
-        <v>707</v>
+        <v>49</v>
       </c>
       <c r="N88" t="s">
-        <v>745</v>
+        <v>256</v>
       </c>
       <c r="O88" t="s">
-        <v>709</v>
+        <v>51</v>
       </c>
       <c r="P88" t="s">
-        <v>746</v>
+        <v>764</v>
       </c>
       <c r="R88" t="s">
-        <v>747</v>
+        <v>765</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>748</v>
+        <v>766</v>
       </c>
       <c r="C89" t="s">
-        <v>700</v>
+        <v>18</v>
       </c>
       <c r="D89" t="s">
-        <v>701</v>
+        <v>19</v>
       </c>
       <c r="E89" t="s">
-        <v>749</v>
+        <v>19</v>
       </c>
       <c r="F89" t="s">
-        <v>750</v>
+        <v>767</v>
       </c>
       <c r="G89" t="s">
-        <v>20</v>
+        <v>768</v>
       </c>
       <c r="H89" t="s">
-        <v>751</v>
+        <v>769</v>
       </c>
       <c r="I89" t="s">
-        <v>752</v>
+        <v>769</v>
       </c>
       <c r="J89" t="s">
-        <v>753</v>
+        <v>770</v>
       </c>
       <c r="K89" t="s">
-        <v>754</v>
+        <v>771</v>
       </c>
       <c r="L89" t="s">
-        <v>755</v>
+        <v>772</v>
       </c>
       <c r="M89" t="s">
-        <v>756</v>
+        <v>26</v>
       </c>
       <c r="N89" t="s">
-        <v>757</v>
+        <v>246</v>
       </c>
       <c r="O89" t="s">
-        <v>758</v>
+        <v>28</v>
       </c>
       <c r="P89" t="s">
-        <v>759</v>
+        <v>338</v>
       </c>
       <c r="R89" t="s">
-        <v>760</v>
+        <v>773</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>761</v>
+        <v>774</v>
       </c>
       <c r="C90" t="s">
-        <v>700</v>
+        <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>701</v>
+        <v>19</v>
       </c>
       <c r="E90" t="s">
-        <v>762</v>
+        <v>19</v>
       </c>
       <c r="F90" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="G90" t="s">
-        <v>335</v>
+        <v>776</v>
       </c>
       <c r="H90" t="s">
-        <v>764</v>
+        <v>777</v>
       </c>
       <c r="I90" t="s">
-        <v>764</v>
+        <v>777</v>
       </c>
       <c r="J90" t="s">
-        <v>765</v>
+        <v>778</v>
       </c>
       <c r="K90" t="s">
-        <v>766</v>
+        <v>779</v>
       </c>
       <c r="L90" t="s">
-        <v>767</v>
+        <v>780</v>
       </c>
       <c r="M90" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-        <v>519307933</v>
+        <v>49</v>
+      </c>
+      <c r="N90" t="s">
+        <v>256</v>
       </c>
       <c r="O90" t="s">
-        <v>720</v>
+        <v>51</v>
       </c>
       <c r="P90" t="s">
-        <v>768</v>
+        <v>52</v>
       </c>
       <c r="R90" t="s">
-        <v>747</v>
+        <v>773</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
       <c r="C91" t="s">
-        <v>700</v>
+        <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>701</v>
+        <v>19</v>
+      </c>
+      <c r="E91" t="s">
+        <v>19</v>
       </c>
       <c r="F91" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="G91" t="s">
-        <v>20</v>
+        <v>782</v>
       </c>
       <c r="H91" t="s">
-        <v>770</v>
+        <v>783</v>
       </c>
       <c r="I91" t="s">
-        <v>770</v>
+        <v>783</v>
       </c>
       <c r="J91" t="s">
-        <v>501</v>
+        <v>784</v>
       </c>
       <c r="K91" t="s">
-        <v>502</v>
+        <v>621</v>
       </c>
       <c r="L91" t="s">
-        <v>503</v>
+        <v>785</v>
       </c>
       <c r="M91" t="s">
-        <v>727</v>
+        <v>26</v>
       </c>
       <c r="N91" t="s">
-        <v>728</v>
+        <v>246</v>
       </c>
       <c r="O91" t="s">
-        <v>729</v>
+        <v>28</v>
       </c>
       <c r="P91" t="s">
-        <v>504</v>
+        <v>623</v>
       </c>
       <c r="R91" t="s">
-        <v>747</v>
+        <v>786</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>771</v>
+        <v>787</v>
       </c>
       <c r="C92" t="s">
-        <v>620</v>
+        <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>772</v>
+        <v>19</v>
       </c>
       <c r="E92" t="s">
-        <v>773</v>
+        <v>19</v>
       </c>
       <c r="F92" t="s">
-        <v>774</v>
+        <v>788</v>
       </c>
       <c r="G92" t="s">
-        <v>775</v>
+        <v>789</v>
       </c>
       <c r="H92" t="s">
-        <v>776</v>
+        <v>790</v>
       </c>
       <c r="I92" t="s">
-        <v>776</v>
+        <v>790</v>
       </c>
       <c r="J92" t="s">
-        <v>777</v>
+        <v>791</v>
       </c>
       <c r="K92" t="s">
-        <v>778</v>
+        <v>272</v>
       </c>
       <c r="L92" t="s">
-        <v>779</v>
+        <v>792</v>
       </c>
       <c r="M92" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="N92" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O92" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="P92" t="s">
-        <v>780</v>
+        <v>793</v>
       </c>
       <c r="R92" t="s">
-        <v>781</v>
+        <v>559</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>782</v>
+        <v>794</v>
       </c>
       <c r="C93" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E93" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F93" t="s">
-        <v>783</v>
+        <v>795</v>
       </c>
       <c r="G93" t="s">
-        <v>784</v>
+        <v>796</v>
       </c>
       <c r="H93" t="s">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="I93" t="s">
-        <v>785</v>
+        <v>798</v>
       </c>
       <c r="J93" t="s">
+        <v>761</v>
+      </c>
+      <c r="K93" t="s">
+        <v>762</v>
+      </c>
+      <c r="L93" t="s">
+        <v>763</v>
+      </c>
+      <c r="M93" t="s">
+        <v>49</v>
+      </c>
+      <c r="N93" t="s">
+        <v>256</v>
+      </c>
+      <c r="O93" t="s">
+        <v>51</v>
+      </c>
+      <c r="P93" t="s">
+        <v>764</v>
+      </c>
+      <c r="R93" t="s">
         <v>786</v>
-      </c>
-[...19 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
       <c r="C94" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D94" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E94" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F94" t="s">
-        <v>791</v>
+        <v>800</v>
       </c>
       <c r="G94" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="H94" t="s">
+        <v>802</v>
+      </c>
+      <c r="I94" t="s">
+        <v>802</v>
+      </c>
+      <c r="J94" t="s">
+        <v>803</v>
+      </c>
+      <c r="K94" t="s">
+        <v>272</v>
+      </c>
+      <c r="L94" t="s">
+        <v>804</v>
+      </c>
+      <c r="M94" t="s">
+        <v>84</v>
+      </c>
+      <c r="N94" t="s">
+        <v>246</v>
+      </c>
+      <c r="O94" t="s">
+        <v>85</v>
+      </c>
+      <c r="P94" t="s">
         <v>793</v>
       </c>
-      <c r="I94" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R94" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="C95" t="s">
-        <v>31</v>
+        <v>807</v>
       </c>
       <c r="D95" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E95" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F95" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="G95" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="H95" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="I95" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="J95" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="K95" t="s">
-        <v>804</v>
+        <v>754</v>
       </c>
       <c r="L95" t="s">
+        <v>812</v>
+      </c>
+      <c r="M95" t="s">
+        <v>84</v>
+      </c>
+      <c r="N95" t="s">
+        <v>246</v>
+      </c>
+      <c r="O95" t="s">
+        <v>85</v>
+      </c>
+      <c r="P95" t="s">
+        <v>756</v>
+      </c>
+      <c r="R95" t="s">
         <v>805</v>
-      </c>
-[...13 lines deleted...]
-        <v>806</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="C96" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D96" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E96" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F96" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="G96" t="s">
-        <v>809</v>
+        <v>159</v>
       </c>
       <c r="H96" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="I96" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="J96" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="K96" t="s">
-        <v>812</v>
+        <v>272</v>
       </c>
       <c r="L96" t="s">
-        <v>813</v>
+        <v>301</v>
       </c>
       <c r="M96" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="N96" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="O96" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="P96" t="s">
-        <v>42</v>
+        <v>793</v>
       </c>
       <c r="R96" t="s">
-        <v>806</v>
+        <v>817</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="C97" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E97" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F97" t="s">
-        <v>783</v>
+        <v>364</v>
       </c>
       <c r="G97" t="s">
-        <v>815</v>
+        <v>159</v>
       </c>
       <c r="H97" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="I97" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="J97" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="K97" t="s">
-        <v>629</v>
+        <v>821</v>
       </c>
       <c r="L97" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="M97" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="N97" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="O97" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P97" t="s">
-        <v>631</v>
+        <v>823</v>
       </c>
       <c r="R97" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="C98" t="s">
-        <v>31</v>
+        <v>612</v>
       </c>
       <c r="D98" t="s">
-        <v>32</v>
+        <v>739</v>
       </c>
       <c r="E98" t="s">
-        <v>32</v>
+        <v>739</v>
       </c>
       <c r="F98" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="G98" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="H98" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="I98" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="J98" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="K98" t="s">
-        <v>259</v>
+        <v>779</v>
       </c>
       <c r="L98" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="M98" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="N98" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="O98" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="P98" t="s">
-        <v>826</v>
+        <v>52</v>
       </c>
       <c r="R98" t="s">
-        <v>567</v>
+        <v>748</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C99" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D99" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E99" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F99" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="G99" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="H99" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="I99" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="J99" t="s">
-        <v>794</v>
+        <v>835</v>
       </c>
       <c r="K99" t="s">
-        <v>795</v>
+        <v>836</v>
       </c>
       <c r="L99" t="s">
-        <v>796</v>
+        <v>837</v>
       </c>
       <c r="M99" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N99" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O99" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="P99" t="s">
-        <v>797</v>
+        <v>838</v>
       </c>
       <c r="R99" t="s">
-        <v>819</v>
+        <v>426</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="C100" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D100" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E100" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F100" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="G100" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="H100" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="I100" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="J100" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="K100" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="L100" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="M100" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="N100" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O100" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="P100" t="s">
-        <v>826</v>
+        <v>793</v>
       </c>
       <c r="R100" t="s">
-        <v>838</v>
+        <v>426</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="C101" t="s">
-        <v>840</v>
+        <v>18</v>
       </c>
       <c r="D101" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E101" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F101" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="G101" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="H101" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="I101" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="J101" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="K101" t="s">
-        <v>787</v>
+        <v>621</v>
       </c>
       <c r="L101" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="M101" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N101" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O101" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="P101" t="s">
-        <v>789</v>
+        <v>852</v>
       </c>
       <c r="R101" t="s">
-        <v>838</v>
+        <v>853</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="C102" t="s">
-        <v>31</v>
+        <v>807</v>
       </c>
       <c r="D102" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E102" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F102" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="G102" t="s">
-        <v>142</v>
+        <v>856</v>
       </c>
       <c r="H102" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
       <c r="I102" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="J102" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="K102" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="L102" t="s">
-        <v>288</v>
+        <v>860</v>
       </c>
       <c r="M102" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="N102" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="O102" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="P102" t="s">
-        <v>826</v>
+        <v>793</v>
       </c>
       <c r="R102" t="s">
-        <v>850</v>
+        <v>559</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="C103" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D103" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E103" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F103" t="s">
-        <v>355</v>
+        <v>862</v>
       </c>
       <c r="G103" t="s">
-        <v>142</v>
+        <v>863</v>
       </c>
       <c r="H103" t="s">
-        <v>852</v>
+        <v>864</v>
       </c>
       <c r="I103" t="s">
-        <v>852</v>
+        <v>864</v>
       </c>
       <c r="J103" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
       <c r="K103" t="s">
-        <v>854</v>
+        <v>866</v>
       </c>
       <c r="L103" t="s">
-        <v>855</v>
+        <v>440</v>
       </c>
       <c r="M103" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N103" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O103" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="P103" t="s">
-        <v>856</v>
+        <v>441</v>
       </c>
       <c r="R103" t="s">
-        <v>857</v>
+        <v>426</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>858</v>
+        <v>867</v>
       </c>
       <c r="C104" t="s">
-        <v>620</v>
+        <v>18</v>
       </c>
       <c r="D104" t="s">
-        <v>772</v>
+        <v>19</v>
       </c>
       <c r="E104" t="s">
-        <v>772</v>
+        <v>19</v>
       </c>
       <c r="F104" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="G104" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="H104" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="I104" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="J104" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="K104" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
       <c r="L104" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="M104" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="N104" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="O104" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="P104" t="s">
-        <v>42</v>
+        <v>823</v>
       </c>
       <c r="R104" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="C105" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D105" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E105" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F105" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="G105" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="H105" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="I105" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="J105" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="K105" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="L105" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="M105" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N105" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O105" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P105" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="R105" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="C106" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E106" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F106" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="G106" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="H106" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="I106" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J106" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="K106" t="s">
-        <v>259</v>
+        <v>621</v>
       </c>
       <c r="L106" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="M106" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N106" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O106" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="P106" t="s">
-        <v>826</v>
+        <v>623</v>
       </c>
       <c r="R106" t="s">
-        <v>416</v>
+        <v>887</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="C107" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D107" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E107" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F107" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="G107" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="H107" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="I107" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="J107" t="s">
-        <v>883</v>
+        <v>182</v>
       </c>
       <c r="K107" t="s">
-        <v>629</v>
+        <v>175</v>
       </c>
       <c r="L107" t="s">
-        <v>884</v>
+        <v>183</v>
       </c>
       <c r="M107" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N107" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O107" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P107" t="s">
-        <v>885</v>
+        <v>558</v>
       </c>
       <c r="R107" t="s">
-        <v>886</v>
+        <v>805</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="C108" t="s">
-        <v>840</v>
+        <v>18</v>
       </c>
       <c r="D108" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E108" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F108" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="G108" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="H108" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="I108" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="J108" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="K108" t="s">
-        <v>259</v>
+        <v>898</v>
       </c>
       <c r="L108" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="M108" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="N108" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="O108" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="P108" t="s">
-        <v>826</v>
+        <v>900</v>
       </c>
       <c r="R108" t="s">
-        <v>567</v>
+        <v>901</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="C109" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D109" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E109" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F109" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
       <c r="G109" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="H109" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="I109" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="J109" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="K109" t="s">
-        <v>899</v>
+        <v>175</v>
       </c>
       <c r="L109" t="s">
-        <v>430</v>
+        <v>907</v>
       </c>
       <c r="M109" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N109" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O109" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P109" t="s">
-        <v>431</v>
+        <v>558</v>
       </c>
       <c r="R109" t="s">
-        <v>416</v>
+        <v>908</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="C110" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D110" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E110" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F110" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="G110" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="H110" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="I110" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="J110" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="K110" t="s">
-        <v>854</v>
+        <v>621</v>
       </c>
       <c r="L110" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="M110" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N110" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O110" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="P110" t="s">
-        <v>856</v>
+        <v>623</v>
       </c>
       <c r="R110" t="s">
-        <v>819</v>
+        <v>908</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="C111" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E111" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F111" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="G111" t="s">
+        <v>917</v>
+      </c>
+      <c r="H111" t="s">
+        <v>918</v>
+      </c>
+      <c r="I111" t="s">
+        <v>918</v>
+      </c>
+      <c r="J111" t="s">
+        <v>919</v>
+      </c>
+      <c r="K111" t="s">
+        <v>920</v>
+      </c>
+      <c r="L111" t="s">
+        <v>921</v>
+      </c>
+      <c r="M111" t="s">
+        <v>26</v>
+      </c>
+      <c r="N111" t="s">
+        <v>246</v>
+      </c>
+      <c r="O111" t="s">
+        <v>28</v>
+      </c>
+      <c r="P111" t="s">
+        <v>922</v>
+      </c>
+      <c r="R111" t="s">
         <v>908</v>
-      </c>
-[...28 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="C112" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E112" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F112" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="G112" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="H112" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="I112" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="J112" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="K112" t="s">
-        <v>629</v>
+        <v>928</v>
       </c>
       <c r="L112" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="M112" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="N112" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="O112" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P112" t="s">
-        <v>631</v>
+        <v>930</v>
       </c>
       <c r="R112" t="s">
-        <v>920</v>
+        <v>908</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
       <c r="C113" t="s">
-        <v>31</v>
+        <v>612</v>
       </c>
       <c r="D113" t="s">
-        <v>32</v>
+        <v>739</v>
       </c>
       <c r="E113" t="s">
-        <v>32</v>
+        <v>739</v>
       </c>
       <c r="F113" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="G113" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="H113" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="I113" t="s">
-        <v>925</v>
+        <v>934</v>
       </c>
       <c r="J113" t="s">
-        <v>167</v>
+        <v>935</v>
       </c>
       <c r="K113" t="s">
-        <v>159</v>
+        <v>447</v>
       </c>
       <c r="L113" t="s">
-        <v>168</v>
+        <v>936</v>
       </c>
       <c r="M113" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N113" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O113" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P113" t="s">
-        <v>566</v>
+        <v>71</v>
       </c>
       <c r="R113" t="s">
-        <v>838</v>
+        <v>748</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>926</v>
+        <v>937</v>
       </c>
       <c r="C114" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D114" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E114" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F114" t="s">
-        <v>927</v>
+        <v>938</v>
       </c>
       <c r="G114" t="s">
-        <v>928</v>
+        <v>939</v>
       </c>
       <c r="H114" t="s">
-        <v>929</v>
+        <v>940</v>
       </c>
       <c r="I114" t="s">
-        <v>929</v>
+        <v>940</v>
       </c>
       <c r="J114" t="s">
-        <v>930</v>
+        <v>941</v>
       </c>
       <c r="K114" t="s">
-        <v>931</v>
+        <v>423</v>
       </c>
       <c r="L114" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="M114" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N114" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O114" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="P114" t="s">
-        <v>933</v>
+        <v>29</v>
       </c>
       <c r="R114" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="C115" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D115" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E115" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F115" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="G115" t="s">
-        <v>937</v>
+        <v>113</v>
       </c>
       <c r="H115" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="I115" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="J115" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="K115" t="s">
-        <v>159</v>
+        <v>292</v>
       </c>
       <c r="L115" t="s">
-        <v>940</v>
+        <v>349</v>
       </c>
       <c r="M115" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="N115" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O115" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="P115" t="s">
-        <v>566</v>
+        <v>294</v>
       </c>
       <c r="R115" t="s">
-        <v>941</v>
+        <v>901</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="C116" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D116" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E116" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F116" t="s">
-        <v>943</v>
+        <v>847</v>
       </c>
       <c r="G116" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="H116" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="I116" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="J116" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="K116" t="s">
-        <v>629</v>
+        <v>953</v>
       </c>
       <c r="L116" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="M116" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N116" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O116" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P116" t="s">
-        <v>631</v>
+        <v>955</v>
       </c>
       <c r="R116" t="s">
-        <v>941</v>
+        <v>853</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="C117" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D117" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E117" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F117" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="G117" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="H117" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="I117" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="J117" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="K117" t="s">
-        <v>953</v>
+        <v>621</v>
       </c>
       <c r="L117" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="M117" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N117" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O117" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P117" t="s">
-        <v>955</v>
+        <v>623</v>
       </c>
       <c r="R117" t="s">
-        <v>941</v>
+        <v>962</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="C118" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E118" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F118" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="G118" t="s">
         <v>958</v>
       </c>
       <c r="H118" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="I118" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="J118" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="K118" t="s">
-        <v>961</v>
+        <v>144</v>
       </c>
       <c r="L118" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="M118" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="N118" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O118" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="P118" t="s">
-        <v>963</v>
+        <v>147</v>
       </c>
       <c r="R118" t="s">
-        <v>941</v>
+        <v>969</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="C119" t="s">
-        <v>620</v>
+        <v>807</v>
       </c>
       <c r="D119" t="s">
-        <v>772</v>
+        <v>19</v>
       </c>
       <c r="E119" t="s">
-        <v>772</v>
+        <v>19</v>
       </c>
       <c r="F119" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="G119" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="H119" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="I119" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="J119" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="K119" t="s">
-        <v>438</v>
+        <v>144</v>
       </c>
       <c r="L119" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="M119" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="N119" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O119" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="P119" t="s">
-        <v>440</v>
+        <v>147</v>
       </c>
       <c r="R119" t="s">
-        <v>781</v>
+        <v>805</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="C120" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D120" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E120" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F120" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="G120" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="H120" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="I120" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="J120" t="s">
-        <v>974</v>
+        <v>243</v>
       </c>
       <c r="K120" t="s">
-        <v>413</v>
+        <v>981</v>
       </c>
       <c r="L120" t="s">
-        <v>975</v>
+        <v>245</v>
       </c>
       <c r="M120" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N120" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O120" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P120" t="s">
-        <v>137</v>
+        <v>247</v>
       </c>
       <c r="R120" t="s">
-        <v>976</v>
+        <v>943</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="C121" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E121" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F121" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="G121" t="s">
-        <v>93</v>
+        <v>984</v>
       </c>
       <c r="H121" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="I121" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="J121" t="s">
-        <v>980</v>
+        <v>67</v>
       </c>
       <c r="K121" t="s">
-        <v>279</v>
+        <v>447</v>
       </c>
       <c r="L121" t="s">
-        <v>340</v>
+        <v>69</v>
       </c>
       <c r="M121" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="N121" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="O121" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="P121" t="s">
-        <v>281</v>
+        <v>71</v>
       </c>
       <c r="R121" t="s">
-        <v>934</v>
+        <v>986</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="C122" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E122" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F122" t="s">
-        <v>880</v>
+        <v>988</v>
       </c>
       <c r="G122" t="s">
-        <v>982</v>
+        <v>989</v>
       </c>
       <c r="H122" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="I122" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="J122" t="s">
-        <v>985</v>
+        <v>328</v>
       </c>
       <c r="K122" t="s">
-        <v>555</v>
+        <v>175</v>
       </c>
       <c r="L122" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="M122" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N122" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O122" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P122" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="R122" t="s">
-        <v>886</v>
+        <v>901</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="C123" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D123" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E123" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F123" t="s">
         <v>988</v>
       </c>
       <c r="G123" t="s">
-        <v>989</v>
+        <v>890</v>
       </c>
       <c r="H123" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="I123" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="J123" t="s">
-        <v>991</v>
+        <v>174</v>
       </c>
       <c r="K123" t="s">
-        <v>629</v>
+        <v>175</v>
       </c>
       <c r="L123" t="s">
-        <v>992</v>
+        <v>176</v>
       </c>
       <c r="M123" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N123" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O123" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P123" t="s">
-        <v>631</v>
+        <v>558</v>
       </c>
       <c r="R123" t="s">
-        <v>993</v>
+        <v>901</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
         <v>994</v>
       </c>
       <c r="C124" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E124" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F124" t="s">
         <v>995</v>
       </c>
       <c r="G124" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="H124" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="I124" t="s">
         <v>997</v>
       </c>
       <c r="J124" t="s">
         <v>998</v>
       </c>
       <c r="K124" t="s">
-        <v>125</v>
+        <v>999</v>
       </c>
       <c r="L124" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="M124" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="N124" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O124" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="P124" t="s">
-        <v>128</v>
+        <v>1001</v>
       </c>
       <c r="R124" t="s">
-        <v>1000</v>
+        <v>986</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C125" t="s">
-        <v>840</v>
+        <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E125" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F125" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="G125" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="H125" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="I125" t="s">
         <v>1005</v>
       </c>
       <c r="J125" t="s">
         <v>1006</v>
       </c>
       <c r="K125" t="s">
-        <v>125</v>
+        <v>1007</v>
       </c>
       <c r="L125" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="M125" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="N125" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="O125" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="P125" t="s">
-        <v>128</v>
+        <v>483</v>
       </c>
       <c r="R125" t="s">
-        <v>838</v>
+        <v>805</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C126" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D126" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E126" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F126" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="G126" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="H126" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="I126" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="J126" t="s">
-        <v>230</v>
+        <v>1013</v>
       </c>
       <c r="K126" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="L126" t="s">
-        <v>232</v>
+        <v>1015</v>
       </c>
       <c r="M126" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N126" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O126" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P126" t="s">
-        <v>234</v>
+        <v>1016</v>
       </c>
       <c r="R126" t="s">
-        <v>976</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="C127" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D127" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E127" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F127" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="G127" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="H127" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="I127" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="J127" t="s">
-        <v>437</v>
+        <v>1022</v>
       </c>
       <c r="K127" t="s">
-        <v>438</v>
+        <v>779</v>
       </c>
       <c r="L127" t="s">
-        <v>439</v>
+        <v>1023</v>
       </c>
       <c r="M127" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="N127" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="O127" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="P127" t="s">
-        <v>440</v>
+        <v>52</v>
       </c>
       <c r="R127" t="s">
-        <v>1017</v>
+        <v>969</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="C128" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D128" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E128" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F128" t="s">
-        <v>1019</v>
+        <v>800</v>
       </c>
       <c r="G128" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="H128" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="I128" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="J128" t="s">
-        <v>315</v>
+        <v>1027</v>
       </c>
       <c r="K128" t="s">
-        <v>159</v>
+        <v>1028</v>
       </c>
       <c r="L128" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="M128" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="N128" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="O128" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P128" t="s">
-        <v>566</v>
+        <v>483</v>
       </c>
       <c r="R128" t="s">
-        <v>934</v>
+        <v>805</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="C129" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D129" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E129" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F129" t="s">
-        <v>1019</v>
+        <v>1031</v>
       </c>
       <c r="G129" t="s">
-        <v>923</v>
+        <v>1032</v>
       </c>
       <c r="H129" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="I129" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="J129" t="s">
-        <v>158</v>
+        <v>1035</v>
       </c>
       <c r="K129" t="s">
-        <v>159</v>
+        <v>144</v>
       </c>
       <c r="L129" t="s">
-        <v>160</v>
+        <v>1036</v>
       </c>
       <c r="M129" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="N129" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O129" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="P129" t="s">
-        <v>566</v>
+        <v>147</v>
       </c>
       <c r="R129" t="s">
-        <v>934</v>
+        <v>901</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>1025</v>
+        <v>1037</v>
       </c>
       <c r="C130" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D130" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E130" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F130" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="G130" t="s">
-        <v>1027</v>
+        <v>1038</v>
       </c>
       <c r="H130" t="s">
-        <v>1028</v>
+        <v>1039</v>
       </c>
       <c r="I130" t="s">
-        <v>1028</v>
+        <v>1040</v>
       </c>
       <c r="J130" t="s">
-        <v>1029</v>
+        <v>1041</v>
       </c>
       <c r="K130" t="s">
-        <v>1030</v>
+        <v>144</v>
       </c>
       <c r="L130" t="s">
-        <v>1031</v>
+        <v>1042</v>
       </c>
       <c r="M130" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="N130" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O130" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="P130" t="s">
-        <v>1032</v>
+        <v>147</v>
       </c>
       <c r="R130" t="s">
-        <v>1017</v>
+        <v>901</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="C131" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E131" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F131" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="G131" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="H131" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="I131" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="J131" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="K131" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="L131" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
       <c r="M131" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="N131" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O131" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="P131" t="s">
-        <v>476</v>
+        <v>1048</v>
       </c>
       <c r="R131" t="s">
-        <v>838</v>
+        <v>901</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="C132" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E132" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F132" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="G132" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="H132" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="I132" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="J132" t="s">
-        <v>1044</v>
+        <v>947</v>
       </c>
       <c r="K132" t="s">
-        <v>1045</v>
+        <v>292</v>
       </c>
       <c r="L132" t="s">
-        <v>1046</v>
+        <v>349</v>
       </c>
       <c r="M132" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="N132" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O132" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="P132" t="s">
-        <v>1047</v>
+        <v>294</v>
       </c>
       <c r="R132" t="s">
-        <v>1048</v>
+        <v>853</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="C133" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D133" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E133" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F133" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="G133" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="H133" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="I133" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="J133" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="K133" t="s">
-        <v>812</v>
+        <v>447</v>
       </c>
       <c r="L133" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="M133" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="N133" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="O133" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="P133" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="R133" t="s">
-        <v>1000</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="C134" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D134" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E134" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F134" t="s">
-        <v>833</v>
+        <v>1061</v>
       </c>
       <c r="G134" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="H134" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="I134" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="J134" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="K134" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="L134" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="M134" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="N134" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O134" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="P134" t="s">
-        <v>476</v>
+        <v>1067</v>
       </c>
       <c r="R134" t="s">
-        <v>838</v>
+        <v>434</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="C135" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D135" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E135" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F135" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="G135" t="s">
-        <v>1063</v>
+        <v>113</v>
       </c>
       <c r="H135" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="I135" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="J135" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="K135" t="s">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="L135" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="M135" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="N135" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O135" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="P135" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="R135" t="s">
-        <v>934</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="C136" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D136" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E136" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F136" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="G136" t="s">
-        <v>1069</v>
+        <v>113</v>
       </c>
       <c r="H136" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="I136" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="J136" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="K136" t="s">
-        <v>125</v>
+        <v>1077</v>
       </c>
       <c r="L136" t="s">
+        <v>1078</v>
+      </c>
+      <c r="M136" t="s">
+        <v>49</v>
+      </c>
+      <c r="N136" t="s">
+        <v>256</v>
+      </c>
+      <c r="O136" t="s">
+        <v>51</v>
+      </c>
+      <c r="P136" t="s">
+        <v>652</v>
+      </c>
+      <c r="R136" t="s">
         <v>1073</v>
-      </c>
-[...13 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="C137" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D137" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E137" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F137" t="s">
-        <v>1062</v>
+        <v>1080</v>
       </c>
       <c r="G137" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="H137" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="I137" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="J137" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="K137" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="L137" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="M137" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="N137" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O137" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="P137" t="s">
-        <v>1079</v>
+        <v>1048</v>
       </c>
       <c r="R137" t="s">
-        <v>934</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="C138" t="s">
-        <v>1081</v>
+        <v>18</v>
       </c>
       <c r="D138" t="s">
-        <v>1082</v>
+        <v>19</v>
       </c>
       <c r="E138" t="s">
-        <v>1082</v>
+        <v>19</v>
       </c>
       <c r="F138" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="G138" t="s">
-        <v>321</v>
+        <v>1089</v>
       </c>
       <c r="H138" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="I138" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="J138" t="s">
-        <v>1085</v>
+        <v>816</v>
       </c>
       <c r="K138" t="s">
+        <v>272</v>
+      </c>
+      <c r="L138" t="s">
+        <v>301</v>
+      </c>
+      <c r="M138" t="s">
+        <v>49</v>
+      </c>
+      <c r="N138" t="s">
+        <v>256</v>
+      </c>
+      <c r="O138" t="s">
+        <v>51</v>
+      </c>
+      <c r="P138" t="s">
+        <v>793</v>
+      </c>
+      <c r="R138" t="s">
         <v>1086</v>
-      </c>
-[...16 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C139" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D139" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E139" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F139" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="G139" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="H139" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="I139" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="J139" t="s">
-        <v>980</v>
+        <v>1096</v>
       </c>
       <c r="K139" t="s">
-        <v>279</v>
+        <v>1097</v>
       </c>
       <c r="L139" t="s">
-        <v>340</v>
+        <v>1098</v>
       </c>
       <c r="M139" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N139" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O139" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="P139" t="s">
-        <v>281</v>
+        <v>1067</v>
       </c>
       <c r="R139" t="s">
-        <v>886</v>
+        <v>962</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="C140" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D140" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E140" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F140" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="G140" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="H140" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="I140" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="J140" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="K140" t="s">
-        <v>438</v>
+        <v>571</v>
       </c>
       <c r="L140" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="M140" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N140" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O140" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="P140" t="s">
-        <v>440</v>
+        <v>1105</v>
       </c>
       <c r="R140" t="s">
-        <v>1100</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>1101</v>
+        <v>1107</v>
       </c>
       <c r="C141" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D141" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E141" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F141" t="s">
-        <v>1102</v>
+        <v>698</v>
       </c>
       <c r="G141" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="H141" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="I141" t="s">
-        <v>1104</v>
+        <v>1110</v>
       </c>
       <c r="J141" t="s">
-        <v>1105</v>
+        <v>1111</v>
       </c>
       <c r="K141" t="s">
-        <v>1106</v>
+        <v>621</v>
       </c>
       <c r="L141" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="M141" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N141" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O141" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="P141" t="s">
-        <v>1108</v>
+        <v>623</v>
       </c>
       <c r="R141" t="s">
-        <v>424</v>
+        <v>853</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="C142" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E142" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F142" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="G142" t="s">
-        <v>93</v>
+        <v>1115</v>
       </c>
       <c r="H142" t="s">
-        <v>1111</v>
+        <v>905</v>
       </c>
       <c r="I142" t="s">
-        <v>1111</v>
+        <v>905</v>
       </c>
       <c r="J142" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="K142" t="s">
-        <v>125</v>
+        <v>999</v>
       </c>
       <c r="L142" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="M142" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="N142" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O142" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="P142" t="s">
-        <v>128</v>
+        <v>1001</v>
       </c>
       <c r="R142" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="C143" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E143" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F143" t="s">
-        <v>1110</v>
+        <v>847</v>
       </c>
       <c r="G143" t="s">
-        <v>93</v>
+        <v>949</v>
       </c>
       <c r="H143" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="I143" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="J143" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="K143" t="s">
-        <v>1118</v>
+        <v>621</v>
       </c>
       <c r="L143" t="s">
-        <v>1119</v>
+        <v>1112</v>
       </c>
       <c r="M143" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N143" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O143" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="P143" t="s">
-        <v>660</v>
+        <v>623</v>
       </c>
       <c r="R143" t="s">
-        <v>1114</v>
+        <v>969</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C144" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D144" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E144" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F144" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="G144" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="H144" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="I144" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="J144" t="s">
-        <v>1124</v>
+        <v>202</v>
       </c>
       <c r="K144" t="s">
-        <v>1125</v>
+        <v>236</v>
       </c>
       <c r="L144" t="s">
-        <v>1126</v>
+        <v>204</v>
       </c>
       <c r="M144" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N144" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O144" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="P144" t="s">
-        <v>1079</v>
+        <v>208</v>
       </c>
       <c r="R144" t="s">
-        <v>1127</v>
+        <v>962</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C145" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" t="s">
+        <v>19</v>
+      </c>
+      <c r="E145" t="s">
+        <v>19</v>
+      </c>
+      <c r="F145" t="s">
+        <v>964</v>
+      </c>
+      <c r="G145" t="s">
+        <v>958</v>
+      </c>
+      <c r="H145" t="s">
         <v>1128</v>
       </c>
-      <c r="C145" t="s">
-[...8 lines deleted...]
-      <c r="F145" t="s">
+      <c r="I145" t="s">
         <v>1129</v>
       </c>
-      <c r="G145" t="s">
+      <c r="J145" t="s">
         <v>1130</v>
       </c>
-      <c r="H145" t="s">
+      <c r="K145" t="s">
+        <v>621</v>
+      </c>
+      <c r="L145" t="s">
         <v>1131</v>
       </c>
-      <c r="I145" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M145" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="N145" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O145" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="P145" t="s">
-        <v>826</v>
+        <v>623</v>
       </c>
       <c r="R145" t="s">
-        <v>1127</v>
+        <v>969</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
         <v>1132</v>
       </c>
       <c r="C146" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D146" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E146" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F146" t="s">
         <v>1133</v>
       </c>
       <c r="G146" t="s">
         <v>1134</v>
       </c>
       <c r="H146" t="s">
         <v>1135</v>
       </c>
       <c r="I146" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J146" t="s">
         <v>1136</v>
       </c>
-      <c r="J146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K146" t="s">
-        <v>1138</v>
+        <v>175</v>
       </c>
       <c r="L146" t="s">
-        <v>1139</v>
+        <v>557</v>
       </c>
       <c r="M146" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N146" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O146" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P146" t="s">
-        <v>1108</v>
-[...2 lines deleted...]
-        <v>993</v>
+        <v>558</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C147" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" t="s">
+        <v>19</v>
+      </c>
+      <c r="E147" t="s">
+        <v>19</v>
+      </c>
+      <c r="F147" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H147" t="s">
+        <v>905</v>
+      </c>
+      <c r="I147" t="s">
+        <v>905</v>
+      </c>
+      <c r="J147" t="s">
         <v>1140</v>
       </c>
-      <c r="C147" t="s">
-[...8 lines deleted...]
-      <c r="F147" t="s">
+      <c r="K147" t="s">
+        <v>447</v>
+      </c>
+      <c r="L147" t="s">
         <v>1141</v>
       </c>
-      <c r="G147" t="s">
+      <c r="M147" t="s">
+        <v>49</v>
+      </c>
+      <c r="N147" t="s">
+        <v>256</v>
+      </c>
+      <c r="O147" t="s">
+        <v>51</v>
+      </c>
+      <c r="P147" t="s">
+        <v>71</v>
+      </c>
+      <c r="R147" t="s">
         <v>1142</v>
-      </c>
-[...28 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>1148</v>
+        <v>1143</v>
       </c>
       <c r="C148" t="s">
-        <v>1149</v>
+        <v>18</v>
       </c>
       <c r="D148" t="s">
-        <v>1150</v>
+        <v>19</v>
       </c>
       <c r="E148" t="s">
-        <v>1150</v>
+        <v>19</v>
       </c>
       <c r="F148" t="s">
-        <v>1151</v>
+        <v>988</v>
       </c>
       <c r="G148" t="s">
-        <v>321</v>
+        <v>989</v>
       </c>
       <c r="H148" t="s">
-        <v>1152</v>
+        <v>1144</v>
       </c>
       <c r="I148" t="s">
-        <v>1152</v>
+        <v>1145</v>
       </c>
       <c r="J148" t="s">
-        <v>1153</v>
+        <v>1146</v>
       </c>
       <c r="K148" t="s">
-        <v>931</v>
+        <v>101</v>
       </c>
       <c r="L148" t="s">
-        <v>1154</v>
+        <v>1147</v>
       </c>
       <c r="M148" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="N148" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O148" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="P148" t="s">
-        <v>1155</v>
+        <v>103</v>
       </c>
       <c r="R148" t="s">
-        <v>1156</v>
+        <v>901</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>1157</v>
+        <v>1148</v>
       </c>
       <c r="C149" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D149" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E149" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F149" t="s">
-        <v>731</v>
+        <v>1010</v>
       </c>
       <c r="G149" t="s">
-        <v>1158</v>
+        <v>1025</v>
       </c>
       <c r="H149" t="s">
-        <v>1159</v>
+        <v>1149</v>
       </c>
       <c r="I149" t="s">
-        <v>1160</v>
+        <v>1149</v>
       </c>
       <c r="J149" t="s">
-        <v>1161</v>
+        <v>1150</v>
       </c>
       <c r="K149" t="s">
-        <v>629</v>
+        <v>101</v>
       </c>
       <c r="L149" t="s">
-        <v>1162</v>
+        <v>1151</v>
       </c>
       <c r="M149" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="N149" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O149" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="P149" t="s">
-        <v>631</v>
+        <v>103</v>
       </c>
       <c r="R149" t="s">
-        <v>886</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>1163</v>
+        <v>1152</v>
       </c>
       <c r="C150" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D150" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E150" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F150" t="s">
-        <v>1164</v>
+        <v>1153</v>
       </c>
       <c r="G150" t="s">
-        <v>1165</v>
+        <v>1154</v>
       </c>
       <c r="H150" t="s">
-        <v>938</v>
+        <v>1155</v>
       </c>
       <c r="I150" t="s">
-        <v>938</v>
+        <v>1155</v>
       </c>
       <c r="J150" t="s">
-        <v>1166</v>
+        <v>1156</v>
       </c>
       <c r="K150" t="s">
-        <v>1030</v>
+        <v>1157</v>
       </c>
       <c r="L150" t="s">
-        <v>1167</v>
+        <v>1158</v>
       </c>
       <c r="M150" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N150" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O150" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="P150" t="s">
-        <v>1032</v>
+        <v>1159</v>
       </c>
       <c r="R150" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="C151" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D151" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E151" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F151" t="s">
-        <v>880</v>
+        <v>1153</v>
       </c>
       <c r="G151" t="s">
-        <v>982</v>
+        <v>1154</v>
       </c>
       <c r="H151" t="s">
-        <v>1170</v>
+        <v>905</v>
       </c>
       <c r="I151" t="s">
-        <v>1170</v>
+        <v>905</v>
       </c>
       <c r="J151" t="s">
-        <v>1171</v>
+        <v>829</v>
       </c>
       <c r="K151" t="s">
-        <v>629</v>
+        <v>779</v>
       </c>
       <c r="L151" t="s">
-        <v>1162</v>
+        <v>830</v>
       </c>
       <c r="M151" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="N151" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="O151" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P151" t="s">
-        <v>631</v>
+        <v>52</v>
       </c>
       <c r="R151" t="s">
-        <v>1000</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>1172</v>
+        <v>1162</v>
       </c>
       <c r="C152" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D152" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="E152" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F152" t="s">
-        <v>1173</v>
+        <v>1163</v>
       </c>
       <c r="G152" t="s">
-        <v>1174</v>
+        <v>1164</v>
       </c>
       <c r="H152" t="s">
-        <v>1175</v>
+        <v>1165</v>
       </c>
       <c r="I152" t="s">
-        <v>1176</v>
+        <v>1165</v>
       </c>
       <c r="J152" t="s">
-        <v>188</v>
+        <v>1166</v>
       </c>
       <c r="K152" t="s">
-        <v>222</v>
+        <v>272</v>
       </c>
       <c r="L152" t="s">
-        <v>190</v>
+        <v>1167</v>
       </c>
       <c r="M152" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="N152" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="O152" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="P152" t="s">
-        <v>194</v>
+        <v>793</v>
       </c>
       <c r="R152" t="s">
-        <v>993</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F153" t="s">
+        <v>1172</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1174</v>
+      </c>
+      <c r="J153" t="s">
+        <v>1175</v>
+      </c>
+      <c r="K153" t="s">
+        <v>1176</v>
+      </c>
+      <c r="L153" t="s">
+        <v>376</v>
+      </c>
+      <c r="M153" t="s">
         <v>1177</v>
       </c>
-      <c r="C153" t="s">
-[...14 lines deleted...]
-      <c r="H153" t="s">
+      <c r="N153" t="s">
         <v>1178</v>
       </c>
-      <c r="I153" t="s">
+      <c r="O153" t="s">
         <v>1179</v>
       </c>
-      <c r="J153" t="s">
+      <c r="P153" t="s">
         <v>1180</v>
       </c>
-      <c r="K153" t="s">
-[...2 lines deleted...]
-      <c r="L153" t="s">
+      <c r="R153" t="s">
         <v>1181</v>
-      </c>
-[...13 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
         <v>1182</v>
       </c>
       <c r="C154" t="s">
-        <v>31</v>
+        <v>1183</v>
       </c>
       <c r="D154" t="s">
-        <v>32</v>
+        <v>1184</v>
       </c>
       <c r="E154" t="s">
-        <v>32</v>
+        <v>1185</v>
       </c>
       <c r="F154" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="G154" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="H154" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="I154" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="J154" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="K154" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="L154" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="M154" t="s">
-        <v>39</v>
+        <v>1177</v>
       </c>
       <c r="N154" t="s">
-        <v>243</v>
+        <v>1178</v>
       </c>
       <c r="O154" t="s">
-        <v>41</v>
+        <v>1179</v>
       </c>
       <c r="P154" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-        <v>1147</v>
+        <v>103</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="C155" t="s">
-        <v>31</v>
+        <v>195</v>
       </c>
       <c r="D155" t="s">
-        <v>32</v>
+        <v>1193</v>
       </c>
       <c r="E155" t="s">
-        <v>32</v>
+        <v>1194</v>
       </c>
       <c r="F155" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="G155" t="s">
-        <v>1192</v>
+        <v>395</v>
       </c>
       <c r="H155" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="I155" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="J155" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="K155" t="s">
-        <v>159</v>
+        <v>1198</v>
       </c>
       <c r="L155" t="s">
-        <v>565</v>
+        <v>1199</v>
       </c>
       <c r="M155" t="s">
-        <v>57</v>
+        <v>401</v>
       </c>
       <c r="N155" t="s">
-        <v>233</v>
+        <v>1178</v>
       </c>
       <c r="O155" t="s">
-        <v>59</v>
+        <v>1200</v>
       </c>
       <c r="P155" t="s">
-        <v>566</v>
+        <v>900</v>
+      </c>
+      <c r="R155" t="s">
+        <v>1201</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="C156" t="s">
-        <v>31</v>
+        <v>195</v>
       </c>
       <c r="D156" t="s">
-        <v>32</v>
+        <v>1203</v>
       </c>
       <c r="E156" t="s">
-        <v>32</v>
+        <v>1204</v>
       </c>
       <c r="F156" t="s">
-        <v>1196</v>
+        <v>1205</v>
       </c>
       <c r="G156" t="s">
-        <v>1197</v>
+        <v>1206</v>
       </c>
       <c r="H156" t="s">
-        <v>938</v>
+        <v>1207</v>
       </c>
       <c r="I156" t="s">
-        <v>938</v>
+        <v>1207</v>
       </c>
       <c r="J156" t="s">
-        <v>1198</v>
+        <v>564</v>
       </c>
       <c r="K156" t="s">
-        <v>438</v>
+        <v>282</v>
       </c>
       <c r="L156" t="s">
-        <v>1199</v>
+        <v>565</v>
       </c>
       <c r="M156" t="s">
-        <v>39</v>
+        <v>401</v>
       </c>
       <c r="N156" t="s">
-        <v>243</v>
+        <v>1178</v>
       </c>
       <c r="O156" t="s">
-        <v>41</v>
+        <v>1200</v>
       </c>
       <c r="P156" t="s">
-        <v>440</v>
+        <v>284</v>
       </c>
       <c r="R156" t="s">
-        <v>1200</v>
-[...83 lines deleted...]
-      <c r="J158" t="s">
         <v>1208</v>
-      </c>
-[...440 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>